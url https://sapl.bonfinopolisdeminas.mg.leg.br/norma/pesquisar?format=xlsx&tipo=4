--- v0 (2025-12-05)
+++ v1 (2026-03-07)
@@ -48,872 +48,872 @@
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/2137/resolucao_no_161_-_29_maio_2025.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/2137/resolucao_no_161_-_29_maio_2025.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução nº 159, de 22 de dezembro de 2021, com o objetivo de permitir a participação remota dos vereadores nas reuniões ordinárias da Câmara Municipal</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/2048/resolucao_no_160_-_22_mar._2024.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/2048/resolucao_no_160_-_22_mar._2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Estrutura Organizacional da Câmara Municipal de Bonfinópolis de Minas-MG e dá outras providências.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/1860/resolucao_n_159-2021_-_regimento_interno.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/1860/resolucao_n_159-2021_-_regimento_interno.pdf</t>
   </si>
   <si>
     <t>Contém o Regimento Interno da Câmara Municipal de Bonfinópolis de Minas (MG).</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/1786/bonfinopolis_-_regimento_interno_-_diagramado.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/1786/bonfinopolis_-_regimento_interno_-_diagramado.pdf</t>
   </si>
   <si>
     <t>Estabelece o Regimento Interno da Câmara Municipal de Bonfinópolis</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/1765/resolucao_157-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/1765/resolucao_157-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estrutura Organizacional da Câmara Municipal de Bonfinópolis de Minas.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/1761/resolucao_n_156.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/1761/resolucao_n_156.pdf</t>
   </si>
   <si>
     <t>Regulamenta despesa  pública com alimentação, eventos institucionais e serviços extraordinários</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/1398/155-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/1398/155-2018.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução n.º 153, de 8 de setembro de 2014.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2018/1369/1369_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2018/1369/1369_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A RESOLUÇÃO N. 137, DE 8 DE OUTUBRO DE 2007. </t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2014/1011/1011_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2014/1011/1011_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONTÉM O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS (MG).</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2014/1379/1379_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2014/1379/1379_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO II DA RESOLUÇÃO N.137, DE 8 DE OUTUBRO DE 2007, QUE "DISPÕE SOBRE A ESTRUTURA DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2013/970/970_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2013/970/970_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O ANEXO II DA RESOLUÇÃO N. 137, DE 8 DE_x000D_
 OUTUBRO DE 2007, QUE &amp;#8220;DISPÕE SOBRE A ESTRUTURA DA_x000D_
 CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.&amp;#8221;_x000D_
 </t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2013/956/956_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2013/956/956_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIÁRIAS PARA OS SERVIDORES DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2013/955/955_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2013/955/955_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;FIXA OS CRITÉRIOS DE INDENIZAÇÃO DE DESPESAS DE VIAGEM DA MESA DIRETORA DA CÂMARA MUNICIPAL E DOS VEREADORES.&amp;#8221;.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2013/954/954_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2013/954/954_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA E MODIFICA DISPOSITIVOS DA RESOLUÇÃO N. 136, DE 3 DE JANEIRO DE 2007, QUE CONTÉM O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2013/937/937_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2013/937/937_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVO À RESOLUÇÃO Nº 136, DE 03 DE JANEIRO DE 2007, PARA O FIM DE INSTITUIR A TRIBUNA LIVRE NAS REUNIÕES ORDINÁRIAS DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2012/929/929_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2012/929/929_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSITIVOS DA RESOLUÇÃO Nº. 137, DE 8 DE OUTUBRO DE 2007. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2012/928/928_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2012/928/928_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O USO DE VEÍCULO OFICIAL À DISPOSIÇÃO DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS-MG.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2012/149/149_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2012/149/149_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A ESTRUTURA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS, PREVISTA NA RESOLUÇÃO Nº 137, DE 08 DE OUTUBRO DE 2007 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2011/927/927_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2011/927/927_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A CIDADANIA HONORÁRIA BONFINOPOLITANA AO SENHOR CORONEL GERALDO DONIZETE LUCIANO, PELOS MOTIVOS QUE MENCIONA.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2010/876/876_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2010/876/876_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DEFINE PARÂMETROS DE TRANSPARÊNCIA PARA A PRESTAÇÃO DE CONTAS DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS._x000D_
 </t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2009/875/875_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2009/875/875_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE A CIDADANIA HONORÁRIA BONFINOPOLITANA AO SENHOR ALMIR PARACA CRISTOVÃO CARDOSO, PELOS MOTIVOS QUE MENCIONA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2009/874/874_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2009/874/874_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE A CIDADANIA HONORÁRIA BONFINOPOLITANA AO SENHOR VIRGILIO GUIMARÃES DE PAULA, PELOS MOTIVOS QUE MENCIONA._x000D_
 </t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2009/873/873_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2009/873/873_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE A CIDADANIA HONORÁRIA BONFINOPOLITANA AO SENHOR ANTONIO AUGUSTO JUNHO ANASTASIA, PELOS MOTIVOS QUE MENCIONA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2008/877/877_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2008/877/877_texto_integral.pdf</t>
   </si>
   <si>
     <t>OUTORGA DIPLOMA DE HONRA AO MÉRITO AO GRUPO NOVA VIDA DE ALCOÓLICOS ANÔNIMOS DE BONFINÓPOLIS DE MINAS,  PELOS MOTIVOS QUE MENCIONA.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2007/872/872_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2007/872/872_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2007/871/871_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2007/871/871_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONTÉM O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS, ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2005/870/870_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2005/870/870_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUSPENDE A EXECUÇÃO DO ART. 5º; ART. 6º, §§ 1º E 2º; ART. 7º, INCISO II, ALÍNEAS &amp;#8220;A&amp;#8221;, &amp;#8220;B&amp;#8221;, &amp;#8220;C&amp;#8221;, &amp;#8220;D&amp;#8221;; ART. 9º; ART. 10; ART. 18 E ART. 19 DA LEI Nº 857/03.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2005/869/869_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2005/869/869_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE FUNÇÕES GRATIFICADAS NO ÂMBITO DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS (MG) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2004/868/868_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2004/868/868_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA DESPESA DO PODER LEGISLATIVO, PARA O EXERCÍCIO DE 2205.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2003/867/867_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2003/867/867_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SISTEMA DE AVALIAÇÃO DE DESEMPENHO DOS SERVIDORES EFETIVOS E ESTÁVEIS E EM ESTÁGIO PROBATÓRIO DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS &amp;#8211; MG, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2003/866/866_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2003/866/866_texto_integral.pdf</t>
   </si>
   <si>
     <t>OUTORGA DIPLOMA DE HONRA AO MÉRITO AO SENHOR JOSÉ WILSON VALENTIM, PELOS MOTIVOS QUE MENCIONA.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2003/865/865_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2003/865/865_texto_integral.pdf</t>
   </si>
   <si>
     <t>OUTORGA DIPLOMA DE HONRA AO MÉRITO AO SENHOR JOSÉ ALERSON LINO DE SOUZA, PELOS MOTIVOS QUE MENCIONA.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2003/864/864_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2003/864/864_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OUTORGA DIPLOMA DE HONRA AO MÉRITO À FAZENDA YKK LTDA, PELOS MOTIVOS QUE MENCIONA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2003/863/863_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2003/863/863_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OUTORGA DIPLOMA DE HONRA AO MÉRITO AOS SENHORES ANTÔNIO SÉRGIO DE AZEVEDO REBEIS, JOSÉ CARLOS SEPERA E LUIZ ANTÔNIO MÂNICA, PELOS MOTIVOS QUE MENCIONA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2003/861/861_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2003/861/861_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REFERENDA DESPESA DO PODER LEGISLATIVO, PARA O EXERCÍCIO DE 2004.&amp;#8221;_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2003/862/862_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2003/862/862_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS À RESOLUÇÃO N° 101, DE 2 DE DEZEMBRO DE 1999.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2002/860/860_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2002/860/860_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA DESPESA PARA O ORÇAMENTO DA CAMARA MUNICIPAL DE BONFINÓPILIS DE MINAS, PARA O EXERCÍCIO DE  2003.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2002/859/859_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2002/859/859_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE REGULAMENTAÇÃO DE CONCESSÃO DE TÍTULOS HONORÍFICOS E DIPLOMAS DE HONRA AO MÉRITO &amp;#8211; CONFORME ART. 26 &amp;#8211; XX DA LEI ORGÂNICA MUNICIPAL E ART. 221 DO REGIMENTO INTERNO._x000D_
 </t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2002/858/858_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2002/858/858_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE A CIDADANIA HONORÁRIA BONFINOPOLITANA AO SENHOR ANTÔNIO EUSTÁQUIO  ANDRADE FERREIRA PELOS MOTIVOS QUE MENCIONA. _x000D_
 </t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2002/857/857_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2002/857/857_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE TÍTULO DE HONRA AO MÉRITO A SENHORA ANTÔNIA DA SILVA DE JESUS, PELOS MOTIVOS QUE MENCIONA. </t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2002/856/856_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2002/856/856_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE REAJUSTE SALARIAL AOS SERVIDORES PÚBLICOS DO PODER LEGISLATIVO MUNICIPAL DE BONFINÓPOLIS DE MINAS - MG, A TÍTULO DE REVISÃO GERAL ANUAL E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/855/855_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/855/855_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE TÍTULO DE HONRA AO MÉRITO AO SENHOR SEBASTIÃO LUIZ BRANDÃO._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/854/854_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/854/854_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA OS ANEXOS II, III E V DA RESOLUÇÃO 098, DE 16 DE SETEMBRO DE 1999, QUE DISPÕE SOBRE O PLANO DE CARREIRA DO QUADRO DE PESSOAL DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS (MG) E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/853/853_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/853/853_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE A CIDADANIA HONORÁRIA BONFINOPOLITANA AOS SENHORES, JOSÉ HENRIQUE BRANDÃO, JOSÉ ALVES BABILÔNIA, MOZAR BORGES PEREIRA, MOACIR  SERAFIM BORBA, SILVIO CANUTO VARGAS E EUTÁQUIO PEREIRA DA CRUZ, PELOS MOTIVOS QUE MENCIONA.   </t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/852/852_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/852/852_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REFERENDA DESPESA PARA O ORÇAMENTO DE 2002._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/851/851_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/851/851_texto_integral.pdf</t>
   </si>
   <si>
     <t>ORGANIZA O SISTEMA DE CONTROLE INTERNO NO ÂMBITO DO   PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/850/850_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/850/850_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVOS À RESOLUÇÃO 101, DE 02 DE DEZEMBRO DE 1999. QUE CONTÉM O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/849/849_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/849/849_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ABRE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS. </t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/848/848_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/848/848_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA DESPESA PARA O ORÇAMENTO DE 2002.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/847/847_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/847/847_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA RESOLUÇÃO 101, DE 02 DE DEZEMBRO DE 1999, QUE CONTÉM O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/846/846_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/846/846_texto_integral.pdf</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/844/844_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/844/844_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE GRATIFICAÇÃO PARA OS SERVIDORES OCUPANTES DE CARGO EM COMISSÃO NO ÂMBITO DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/845/845_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/845/845_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSITIVOS DA RESOLUÇÃO 101, DE 02 DE DEZEMBRO DE 1999, QUE CONTÉM O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/843/843_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/843/843_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA  O INCISO I, DO ART. 15 DA RESOLUÇÃO 101, DE 02/12/1999.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/842/842_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/842/842_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ART. 21 DA RESOLUÇÃO 101, DE 02/12/1999.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2000/841/841_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2000/841/841_texto_integral.pdf</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2000/840/840_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2000/840/840_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA DESPESA PARA O ORÇAMENTO DE 2001.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2000/839/839_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2000/839/839_texto_integral.pdf</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2000/838/838_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2000/838/838_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FIXA OS SUBSÍDIOS DOS VEREADORES À CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS PARA A 10ª LEGISLATURA E DÁ OUTRAS PROVIDÊNCIAS._x000D_
  		_x000D_
 </t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/1999/837/837_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/1999/837/837_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO EXMO.    SENHOR DEPUTADO SILAS BRASILEIRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/1999/836/836_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/1999/836/836_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONTÉM O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS- ESTADO DE MINAS GERAIS._x000D_
 </t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/1999/834/834_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/1999/834/834_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESFILIAÇÃO DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS DA UNIÃO DOS VEREADORES DO NOROESTE MINEIRO &amp;#8211; UVERNOM &amp;#8211; E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/1999/832/832_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/1999/832/832_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA DESPESA PARA O ORÇAMENTO DE 2.000.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1220,66 +1220,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/2137/resolucao_no_161_-_29_maio_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/2048/resolucao_no_160_-_22_mar._2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/1860/resolucao_n_159-2021_-_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/1786/bonfinopolis_-_regimento_interno_-_diagramado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/1765/resolucao_157-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/1761/resolucao_n_156.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/1398/155-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2018/1369/1369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2014/1011/1011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2014/1379/1379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2013/970/970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2013/956/956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2013/955/955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2013/954/954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2013/937/937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2012/929/929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2012/928/928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2012/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2011/927/927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2010/876/876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2009/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2009/874/874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2009/873/873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2008/877/877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2007/872/872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2007/871/871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2005/870/870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2005/869/869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2004/868/868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2003/867/867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2003/866/866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2003/865/865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2003/864/864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2003/863/863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2003/861/861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2003/862/862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2002/860/860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2002/859/859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2002/858/858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2002/857/857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2002/856/856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/855/855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/854/854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/853/853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/852/852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/851/851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/850/850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/849/849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/848/848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/847/847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/846/846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/845/845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/842/842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2000/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2000/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2000/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2000/838/838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/1999/837/837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/1999/836/836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/1999/834/834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/1999/832/832_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/2137/resolucao_no_161_-_29_maio_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/2048/resolucao_no_160_-_22_mar._2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/1860/resolucao_n_159-2021_-_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/1786/bonfinopolis_-_regimento_interno_-_diagramado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/1765/resolucao_157-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/1761/resolucao_n_156.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/1398/155-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2018/1369/1369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2014/1011/1011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2014/1379/1379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2013/970/970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2013/956/956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2013/955/955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2013/954/954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2013/937/937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2012/929/929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2012/928/928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2012/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2011/927/927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2010/876/876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2009/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2009/874/874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2009/873/873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2008/877/877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2007/872/872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2007/871/871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2005/870/870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2005/869/869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2004/868/868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2003/867/867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2003/866/866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2003/865/865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2003/864/864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2003/863/863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2003/861/861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2003/862/862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2002/860/860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2002/859/859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2002/858/858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2002/857/857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2002/856/856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/855/855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/854/854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/853/853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/852/852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/851/851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/850/850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/849/849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/848/848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/847/847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/846/846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/845/845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2001/842/842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2000/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2000/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2000/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/2000/838/838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/1999/837/837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/1999/836/836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/1999/834/834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/normajuridica/1999/832/832_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="128.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="127.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="236.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>