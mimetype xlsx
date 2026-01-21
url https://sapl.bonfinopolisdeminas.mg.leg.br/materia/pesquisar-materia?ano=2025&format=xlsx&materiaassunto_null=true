--- v0 (2025-12-05)
+++ v1 (2026-01-21)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1327" uniqueCount="650">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1455" uniqueCount="703">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1355,99 +1355,186 @@
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1904/102-2025.pdf</t>
   </si>
   <si>
     <t>Indica que seja celebrado convênio ou parceria com associações, como a AMNOR, como já realizado em outra oportunidade, para fornecimento de água potável aos pequenos produtores rurais, até que o município disponha de outro caminhão-pipa ou passe a utilizar o veículo destinado à irrigação das estradas para esta finalidade.</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1908/103-2025.pdf</t>
   </si>
   <si>
     <t>Indica a adoção de providências para solucionar o mau cheiro proveniente dos bueiros localizados na Rua Abílio Moreira, sendo um em frente a Mercearia Souza, de propriedade do Senhor Zezinho Graciano e outro ao lado do Comercial Caçula, de propriedade do Senhor Júnior e do Senhor Marley.</t>
   </si>
   <si>
+    <t>1918</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1918/104-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica a criação e implantação da Casa da Cultura de Bonfinópolis de Minas-MG.</t>
+  </si>
+  <si>
+    <t>1919</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>Pedro César, Dirson Bernardo</t>
+  </si>
+  <si>
+    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1919/105-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica a construção de uma ponte molhada sobre o córrego Assa Peixe, na propriedade do Sr. Sebastião Muniz e Dona Leopoldina e família, vizinhos da Comunidade Riacho da Calda.</t>
+  </si>
+  <si>
+    <t>1920</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1920/106-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica a construção de um muro de concreto no Espaço de Eventos Pafúncio Brandão, situado no Parque de Exposições, paralelo a Rua Severiano Marra.</t>
+  </si>
+  <si>
+    <t>1921</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1921/107-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica o patrolamento e cascalhamento da estrada que dá acesso à propriedade da senhora Joaquina Luiz Brandão, na região da Formiga na Comunidade Caldeirão, afim de possibilitar a coleta da produção de leite.</t>
+  </si>
+  <si>
+    <t>1922</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1922/108-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica que sejam colocadas faixas de prioridade para estacionamento de idosos e deficientes nos órgãos públicos municipais e nas instituições financeiras do município.</t>
+  </si>
+  <si>
+    <t>1928</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>Professor Glauber Loscha, Dirson Bernardo, Joca Palma, Pedro César, Welton Ratinho</t>
+  </si>
+  <si>
+    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1928/109-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica a construção de um palco fixo com camarins e banheiros embaixo da estrutura, na área de eventos Pafúncio Brandão, situada no Parque de Exposições do Município.</t>
+  </si>
+  <si>
     <t>1760</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1760/01-2025.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família da Senhor Adriana Cardoso dos Santos, pelo seu falecimento, ocorrido no dia 06 de janeiro de 2025.</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
     <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1799/02-2025.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família do senhor Antônio Eustáquio Andrade Ferreira, mais conhecido como Antônio Andrade / Toninho Andrade, pelo seu falecimento ocorrido no ultimo 05 de março.</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
     <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1815/03-2025.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família da senhora Helenita Pereira Gonçalves (ex-servidora do Município de Bonfinópolis de Minas), pelo seu falecimento ocorrido no dia 29 de março de 2025.</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
     <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1879/04-2025.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família da senhora Vitória Pinto Ribeiro Amaral, mãe do Ilustríssimo Vereador Zé Lúcio, pelo seu falecimento ocorrido no dia 03 de outubro de 2023.</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
     <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1903/05-2025.pdf</t>
   </si>
   <si>
-    <t>MOÇÃO DE PESAR à família do senhor Cassiano Vieira da Silva, pelo seu falecimento ocorrido no ultimo 16 de novembro.</t>
+    <t>Moção de Pesar à família do senhor Cassiano Vieira da Silva, pelo seu falecimento ocorrido no ultimo 16 de novembro.</t>
+  </si>
+  <si>
+    <t>1929</t>
+  </si>
+  <si>
+    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1929/06-2025.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso à Associação Atlética do Noroeste, pela conquista do 2º Campeonato Regional, ocorrida no dia 6 de dezembro do corrente ano.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>1167397</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Parecer Prévio</t>
   </si>
   <si>
     <t>Tribunal de Contas</t>
   </si>
   <si>
     <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1829/parecer_previo_do_tribunal_de_contas_-_exercicio_de_2023.pdf</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS DO EXECUTIVO MUNICIPAL - EXERCÍCIO 2023.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
@@ -1676,63 +1763,90 @@
   <si>
     <t>ESTABELECE O PLANO PLURIANUAL DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS PARA O QUADRIÊNIO 2026/2029 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
     <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1889/23-2025.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O MUNICÍPIO DE BONFINÓPOLIS DE MINAS-MG, PARA O EXERCÍCIO FINANCEIRO DE 2026.</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
     <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1905/24-2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI E REGULAMENTA A CARTEIRA DE IDENTIFICAÇÃO DA PESSOA COM TRANSTORNO DO ESPECTRO AUTISTA – CIPTEA – NO MUNICÍPIO DE BONFINÓPOLIS DE MINAS (MG).</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1906/plo-25-2025.pdf</t>
+    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1906/25-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO SOCIAL À ENTIDADE "APAE - ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE BONFINÓPOLIS DE MINAS" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1907/plo-26-2025.pdf</t>
+    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1907/26-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.458, DE 27 DE DEZEMBRO DE 2024, QUE “ESTIMA A RECEITA E FIXA A DESPESA PARA O MUNICÍPIO DE BONFINÓPOLIS DE MINAS-MG, PARA O EXERCÍCIO FINANCEIRO DE 2025”.</t>
+  </si>
+  <si>
+    <t>1914</t>
+  </si>
+  <si>
+    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1914/27-2025.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO A DESENVOLVER AÇÕES E ADOTAR CONTRAPARTIDA MUNICIPAL, PARA IMPLEMENTAÇÃO DO PROGRAMA MINHA CASA, MINHA VIDA – MCMV CIDADES, MODALIDADE TERRENOS, NOS TERMOS DA LEI Nº 11.977/2009, DA LEI Nº 14.620/2023, DA PORTARIA MCID Nº 1.295/2023 E DEMAIS NORMAS DO MINISTÉRIO DAS CIDADES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1915</t>
+  </si>
+  <si>
+    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1915/28-2025.pdf</t>
+  </si>
+  <si>
+    <t>1916</t>
+  </si>
+  <si>
+    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1916/29-2025.pdf</t>
+  </si>
+  <si>
+    <t>1917</t>
+  </si>
+  <si>
+    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1917/30-2025.pdf</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1822/01-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO Nº 159, DE 22 DE DEZEMBRO DE 2021, COM O OBJETIVO DE PERMITIR A PARTICIPAÇÃO REMOTA DOS VEREADORES NAS REUNIÕES ORDINÁRIAS DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
@@ -2099,50 +2213,124 @@
   </si>
   <si>
     <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1912/27-2025.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes a FESTA DO DIA DA CRIANÇA, promovida pela Administração Municipal, através do Conselho Tutelar e o Centro de Referência da Assistência Social (CRAS), no dia 17 de outubro de 2025,  na Área de Eventos Pafúncio Brandão. Neste sentido, requer seja informado:_x000D_
 _x000D_
 1. Relação detalhada das atividades realizadas, especificando objetivos, público atendido e responsáveis pela execução;_x000D_
 _x000D_
 2. Descrição da estrutura física utilizada (tendas, brinquedos, barracas, equipamentos, etc.), incluindo quantidade, tipo e fornecedores contratados;_x000D_
 _x000D_
 3. Relação detalhada dos brindes distribuídos, com indicação do tipo, quantidade, critérios de distribuição e origem dos itens;_x000D_
 _x000D_
 4. Relação analítica dos custos totais do evento, discriminando despesas por categoria (contratações, serviços, materiais, equipamentos, divulgação, etc.);_x000D_
 _x000D_
 5. A fonte de recurso utilizada para custeio do evento.</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
     <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1913/28-2025.pdf</t>
   </si>
   <si>
     <t>Requer, em caráter complementar ao Requerimento nº 27/2025, a relação completa de todos os empenhos pagos para a realização da FESTA DO DIA DA CRIANÇA, ocorrida no dia 17/10/2025</t>
+  </si>
+  <si>
+    <t>1923</t>
+  </si>
+  <si>
+    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1923/29-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer Informações através de uma relação analítica acerca dos recursos gastos na reforma e ampliação do PSF Vandeir José Brandão de forma minuciosa, clara e detalhada dos custos da obra, como: valores totais investidos; valores por etapas executadas; identificação da fonte de recurso; contratos, aditivos e notas de empenho.</t>
+  </si>
+  <si>
+    <t>1924</t>
+  </si>
+  <si>
+    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1924/30-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer as seguintes informações: _x000D_
+_x000D_
+A) - Quantos psicólogos integram atualmente o quadro de servidores do município (efetivos, contratados ou terceirizados)?_x000D_
+B) - Existe levantamento atualizado da demanda por atendimentos psicológicos?_x000D_
+C) - Qual o número médio de atendimentos mensais e se há lista de espera._x000D_
+D) - Em quais unidades (escolas, postos de saúde, CRAS, CAPS etc.) atuam esses profissionais e qual a proporção entre demanda e capacidade de atendimento?_x000D_
+E) - Há previsão de ampliação da equipe de psicólogos? (seja por concurso, contratação emergencial ou convênios, etc.)</t>
+  </si>
+  <si>
+    <t>1925</t>
+  </si>
+  <si>
+    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1925/31-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer que sejam encaminhadas a esta Casa de Leis as seguintes informações sobre o rastreamento diário e os valores pagos no serviço de transporte escolar._x000D_
+_x000D_
+1 - Qual é a tecnologia utilizada para o rastreamento (GPS, aplicativo, plataforma online)?_x000D_
+2 - Qual é a empresa ou tecnologia responsável pelo fornecimento do sistema de rastreamento e qual o custo envolvido?_x000D_
+3 - Os dados de localização são atualizados em tempo real?_x000D_
+4 - Existe integração do sistema de rastreamento com a Secretaria de Educação ou outro órgão municipal?_x000D_
+5 - Quem tem acesso às informações de rastreamento dos veículos?_x000D_
+6 - Há relatórios periódicos de desempenho e utilização do sistema?_x000D_
+7 - Quais medidas são adotadas para garantir a segurança dos dados coletados?_x000D_
+8 - O sistema já apresentou falhas ou interrupções? Se sim, como foram solucionadas?_x000D_
+9 - Existe plano de contingência caso o rastreamento fique indisponível?</t>
+  </si>
+  <si>
+    <t>1926</t>
+  </si>
+  <si>
+    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1926/32-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer que sejam encaminhadas a esta Casa de Leis as seguintes informações relativas à linha de ônibus nº 03, no período de 17 de março de 2025 a 23 de abril de 2025:_x000D_
+_x000D_
+1 - Identificação do responsável pela realização do empenho referente à linha de ônibus nº 03 e data da sua realização;_x000D_
+2 - Cópia do empenho, caso tenha sido feito._x000D_
+3 - Confirmação de que o pagamento foi efetuado e, em caso afirmativo, envio do comprovante de pagamento._x000D_
+4 - Caso não tenha ocorrido pagamento, informar a situação.</t>
+  </si>
+  <si>
+    <t>1927</t>
+  </si>
+  <si>
+    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1927/33-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações sobre o abastecimento de todos os veículos da frota da Prefeitura Municipal, referentes ao período de julho do corrente ano até a presente data, com o objetivo de permitir o acompanhamento e a fiscalização dos gastos com combustível, nos seguintes termos:_x000D_
+_x000D_
+a) - De que forma é realizado o controle do abastecimento dos veículos oficiais._x000D_
+b) - Relação completa dos veículos que compõem a frota municipal, indicando a secretaria ou setor responsável e o tipo de combustível utilizado._x000D_
+c) - Quantidade de combustível consumida por veículo e por secretaria, mês a mês, no período solicitado._x000D_
+d) - Preço pago por litro de cada tipo de combustível e o valor total gasto mensalmente e no período informado._x000D_
+e) - Identificação do posto ou fornecedores responsáveis pelo abastecimento e a forma de contratação utilizada pelo Município._x000D_
+f) - Informações sobre como a Administração confere e fiscaliza os abastecimentos realizados e os valores pagos._x000D_
+g) - (...)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2446,56 +2634,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1746/01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1747/02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1748/03-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1749/04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1750/05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1751/06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1752/07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1753/08-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1754/09-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1755/10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1756/11-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1763/12-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1764/13-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1765/14-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1769/15-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1770/16-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1771/17-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1772/18-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1773/19-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1774/20-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1775/21-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1776/22-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1778/23-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1779/24-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1780/25-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1781/26-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1782/27-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1783/28-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1784/29-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1785/30-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1786/31-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1787/32-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1788/33-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1789/34-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1790/35-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1791/36-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1792/37-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1793/38-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1794/39-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1795/40-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1796/41-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1797/42-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1803/43-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1804/44-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1805/45-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1806/46-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1813/47-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1814/48-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1817/49-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1818/50-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1819/51-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1820/52-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1830/53-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1831/54-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1832/55-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1833/56-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1834/57-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1835/58-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1836/59-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1837/60-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1838/61-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1840/62-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1841/63-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1846/64-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1847/65-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1848/66-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1851/68-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1852/69-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1853/70-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1854/71-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1858/72-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1859/73-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1860/74-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1861/75-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1862/76-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1867/77-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1869/78-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1870/79-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1871/80-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1872/81-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1875/82-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1876/83-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1877/84-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1883/85-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1884/86-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1885/87-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1886/88-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1881/89-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1887/90-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1882/91-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1890/92-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1891/93-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1892/94-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1893/95-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1894/96-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1895/97-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1897/98-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1898/99-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1899/100-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1900/101-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1904/102-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1908/103-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1760/01-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1799/02-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1815/03-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1879/04-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1903/05-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1829/parecer_previo_do_tribunal_de_contas_-_exercicio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1856/pdl-01-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1761/01-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1762/02-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1777/03-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1800/04-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1802/05-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1821/06-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1825/07-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1826/08-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1827/09-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1828/10-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1842/11-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1843/12-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1844/13-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1845/14-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1849/15-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1857/16-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1863/17-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1864/18-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1868/19-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1873/20-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1874/21-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1888/22-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1889/23-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1905/24-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1906/plo-25-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1907/plo-26-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1822/01-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1757/01-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1758/02-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1759/03-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1766/04-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1767/05-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1768/06-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1798/07-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1807/08-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1810/09-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1811/10-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1812/11-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1816/12-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1823/13-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1824/14-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1839/15-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1855/16-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1865/17-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1866/18-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1878/19-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1880/20-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1896/21-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1901/22-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1902/23-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1909/24-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1910/25-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1911/26-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1912/27-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1913/28-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1746/01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1747/02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1748/03-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1749/04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1750/05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1751/06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1752/07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1753/08-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1754/09-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1755/10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1756/11-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1763/12-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1764/13-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1765/14-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1769/15-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1770/16-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1771/17-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1772/18-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1773/19-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1774/20-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1775/21-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1776/22-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1778/23-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1779/24-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1780/25-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1781/26-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1782/27-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1783/28-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1784/29-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1785/30-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1786/31-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1787/32-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1788/33-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1789/34-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1790/35-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1791/36-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1792/37-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1793/38-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1794/39-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1795/40-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1796/41-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1797/42-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1803/43-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1804/44-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1805/45-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1806/46-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1813/47-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1814/48-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1817/49-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1818/50-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1819/51-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1820/52-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1830/53-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1831/54-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1832/55-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1833/56-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1834/57-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1835/58-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1836/59-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1837/60-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1838/61-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1840/62-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1841/63-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1846/64-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1847/65-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1848/66-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1851/68-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1852/69-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1853/70-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1854/71-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1858/72-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1859/73-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1860/74-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1861/75-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1862/76-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1867/77-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1869/78-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1870/79-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1871/80-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1872/81-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1875/82-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1876/83-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1877/84-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1883/85-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1884/86-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1885/87-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1886/88-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1881/89-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1887/90-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1882/91-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1890/92-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1891/93-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1892/94-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1893/95-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1894/96-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1895/97-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1897/98-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1898/99-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1899/100-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1900/101-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1904/102-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1908/103-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1918/104-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1919/105-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1920/106-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1921/107-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1922/108-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1928/109-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1760/01-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1799/02-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1815/03-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1879/04-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1903/05-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1929/06-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1829/parecer_previo_do_tribunal_de_contas_-_exercicio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1856/pdl-01-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1761/01-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1762/02-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1777/03-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1800/04-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1802/05-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1821/06-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1825/07-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1826/08-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1827/09-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1828/10-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1842/11-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1843/12-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1844/13-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1845/14-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1849/15-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1857/16-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1863/17-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1864/18-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1868/19-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1873/20-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1874/21-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1888/22-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1889/23-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1905/24-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1906/25-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1907/26-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1914/27-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1915/28-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1916/29-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1917/30-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1822/01-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1757/01-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1758/02-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1759/03-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1766/04-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1767/05-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1768/06-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1798/07-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1807/08-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1810/09-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1811/10-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1812/11-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1816/12-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1823/13-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1824/14-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1839/15-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1855/16-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1865/17-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1866/18-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1878/19-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1880/20-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1896/21-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1901/22-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1902/23-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1909/24-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1910/25-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1911/26-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1912/27-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1913/28-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1923/29-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1924/30-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1925/31-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1926/32-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/1927/33-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H166"/>
+  <dimension ref="A1:H182"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="126.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="141.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -5178,1649 +5366,2065 @@
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104" t="s">
         <v>12</v>
       </c>
       <c r="F104" t="s">
         <v>152</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>444</v>
       </c>
       <c r="H104" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>446</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>10</v>
+        <v>447</v>
       </c>
       <c r="D105" t="s">
-        <v>447</v>
+        <v>11</v>
       </c>
       <c r="E105" t="s">
+        <v>12</v>
+      </c>
+      <c r="F105" t="s">
+        <v>87</v>
+      </c>
+      <c r="G105" s="1" t="s">
         <v>448</v>
       </c>
-      <c r="F105" t="s">
-[...2 lines deleted...]
-      <c r="G105" s="1" t="s">
+      <c r="H105" t="s">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>450</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
         <v>451</v>
       </c>
-      <c r="B106" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D106" t="s">
-        <v>447</v>
+        <v>11</v>
       </c>
       <c r="E106" t="s">
-        <v>448</v>
+        <v>12</v>
+      </c>
+      <c r="F106" t="s">
+        <v>452</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="H106" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>22</v>
+        <v>456</v>
       </c>
       <c r="D107" t="s">
-        <v>447</v>
+        <v>11</v>
       </c>
       <c r="E107" t="s">
-        <v>448</v>
+        <v>12</v>
       </c>
       <c r="F107" t="s">
-        <v>87</v>
+        <v>139</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="H107" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>27</v>
+        <v>460</v>
       </c>
       <c r="D108" t="s">
-        <v>447</v>
+        <v>11</v>
       </c>
       <c r="E108" t="s">
-        <v>448</v>
+        <v>12</v>
       </c>
       <c r="F108" t="s">
-        <v>100</v>
+        <v>215</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="H108" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>31</v>
+        <v>464</v>
       </c>
       <c r="D109" t="s">
-        <v>447</v>
+        <v>11</v>
       </c>
       <c r="E109" t="s">
-        <v>448</v>
+        <v>12</v>
       </c>
       <c r="F109" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="H109" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="D110" t="s">
-        <v>465</v>
+        <v>11</v>
       </c>
       <c r="E110" t="s">
-        <v>466</v>
+        <v>12</v>
       </c>
       <c r="F110" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="H110" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>10</v>
       </c>
       <c r="D111" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="E111" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="F111" t="s">
-        <v>473</v>
+        <v>398</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="H111" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D112" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="E112" t="s">
+        <v>474</v>
+      </c>
+      <c r="G112" s="1" t="s">
         <v>478</v>
       </c>
-      <c r="F112" t="s">
+      <c r="H112" t="s">
         <v>479</v>
-      </c>
-[...4 lines deleted...]
-        <v>481</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
+        <v>480</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>22</v>
+      </c>
+      <c r="D113" t="s">
+        <v>473</v>
+      </c>
+      <c r="E113" t="s">
+        <v>474</v>
+      </c>
+      <c r="F113" t="s">
+        <v>87</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="H113" t="s">
         <v>482</v>
-      </c>
-[...19 lines deleted...]
-        <v>485</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>486</v>
+        <v>483</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D114" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="E114" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
       <c r="F114" t="s">
-        <v>483</v>
+        <v>100</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>487</v>
+        <v>484</v>
       </c>
       <c r="H114" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>489</v>
+        <v>486</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D115" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="E115" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
       <c r="F115" t="s">
-        <v>479</v>
+        <v>18</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
       <c r="H115" t="s">
-        <v>491</v>
+        <v>488</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>492</v>
+        <v>489</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D116" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="E116" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
       <c r="F116" t="s">
-        <v>18</v>
+        <v>215</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>493</v>
+        <v>490</v>
       </c>
       <c r="H116" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
+        <v>492</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>493</v>
+      </c>
+      <c r="D117" t="s">
+        <v>494</v>
+      </c>
+      <c r="E117" t="s">
         <v>495</v>
       </c>
-      <c r="B117" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F117" t="s">
-        <v>54</v>
+        <v>496</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="H117" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="D118" t="s">
-        <v>477</v>
+        <v>500</v>
       </c>
       <c r="E118" t="s">
-        <v>478</v>
+        <v>501</v>
       </c>
       <c r="F118" t="s">
-        <v>87</v>
+        <v>502</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="H118" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="D119" t="s">
-        <v>477</v>
+        <v>506</v>
       </c>
       <c r="E119" t="s">
-        <v>478</v>
+        <v>507</v>
       </c>
       <c r="F119" t="s">
-        <v>54</v>
+        <v>508</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="H119" t="s">
-        <v>503</v>
+        <v>510</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>504</v>
+        <v>511</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D120" t="s">
-        <v>477</v>
+        <v>506</v>
       </c>
       <c r="E120" t="s">
-        <v>478</v>
+        <v>507</v>
       </c>
       <c r="F120" t="s">
-        <v>479</v>
+        <v>512</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>505</v>
+        <v>513</v>
       </c>
       <c r="H120" t="s">
-        <v>506</v>
+        <v>514</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
+        <v>515</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>22</v>
+      </c>
+      <c r="D121" t="s">
+        <v>506</v>
+      </c>
+      <c r="E121" t="s">
         <v>507</v>
       </c>
-      <c r="B121" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F121" t="s">
-        <v>479</v>
+        <v>512</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>508</v>
+        <v>516</v>
       </c>
       <c r="H121" t="s">
-        <v>509</v>
+        <v>517</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>510</v>
+        <v>518</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="D122" t="s">
-        <v>477</v>
+        <v>506</v>
       </c>
       <c r="E122" t="s">
-        <v>478</v>
+        <v>507</v>
       </c>
       <c r="F122" t="s">
-        <v>479</v>
+        <v>508</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>511</v>
+        <v>519</v>
       </c>
       <c r="H122" t="s">
-        <v>512</v>
+        <v>520</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>513</v>
+        <v>521</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>62</v>
+        <v>31</v>
       </c>
       <c r="D123" t="s">
-        <v>477</v>
+        <v>506</v>
       </c>
       <c r="E123" t="s">
-        <v>478</v>
+        <v>507</v>
       </c>
       <c r="F123" t="s">
-        <v>78</v>
+        <v>18</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>514</v>
+        <v>522</v>
       </c>
       <c r="H123" t="s">
-        <v>515</v>
+        <v>523</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>516</v>
+        <v>524</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>67</v>
+        <v>35</v>
       </c>
       <c r="D124" t="s">
-        <v>477</v>
+        <v>506</v>
       </c>
       <c r="E124" t="s">
-        <v>478</v>
+        <v>507</v>
       </c>
       <c r="F124" t="s">
-        <v>479</v>
+        <v>54</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>517</v>
+        <v>525</v>
       </c>
       <c r="H124" t="s">
-        <v>518</v>
+        <v>526</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>519</v>
+        <v>527</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="D125" t="s">
-        <v>477</v>
+        <v>506</v>
       </c>
       <c r="E125" t="s">
-        <v>478</v>
+        <v>507</v>
       </c>
       <c r="F125" t="s">
-        <v>483</v>
+        <v>87</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>520</v>
+        <v>528</v>
       </c>
       <c r="H125" t="s">
-        <v>521</v>
+        <v>529</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>522</v>
+        <v>530</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>77</v>
+        <v>44</v>
       </c>
       <c r="D126" t="s">
-        <v>477</v>
+        <v>506</v>
       </c>
       <c r="E126" t="s">
-        <v>478</v>
+        <v>507</v>
       </c>
       <c r="F126" t="s">
-        <v>479</v>
+        <v>54</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>523</v>
+        <v>531</v>
       </c>
       <c r="H126" t="s">
-        <v>524</v>
+        <v>532</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>525</v>
+        <v>533</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>82</v>
+        <v>49</v>
       </c>
       <c r="D127" t="s">
-        <v>477</v>
+        <v>506</v>
       </c>
       <c r="E127" t="s">
-        <v>478</v>
+        <v>507</v>
       </c>
       <c r="F127" t="s">
-        <v>479</v>
+        <v>508</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>526</v>
+        <v>534</v>
       </c>
       <c r="H127" t="s">
-        <v>527</v>
+        <v>535</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>528</v>
+        <v>536</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>86</v>
+        <v>53</v>
       </c>
       <c r="D128" t="s">
-        <v>477</v>
+        <v>506</v>
       </c>
       <c r="E128" t="s">
-        <v>478</v>
+        <v>507</v>
       </c>
       <c r="F128" t="s">
-        <v>63</v>
+        <v>508</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>529</v>
+        <v>537</v>
       </c>
       <c r="H128" t="s">
-        <v>530</v>
+        <v>538</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>531</v>
+        <v>539</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>91</v>
+        <v>58</v>
       </c>
       <c r="D129" t="s">
-        <v>477</v>
+        <v>506</v>
       </c>
       <c r="E129" t="s">
-        <v>478</v>
+        <v>507</v>
       </c>
       <c r="F129" t="s">
-        <v>63</v>
+        <v>508</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>532</v>
+        <v>540</v>
       </c>
       <c r="H129" t="s">
-        <v>533</v>
+        <v>541</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>534</v>
+        <v>542</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>95</v>
+        <v>62</v>
       </c>
       <c r="D130" t="s">
-        <v>477</v>
+        <v>506</v>
       </c>
       <c r="E130" t="s">
-        <v>478</v>
+        <v>507</v>
       </c>
       <c r="F130" t="s">
-        <v>483</v>
+        <v>78</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>535</v>
+        <v>543</v>
       </c>
       <c r="H130" t="s">
-        <v>536</v>
+        <v>544</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>537</v>
+        <v>545</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>99</v>
+        <v>67</v>
       </c>
       <c r="D131" t="s">
-        <v>477</v>
+        <v>506</v>
       </c>
       <c r="E131" t="s">
-        <v>478</v>
+        <v>507</v>
       </c>
       <c r="F131" t="s">
-        <v>87</v>
+        <v>508</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>538</v>
+        <v>546</v>
       </c>
       <c r="H131" t="s">
-        <v>539</v>
+        <v>547</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>540</v>
+        <v>548</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>104</v>
+        <v>72</v>
       </c>
       <c r="D132" t="s">
-        <v>477</v>
+        <v>506</v>
       </c>
       <c r="E132" t="s">
-        <v>478</v>
+        <v>507</v>
       </c>
       <c r="F132" t="s">
-        <v>87</v>
+        <v>512</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>541</v>
+        <v>549</v>
       </c>
       <c r="H132" t="s">
-        <v>542</v>
+        <v>550</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>543</v>
+        <v>551</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>108</v>
+        <v>77</v>
       </c>
       <c r="D133" t="s">
-        <v>477</v>
+        <v>506</v>
       </c>
       <c r="E133" t="s">
-        <v>478</v>
+        <v>507</v>
       </c>
       <c r="F133" t="s">
-        <v>479</v>
+        <v>508</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>544</v>
+        <v>552</v>
       </c>
       <c r="H133" t="s">
-        <v>545</v>
+        <v>553</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>546</v>
+        <v>554</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>112</v>
+        <v>82</v>
       </c>
       <c r="D134" t="s">
-        <v>477</v>
+        <v>506</v>
       </c>
       <c r="E134" t="s">
-        <v>478</v>
+        <v>507</v>
       </c>
       <c r="F134" t="s">
-        <v>479</v>
+        <v>508</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>547</v>
+        <v>555</v>
       </c>
       <c r="H134" t="s">
-        <v>548</v>
+        <v>556</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>549</v>
+        <v>557</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>116</v>
+        <v>86</v>
       </c>
       <c r="D135" t="s">
-        <v>477</v>
+        <v>506</v>
       </c>
       <c r="E135" t="s">
-        <v>478</v>
+        <v>507</v>
       </c>
       <c r="F135" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="H135" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>120</v>
+        <v>91</v>
       </c>
       <c r="D136" t="s">
-        <v>477</v>
+        <v>506</v>
       </c>
       <c r="E136" t="s">
-        <v>478</v>
+        <v>507</v>
       </c>
       <c r="F136" t="s">
-        <v>479</v>
+        <v>63</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>553</v>
+        <v>561</v>
       </c>
       <c r="H136" t="s">
-        <v>554</v>
+        <v>562</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>555</v>
+        <v>563</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="D137" t="s">
-        <v>477</v>
+        <v>506</v>
       </c>
       <c r="E137" t="s">
-        <v>478</v>
+        <v>507</v>
       </c>
       <c r="F137" t="s">
-        <v>479</v>
+        <v>512</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>556</v>
+        <v>564</v>
       </c>
       <c r="H137" t="s">
-        <v>557</v>
+        <v>565</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>558</v>
+        <v>566</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>10</v>
+        <v>99</v>
       </c>
       <c r="D138" t="s">
-        <v>559</v>
+        <v>506</v>
       </c>
       <c r="E138" t="s">
-        <v>560</v>
+        <v>507</v>
       </c>
       <c r="F138" t="s">
-        <v>483</v>
+        <v>87</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="H138" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>10</v>
+        <v>104</v>
       </c>
       <c r="D139" t="s">
-        <v>564</v>
+        <v>506</v>
       </c>
       <c r="E139" t="s">
-        <v>565</v>
+        <v>507</v>
       </c>
       <c r="F139" t="s">
-        <v>36</v>
+        <v>87</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="H139" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="D140" t="s">
-        <v>564</v>
+        <v>506</v>
       </c>
       <c r="E140" t="s">
-        <v>565</v>
+        <v>507</v>
       </c>
       <c r="F140" t="s">
-        <v>45</v>
+        <v>508</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="H140" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>22</v>
+        <v>112</v>
       </c>
       <c r="D141" t="s">
-        <v>564</v>
+        <v>506</v>
       </c>
       <c r="E141" t="s">
-        <v>565</v>
+        <v>507</v>
       </c>
       <c r="F141" t="s">
-        <v>36</v>
+        <v>508</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>572</v>
+        <v>576</v>
       </c>
       <c r="H141" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>27</v>
+        <v>116</v>
       </c>
       <c r="D142" t="s">
-        <v>564</v>
+        <v>506</v>
       </c>
       <c r="E142" t="s">
-        <v>565</v>
+        <v>507</v>
       </c>
       <c r="F142" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
       <c r="H142" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>31</v>
+        <v>120</v>
       </c>
       <c r="D143" t="s">
-        <v>564</v>
+        <v>506</v>
       </c>
       <c r="E143" t="s">
-        <v>565</v>
+        <v>507</v>
       </c>
       <c r="F143" t="s">
-        <v>36</v>
+        <v>508</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="H143" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>35</v>
+        <v>125</v>
       </c>
       <c r="D144" t="s">
-        <v>564</v>
+        <v>506</v>
       </c>
       <c r="E144" t="s">
-        <v>565</v>
+        <v>507</v>
       </c>
       <c r="F144" t="s">
-        <v>36</v>
+        <v>508</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="H144" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>40</v>
+        <v>130</v>
       </c>
       <c r="D145" t="s">
-        <v>564</v>
+        <v>506</v>
       </c>
       <c r="E145" t="s">
-        <v>565</v>
+        <v>507</v>
       </c>
       <c r="F145" t="s">
-        <v>194</v>
+        <v>508</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
       <c r="H145" t="s">
-        <v>585</v>
+        <v>589</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>44</v>
+        <v>134</v>
       </c>
       <c r="D146" t="s">
-        <v>564</v>
+        <v>506</v>
       </c>
       <c r="E146" t="s">
-        <v>565</v>
+        <v>507</v>
       </c>
       <c r="F146" t="s">
-        <v>78</v>
+        <v>508</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="H146" t="s">
-        <v>588</v>
+        <v>553</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>49</v>
+        <v>138</v>
       </c>
       <c r="D147" t="s">
-        <v>564</v>
+        <v>506</v>
       </c>
       <c r="E147" t="s">
-        <v>565</v>
+        <v>507</v>
       </c>
       <c r="F147" t="s">
-        <v>590</v>
+        <v>508</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="H147" t="s">
-        <v>592</v>
+        <v>553</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>53</v>
+        <v>143</v>
       </c>
       <c r="D148" t="s">
-        <v>564</v>
+        <v>506</v>
       </c>
       <c r="E148" t="s">
-        <v>565</v>
+        <v>507</v>
       </c>
       <c r="F148" t="s">
-        <v>45</v>
+        <v>508</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="H148" t="s">
-        <v>595</v>
+        <v>553</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>596</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="D149" t="s">
-        <v>564</v>
+        <v>597</v>
       </c>
       <c r="E149" t="s">
-        <v>565</v>
+        <v>598</v>
       </c>
       <c r="F149" t="s">
-        <v>36</v>
+        <v>512</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="H149" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>62</v>
+        <v>10</v>
       </c>
       <c r="D150" t="s">
-        <v>564</v>
+        <v>602</v>
       </c>
       <c r="E150" t="s">
-        <v>565</v>
+        <v>603</v>
       </c>
       <c r="F150" t="s">
-        <v>215</v>
+        <v>36</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="H150" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
+        <v>606</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>17</v>
+      </c>
+      <c r="D151" t="s">
         <v>602</v>
       </c>
-      <c r="B151" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E151" t="s">
-        <v>565</v>
+        <v>603</v>
       </c>
       <c r="F151" t="s">
         <v>45</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="H151" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>72</v>
+        <v>22</v>
       </c>
       <c r="D152" t="s">
-        <v>564</v>
+        <v>602</v>
       </c>
       <c r="E152" t="s">
-        <v>565</v>
+        <v>603</v>
       </c>
       <c r="F152" t="s">
         <v>36</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="H152" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>77</v>
+        <v>27</v>
       </c>
       <c r="D153" t="s">
-        <v>564</v>
+        <v>602</v>
       </c>
       <c r="E153" t="s">
-        <v>565</v>
+        <v>603</v>
       </c>
       <c r="F153" t="s">
-        <v>139</v>
+        <v>36</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="H153" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>82</v>
+        <v>31</v>
       </c>
       <c r="D154" t="s">
-        <v>564</v>
+        <v>602</v>
       </c>
       <c r="E154" t="s">
-        <v>565</v>
+        <v>603</v>
       </c>
       <c r="F154" t="s">
         <v>36</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="H154" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>86</v>
+        <v>35</v>
       </c>
       <c r="D155" t="s">
-        <v>564</v>
+        <v>602</v>
       </c>
       <c r="E155" t="s">
-        <v>565</v>
+        <v>603</v>
       </c>
       <c r="F155" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="H155" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>91</v>
+        <v>40</v>
       </c>
       <c r="D156" t="s">
-        <v>564</v>
+        <v>602</v>
       </c>
       <c r="E156" t="s">
-        <v>565</v>
+        <v>603</v>
       </c>
       <c r="F156" t="s">
-        <v>45</v>
+        <v>194</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="H156" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>95</v>
+        <v>44</v>
       </c>
       <c r="D157" t="s">
-        <v>564</v>
+        <v>602</v>
       </c>
       <c r="E157" t="s">
-        <v>565</v>
+        <v>603</v>
       </c>
       <c r="F157" t="s">
-        <v>36</v>
+        <v>78</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="H157" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>99</v>
+        <v>49</v>
       </c>
       <c r="D158" t="s">
-        <v>564</v>
+        <v>602</v>
       </c>
       <c r="E158" t="s">
-        <v>565</v>
+        <v>603</v>
       </c>
       <c r="F158" t="s">
-        <v>36</v>
+        <v>628</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="H158" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>104</v>
+        <v>53</v>
       </c>
       <c r="D159" t="s">
-        <v>564</v>
+        <v>602</v>
       </c>
       <c r="E159" t="s">
-        <v>565</v>
+        <v>603</v>
       </c>
       <c r="F159" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="H159" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>108</v>
+        <v>58</v>
       </c>
       <c r="D160" t="s">
-        <v>564</v>
+        <v>602</v>
       </c>
       <c r="E160" t="s">
-        <v>565</v>
+        <v>603</v>
       </c>
       <c r="F160" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="H160" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>112</v>
+        <v>62</v>
       </c>
       <c r="D161" t="s">
-        <v>564</v>
+        <v>602</v>
       </c>
       <c r="E161" t="s">
-        <v>565</v>
+        <v>603</v>
       </c>
       <c r="F161" t="s">
-        <v>54</v>
+        <v>215</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="H161" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>116</v>
+        <v>67</v>
       </c>
       <c r="D162" t="s">
-        <v>564</v>
+        <v>602</v>
       </c>
       <c r="E162" t="s">
-        <v>565</v>
+        <v>603</v>
       </c>
       <c r="F162" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="H162" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>120</v>
+        <v>72</v>
       </c>
       <c r="D163" t="s">
-        <v>564</v>
+        <v>602</v>
       </c>
       <c r="E163" t="s">
-        <v>565</v>
+        <v>603</v>
       </c>
       <c r="F163" t="s">
         <v>36</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="H163" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>125</v>
+        <v>77</v>
       </c>
       <c r="D164" t="s">
-        <v>564</v>
+        <v>602</v>
       </c>
       <c r="E164" t="s">
-        <v>565</v>
+        <v>603</v>
       </c>
       <c r="F164" t="s">
-        <v>45</v>
+        <v>139</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="H164" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>130</v>
+        <v>82</v>
       </c>
       <c r="D165" t="s">
-        <v>564</v>
+        <v>602</v>
       </c>
       <c r="E165" t="s">
-        <v>565</v>
+        <v>603</v>
       </c>
       <c r="F165" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
       <c r="H165" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
+        <v>86</v>
+      </c>
+      <c r="D166" t="s">
+        <v>602</v>
+      </c>
+      <c r="E166" t="s">
+        <v>603</v>
+      </c>
+      <c r="F166" t="s">
+        <v>45</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="H166" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>655</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>91</v>
+      </c>
+      <c r="D167" t="s">
+        <v>602</v>
+      </c>
+      <c r="E167" t="s">
+        <v>603</v>
+      </c>
+      <c r="F167" t="s">
+        <v>45</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="H167" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>658</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>95</v>
+      </c>
+      <c r="D168" t="s">
+        <v>602</v>
+      </c>
+      <c r="E168" t="s">
+        <v>603</v>
+      </c>
+      <c r="F168" t="s">
+        <v>36</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="H168" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>661</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>99</v>
+      </c>
+      <c r="D169" t="s">
+        <v>602</v>
+      </c>
+      <c r="E169" t="s">
+        <v>603</v>
+      </c>
+      <c r="F169" t="s">
+        <v>36</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="H169" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>664</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>104</v>
+      </c>
+      <c r="D170" t="s">
+        <v>602</v>
+      </c>
+      <c r="E170" t="s">
+        <v>603</v>
+      </c>
+      <c r="F170" t="s">
+        <v>18</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="H170" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>667</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>108</v>
+      </c>
+      <c r="D171" t="s">
+        <v>602</v>
+      </c>
+      <c r="E171" t="s">
+        <v>603</v>
+      </c>
+      <c r="F171" t="s">
+        <v>54</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="H171" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>670</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>112</v>
+      </c>
+      <c r="D172" t="s">
+        <v>602</v>
+      </c>
+      <c r="E172" t="s">
+        <v>603</v>
+      </c>
+      <c r="F172" t="s">
+        <v>54</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="H172" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>673</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>116</v>
+      </c>
+      <c r="D173" t="s">
+        <v>602</v>
+      </c>
+      <c r="E173" t="s">
+        <v>603</v>
+      </c>
+      <c r="F173" t="s">
+        <v>36</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="H173" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>676</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>120</v>
+      </c>
+      <c r="D174" t="s">
+        <v>602</v>
+      </c>
+      <c r="E174" t="s">
+        <v>603</v>
+      </c>
+      <c r="F174" t="s">
+        <v>36</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="H174" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>679</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>125</v>
+      </c>
+      <c r="D175" t="s">
+        <v>602</v>
+      </c>
+      <c r="E175" t="s">
+        <v>603</v>
+      </c>
+      <c r="F175" t="s">
+        <v>45</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="H175" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>682</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>130</v>
+      </c>
+      <c r="D176" t="s">
+        <v>602</v>
+      </c>
+      <c r="E176" t="s">
+        <v>603</v>
+      </c>
+      <c r="F176" t="s">
+        <v>45</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="H176" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>685</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
         <v>134</v>
       </c>
-      <c r="D166" t="s">
-[...5 lines deleted...]
-      <c r="F166" t="s">
+      <c r="D177" t="s">
+        <v>602</v>
+      </c>
+      <c r="E177" t="s">
+        <v>603</v>
+      </c>
+      <c r="F177" t="s">
         <v>54</v>
       </c>
-      <c r="G166" s="1" t="s">
-[...3 lines deleted...]
-        <v>649</v>
+      <c r="G177" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="H177" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>688</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>138</v>
+      </c>
+      <c r="D178" t="s">
+        <v>602</v>
+      </c>
+      <c r="E178" t="s">
+        <v>603</v>
+      </c>
+      <c r="F178" t="s">
+        <v>63</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="H178" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>691</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>143</v>
+      </c>
+      <c r="D179" t="s">
+        <v>602</v>
+      </c>
+      <c r="E179" t="s">
+        <v>603</v>
+      </c>
+      <c r="F179" t="s">
+        <v>63</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="H179" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>694</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>147</v>
+      </c>
+      <c r="D180" t="s">
+        <v>602</v>
+      </c>
+      <c r="E180" t="s">
+        <v>603</v>
+      </c>
+      <c r="F180" t="s">
+        <v>36</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="H180" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>697</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>151</v>
+      </c>
+      <c r="D181" t="s">
+        <v>602</v>
+      </c>
+      <c r="E181" t="s">
+        <v>603</v>
+      </c>
+      <c r="F181" t="s">
+        <v>36</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="H181" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>700</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>156</v>
+      </c>
+      <c r="D182" t="s">
+        <v>602</v>
+      </c>
+      <c r="E182" t="s">
+        <v>603</v>
+      </c>
+      <c r="F182" t="s">
+        <v>628</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="H182" t="s">
+        <v>702</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -6946,50 +7550,66 @@
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
     <hyperlink ref="G144" r:id="rId143"/>
     <hyperlink ref="G145" r:id="rId144"/>
     <hyperlink ref="G146" r:id="rId145"/>
     <hyperlink ref="G147" r:id="rId146"/>
     <hyperlink ref="G148" r:id="rId147"/>
     <hyperlink ref="G149" r:id="rId148"/>
     <hyperlink ref="G150" r:id="rId149"/>
     <hyperlink ref="G151" r:id="rId150"/>
     <hyperlink ref="G152" r:id="rId151"/>
     <hyperlink ref="G153" r:id="rId152"/>
     <hyperlink ref="G154" r:id="rId153"/>
     <hyperlink ref="G155" r:id="rId154"/>
     <hyperlink ref="G156" r:id="rId155"/>
     <hyperlink ref="G157" r:id="rId156"/>
     <hyperlink ref="G158" r:id="rId157"/>
     <hyperlink ref="G159" r:id="rId158"/>
     <hyperlink ref="G160" r:id="rId159"/>
     <hyperlink ref="G161" r:id="rId160"/>
     <hyperlink ref="G162" r:id="rId161"/>
     <hyperlink ref="G163" r:id="rId162"/>
     <hyperlink ref="G164" r:id="rId163"/>
     <hyperlink ref="G165" r:id="rId164"/>
     <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
+    <hyperlink ref="G172" r:id="rId171"/>
+    <hyperlink ref="G173" r:id="rId172"/>
+    <hyperlink ref="G174" r:id="rId173"/>
+    <hyperlink ref="G175" r:id="rId174"/>
+    <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
+    <hyperlink ref="G178" r:id="rId177"/>
+    <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>