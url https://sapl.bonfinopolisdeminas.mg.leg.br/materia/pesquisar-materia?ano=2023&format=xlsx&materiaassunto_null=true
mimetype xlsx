--- v0 (2026-01-21)
+++ v1 (2026-03-28)
@@ -54,1336 +54,1336 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1532/01-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1532/01-2023.pdf</t>
   </si>
   <si>
     <t>Solicita providências no sentido de realizar instalação de mata-burro na propriedade do Sr. João Tibúrcio na Comunidade Bastardo.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1533/02-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1533/02-2023.pdf</t>
   </si>
   <si>
     <t>Solicita providências no sentido de realizar a reforma no assoalho de madeira da ponte Riacho das Porteiras e também patrolamento e cascalhamento da estrada da referida comunidade.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Nem Contador</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1534/03-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1534/03-2023.pdf</t>
   </si>
   <si>
     <t>Solicita providências no sentido de realizar, com máxima urgência, a troca da iluminação da Rua Diamantina para lâmpadas de LED.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1535/04-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1535/04-2023.pdf</t>
   </si>
   <si>
     <t>Solicita providências no sentido de realizar, com máxima urgência, obra para construção de meio-fio na Rua Nossa Senhora Aparecida, em frente a casa da Sra. Dona Zica.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Marcos Brandão</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1537/05-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1537/05-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja providenciada/viabilizada através da Secretária de Obras e Serviços Públicos e Transporte, a limpeza, patrolamento e cascalhamento da estrada vicinal que dá acesso às propriedades rurais dos (as) Sr (as). Rita Tobias Leite, João Pinto Ribeiro e Geni Pinto Ribeiro, na comunidade rural Lajinha do Boi, em uma extensão de pouco mais de 1 km, conforme imagens anexas.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1539/06-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1539/06-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, providências no sentido de realizar. com máxima urgência, uma manutenção e a criação de um projeto de drenagem para o campo do Estádio Municipal Leãozinho, bem como a substituição das lâmpadas convencionais por lâmpadas de LED.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1542/07-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1542/07-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, providências no sentido de realizar manutenção nas lâmpadas queimadas da quadra de areia da praça Antônio Mário de Oliveira Pombo.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Pedro César</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1544/08-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1544/08-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, providências no sentido de realizar cascalhamento nos pontos críticos na estrada que dá acesso a Comunidade do Riacho das Pedras.</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1545/09-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1545/09-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, providências no sentindo realizar retirada de pneus que foram descartados a aproximadamente 4km da cidade no sentindo à Riachinho.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Pedrão do Açougue</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1546/10-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1546/10-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do setor competente, providências no sentindo de realizar patrolamento e cascalhamento na estrada que dá acesso as propriedades das senhoras, Celí de Souza Brandão, Ronilda de Souza Brandão, Marlis de Souza Brandão e do senhores Marcos Norato, Ailton de Souza Brandão, Ronam de Souza Brandão e Edson de Souza Brandão.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1547/11-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1547/11-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do setor competente, providências no sentindo de realizar patrolamento e cascalhamento na estrada que dá acesso a propriedade do senhor Adalberto Alves Pinto, na fazenda Cedro.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Cíntia da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1548/12-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1548/12-2023.pdf</t>
   </si>
   <si>
     <t>Solicita providências no sentido de elaborar e encaminhar a esta Casa de Legislativa, “Projeto de Lei estabelecendo carga horária de 30 (trinta) horas, para os profissionais de Enfermagem”.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1549/13-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1549/13-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, providências no sentido de aumentar o efetivo de Vigias equipados com equipamentos detectores de metais nas escolas municipais, bem como sejam oferecidos treinamentos e capacitações aos profissionais de vigilâncias das escolas, para enfretamento de situações críticas.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1550/14-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1550/14-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, informações sobre o funcionamento das fontes decorativas da cidade, pois há muito tempo elas não funcionam, ás vezes são feitas manutenções periódicas, mas não entram em funcionamento.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1551/15-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1551/15-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, providências no sentindo realizar manutenção na rede pluvial abaixo da praça Antônio Mario de Oliveira Pombo.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Zé Lúcio</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1558/16-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1558/16-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, providências no sentido de disponibilizar guardas municipais para fazerem a segurança do PSF Edith Palma Borba, situado no Bairro Brasilinha e dá Unidade Básica de Saúde Alaíde Barbosa da Silva, situada no bairro Centro, durante o horário de funcionamento.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Jorge Português</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1560/17-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1560/17-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, a construção de sarjeta no final da rua Augusto Lourenço, próximo a ponte do bairro Arrozal.</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1561/18-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1561/18-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, manutenção e cascalhamento na rua Antônio Laboissiere.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1562/19-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1562/19-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, a construção de quebra-molas na rua Diamantina e na avenida Aristides Leão e Avenida Tenente João Bispo. Da mesma forma, realizar também manutenção no quebra-molas da rua Padre Chiquinho, próximo ao Clube do Chefim.</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Zé Lúcio, Nem Contador</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1563/20-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1563/20-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, a construção de barraginhas nas veredas formam o córrego do Riacho das Pedras, em especial as que fornecem a captação de água para a referida comunidade.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1564/21-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1564/21-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, providências no sentido de realizar patrolamento e cascalhamento na estrada que dá acesso a propriedade do Senhor José Wilson Ferreira Aguiar, na Comunidade São Pedro.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1566/22-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1566/22-2023.pdf</t>
   </si>
   <si>
     <t>Indica providências no sentido de providenciar o atendimento do Castramóvel, em parceria com a AMNOR/Ministério Público, para os procedimentos de castração de cães e gatos, no Povoado Riacho das Pedras.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1567/23-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1567/23-2023.pdf</t>
   </si>
   <si>
     <t>Indica, a pedido dos moradores locais, a construção de passarela para pedestres na rua Padre Chiquinho, com intuito de ligar os dois lados da Cava.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1568/24-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1568/24-2023.pdf</t>
   </si>
   <si>
     <t>Indica providências no sentido de realizar o patrolamento e cascalhamento da estrada principal que dá acesso a Comunidade Saco da Roça e estradas vicinais das propriedades dos Senhores Antônio Pio, Juverci Silva, Humberto Gomes e José Antônio Rocha.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1569/25-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1569/25-2023.pdf</t>
   </si>
   <si>
     <t>Indica providências no sentido de proceder a reorganização das instalações de túmulos, jazigos, e sepulturas no cemitério "Parque dos Ipês".</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1576/26-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1576/26-2023.pdf</t>
   </si>
   <si>
     <t>Seja que seja providenciada/viabilizada a construção da ponte de madeira sobre o "Córrego Caraíba", na comunidade Saco da Roça, que dá acesso às propriedades dos senhores Zé Rocha, Antônio Geraldo, Juveni (esposa do Sr. Oscarinho), Manoel Rocha e demais propriedades, visando garantir segurança e tranquilidade aos que por ali transitam e utilizam da referida ponte como meio de travessia.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Pedrão do Açougue, Marcos Brandão, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1577/27-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1577/27-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja viabilizado e/ou autorizado a realização da reforma da sede do Conselho de Desenvolvimento Comunitário da Comunidade Santo André, considerando que os parlamentares abaixo assinados conseguiram um recurso financeiro junto ao Deputado Estadual Bosco na ordem de R$ 40.000,00 (quarenta mil) reais, destinado à esta finalidade, e que o referido recurso já se encontra na conta desta municipalidade desde o dia 25/05/2023.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1579/28-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1579/28-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do setor competente, a remoção dos bancos de concreto que ficam paralelos ao gramado do Estádio Leãozinho e a mureta que dá acesso aos vestiários.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1581/29-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1581/29-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, a construção de bueiro na rua Aristides Leão, com o intuito de prover o escoamento da água que fica empoçada próximo as residências das Sras. Nair Braga e Cassiana Vieira da Silva.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1582/30-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1582/30-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, a reforma da ponte sobre o córrego Caraíba, localizado na estrada municipal Dona Anacleta Luiz Brandão, que dá acesso a Comunidade Canabrava, próximo á propriedade do Sr. Zeferino da Paz Oliveira.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1583/31-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1583/31-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, reforma e reorganização da placa de sinalização que indica a saída para Brasilândia/Unaí, com intuito de deixar as informações mais claras.</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1584/32-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1584/32-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, reforma da pinguela do Rio das Almas, popularmente conhecido como “ponte do rio da Vilma”.</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1590/33-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1590/33-2023.pdf</t>
   </si>
   <si>
     <t>Indica providências no sentido de instalar luminária em poste de energia localizado na rua Santa Cruz, ao lado da CAPUL, na proximidade da Escola Municipal Dercílio Duarte Melgaço, para fins de iluminação pública.</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1591/34-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1591/34-2023.pdf</t>
   </si>
   <si>
     <t>Indica providências no sentindo de realizar o patrolamento das estradas dos proprietários da Comunidade Volta, Jeronimo Ângelo da Silva, Samuel Ângelo da Silva, Rafael Ângelo da Silva, Felipa da Costa e Silva, Anastácio da Costa Lima, Bento da Costa Lima, Francisca da Costa Lima, Aparecido Ângelo da Silva, José Ezimar Luiz Brandão, Eloan Maria de Jesus Brandão, José Amado, Joana Souza e Silva, Elizabete Luiz Brandão, Alzito (próximo a Ponte das Almas), Estevão Ângelo da Silva. E patrolamento e cascalhamento da estrada do sr. Mariano de Souza, também nesta comunidade.</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1592/35-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1592/35-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, a instalação de três postes com lâmpadas de LED na praça Aristóteles Antônio da Mota.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1593/36-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1593/36-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, providências no sentindo de realizar o patrolamento e cascalhamento da estrada que liga as propriedades dos Senhores Cristóvão Brandão, Sebastiana Vieira e Baltazar Fernando, localizada na Comunidade Santa Maria.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1594/37-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1594/37-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, a construção de ponte molhada no Córrego das Bananeiras na Comunidade do Riacho da Lagoa, sentido a Comunidade Caldeirão, bem como, o patrolamento e cascalhamento da estrada que liga as propriedades dos Senhores Adão (Filho do Senhor Nativo), Caio e demais moradores.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1595/38-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1595/38-2023.pdf</t>
   </si>
   <si>
     <t>Indica que seja feita a análise e viabilização para instalação de apoios para os pés ou o ajuste na altura dos bancos das vans da saúde e da educação.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1596/39-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1596/39-2023.pdf</t>
   </si>
   <si>
     <t>Indica que seja feita a instalação de corrimãos nas escadarias que dão acesso aos dois lados da rua Padre Chiquinho através da rodovia, assim como estudo de viabilização e implementação de faixa de pedestre nesta localidade.</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1597/40-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1597/40-2023.pdf</t>
   </si>
   <si>
     <t>Indica que seja feita a reforma da ponte do Córrego Assa Peixe, próximo a propriedade da sra. Maria Muniz que da acesso a Comunidade São Pedro e Canabrava.</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1603/41-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1603/41-2023.pdf</t>
   </si>
   <si>
     <t>Indica providências no sentido de ampliar e melhorar a iluminação pública, com instalações de mais postes com luminárias, nas seguintes vias públicas: _x000D_
 _x000D_
 I - Rua João Nazário Alves;_x000D_
 II - Rua Diamantina; _x000D_
 III - Rua Severiano Marra; _x000D_
 IV - Rua Adelino Pereira Passos; _x000D_
 V - Rua Nossa Senhora Aparecida; _x000D_
 VI - Rua Augusto Lourenço;_x000D_
 VII - Avenida Alfredo Olinger.</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1604/42-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1604/42-2023.pdf</t>
   </si>
   <si>
     <t>Indica providências no sentido de realizar a manutenção do assoalho da ponte do Ribeirão Confins, localizada na propriedade do Sr. Raimundo Vicente Alves, estrada que liga os municípios de Bonfinópolis de Minas/MG e Riachinho/MG.</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Paulo Motorista, Cíntia da Saúde, Nem Contador</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1605/43-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1605/43-2023.pdf</t>
   </si>
   <si>
     <t>Indica a construção de meio-fios nas ruas recém asfaltadas, João Nazário Alves (antiga rua Ouro Preto) e Antônio Laiboissiere.</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1606/44-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1606/44-2023.pdf</t>
   </si>
   <si>
     <t>Indica a limpeza e manutenção dos bueiros da cidade. Em destaque os bueiros da Av. Argemiro Barbosa da Silva (em frente ao antigo prédio da Prefeitura), da praça Antônio Mario de Oliveira Pombo, na Av. Tenente João Bispo, entre outros.</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1608/45-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1608/45-2023.pdf</t>
   </si>
   <si>
     <t>Indica, por intermédio do Setor competente, o estudo de viabilidade para que os veículos em frente ao Fórum, estacionem em apenas um lado da rua São José.</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1610/46-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1610/46-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do setor competente, reforma de bueiro na estrada que dá acesso à propriedade do sr. João de Souza e dona Joaquina, na região de Formiga, e construção de um bueiro na mesma estrada, no local a ser indicado pelo referido casal.</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1611/47-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1611/47-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do setor competente, patrolamento na estrada que dá acesso a propriedade do sr. Máximo Vieira e dona Terezinha, na região de Formiga.</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1612/48-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1612/48-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, providências no sentindo de realizar instalação de mata-burro na Comunidade do Imbé, na divisa da propriedade do senhor Idelmar Alves Damacena com o senhor Irineu.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1613/49-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1613/49-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, a construção de meio-fio na esquina de encontro entre as ruas Adelino Pereira Passos e Osmar Moreira Braga.</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1614/50-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1614/50-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, instalação de placas de trânsito que indiquem a preferência na rotatória na interseção da Avenida Argemiro Barbosa da Silva com a rua Venâncio Pinto Machado.</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1617/51-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1617/51-2023.pdf</t>
   </si>
   <si>
     <t>Indica, que seja custeado de forma integral o transporte dos universitários da nossa cidade que utilizam o ônibus cedido pelo município para fazer o deslocamento até as universidades.</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1618/52-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1618/52-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, estudo de viabilidade para instalar câmeras de segurança nas entradas da cidade e em pontos estratégicos, a exemplo, no cruzamento entre as ruas Venâncio Pinto Machado e Dom Elizeu, local onde estão situados o Banco do Brasil e a Lotérica.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1625/53-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1625/53-2023.pdf</t>
   </si>
   <si>
     <t>Indica providências no sentido de realizar a pintura de sinalização sobre as lombadas físicas (quebra-molas) existentes na cidade, nos padrões e critérios estabelecidos pelo CONTRAN e que adote essa medida na construção de futuras lombadas.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1630/54-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1630/54-2023.pdf</t>
   </si>
   <si>
     <t>Indica estudo de viabilidade para realizar uma campanha de castração dos animais de rua. Da mesma forma, sugere-se também, a ampla divulgação com cartazes, carros de som, impulsionamento nas redes sociais, campanha em rádio sobre a conscientização de não abandonar os animais nas ruas.</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1574/01-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1574/01-2023.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à Família da Sra. Rita da Paixão Mota Santiago, mãe do Exmo. Deputado Federal Arlen Santiago, em decorrência do seu falecimento.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
     <t>1120304</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Parecer Prévio</t>
   </si>
   <si>
     <t>Tribunal de Contas</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1559/parecer_do_tribunal_de_contas_-_exercicio_de_2021.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1559/parecer_do_tribunal_de_contas_-_exercicio_de_2021.pdf</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS DO EXECUTIVO MUNICIPAL - EXERCÍCIO 2021.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CFCPO - Comissão de Finanças, Contas, Patrimônio e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1580/pdl-01-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1580/pdl-01-2023.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, RELATIVAS AO EXERCÍCIO DE 2021, NA FORMA DO PARECER PRÉVIO Nº 1120304 DO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1624/plc-01-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1624/plc-01-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 03, DE 20 DE OUTUBRO DE 1997, QUE "INSTITUI O CÓDIGO DE POSTURAS DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, ESTADO DE MINAS GERAIS E DE OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>Prefeito do Município de Bonfinópolis de Minas</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1631/plc-02-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1631/plc-02-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 452, DE 18 DE AGOSTO DE 1992, QUE DISPÕE SOBRE O “ESTATUTO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS – MG”.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1524/01-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1524/01-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A AQUISIÇÃO DO IMÓVEL QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1525/02-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1525/02-2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL E ANUAL SOBRE A REMUNERAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS, CONFORME DISPÕE O ART. 37, INSICO X. DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1526/03-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1526/03-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVISÃO GERAL DOS SERVIDORES DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS-MG.</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1527/04-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1527/04-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVISÃO GERAL DOS SUBSÍDIOS DOS VEREADORES DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS-MG.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1528/05-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1528/05-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVISÃO GERAL DOS SUBSÍDIOS DO PREFEITO, VICE-PREFEITO E SECRETÁRIOS DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS-MG.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1529/06-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1529/06-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.091, DE 5 DE SETEMBRO DE 2013, QUE "DISPÕE SOBRE A POLÍTICA MUNICIPAL DE ATENDIMENTO AOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, O CONSELHO MUNICIPAL DE DIREITO DA CRIANÇA E DO ADOLESCENTE, O CONSELHO TUTELAR E O FUNDO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1530/07-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1530/07-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.245, DE 16 DE ABRIL DE 2018, QUE "DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DO MEIO AMBIENTE = CODEMA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1536/08-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1536/08-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 858, DE 25 DE JULHO DE 2023, QUE "INSTITUI O REGIME CONTÁBIL DE ADIANTAMENTO, NOS TERMOS DA LEI Nº 4.320, DE 1964, NO ÂMBITO DO MUNICÍPIO, ESTABELECE NORMAS GERAIS PARA CONCESSÃO DE DIÁRIAS DE VIAGEM E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1557/09-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1557/09-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1570/10-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1570/10-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA ANUAL DO EXERCÍCIO 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1572/11-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1572/11-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1573/12-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1573/12-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO CELEBRAR CONTRATO DE PATROCÍNIO E APOIAR O SINDICATO DOS PRODUTORES RURAIS DE BONFINÓPOLIS DE MINAS NA REALIZAÇÃO DA EXPOSIÇÃO AGROPECUÁRIA DO ANO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1575/13-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1575/13-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROGRAMA “PRATA DA CASA”, QUE ESTABELECE A OPORTUNIDADE PARA A APRESENTAÇÃO DE GRUPOS, BANDAS, CANTORES, INSTRUMENTISTAS, LOCUTORES OU APRESENTADORES LOCAIS, NA ABERTURA DE EVENTOS ARTISTICOS E CULTURAIS, NAS CONDIÇÕES QUE MENCIONA E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1585/14-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1585/14-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O COMÉRCIO AMBULANTE NO MUNICÍPIO DE BONFINÓPOLIS DE MINAS-MG.</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1586/15-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1586/15-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVERSÃO AO PATRIMÔNIO DO MUNICÍPIO DO IMÓVEL QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1587/16-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1587/16-2023.pdf</t>
   </si>
   <si>
     <t>DENOMINA QUADRA POLIESPORTIVA JOSÉ CÂNDIDO SOBRINHO “BOCA RICA”, QUADRA POLIESPORTIVA DA ESCOLA MUNICIPAL GETÚLIO VARGAS, LOCALIZADA NA “CHAPADA” E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1588/17-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1588/17-2023.pdf</t>
   </si>
   <si>
     <t>DENOMINA BIBLIOTECA ILCA SOUTO SANTOS, BIBLIOTECA DA ESCOLA MUNICIPAL GETÚLIO VARGAS, LOCALIZADA NA “CHAPADA” E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1589/18-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1589/18-2023.pdf</t>
   </si>
   <si>
     <t>DENOMINA CENTRO DE ATENÇÃO PSICOSSOCIAL – CAPS AFONSINA GRACIANO DE SOUZA, UNIDADE ESPECIALIZADA EM SAÚDE MENTAL DE BONFINÓPOLIS DE MINAS - MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1599/19-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1599/19-2023.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE DO PODER LEGISLATIVO PARA O EXERCÍCIO FINANCEIRO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1600/20-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1600/20-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A DENOMINAÇÃO DA RUA JOÃO PINHEIRO.</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1601/21-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1601/21-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA REALIZAÇÃO DAS DESPESAS DE RECURSOS DA LEI COMPLEMENTAR Nº 195, DE 8 DE JULHO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1602/22-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1602/22-2023.pdf</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1609/23-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1609/23-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.401, DE 22 DE DEZEMBRO DE 2022, QUE "ESTIMA A RECEITA E FIXA A DESPESA PARA O MUNICÍPIO DE BONFINÓPOLIS DE MINAS/MG, PARA O EXERCÍCIO FINANCEIRO DE 2023".</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1615/24-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1615/24-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.392, DE 27 DE SETEMBRO DE 2022.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1616/25-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1616/25-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REPASSAR RECURSOS RECEBIDOS DA UNIÃO PARA CUMPRIMENTO DA ASSISTÊNCIA FINANCEIRA COMPLEMENTAR DE QUE TRATA A EMENDA CONSTITUCIONAL 127/2022.</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1620/26-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1620/26-2023.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO CULTURAL, EDUCATIVA E DESPORTIVA DE BONFINÓPOLIS DE MINAS-MG.</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1621/27-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1621/27-2023.pdf</t>
   </si>
   <si>
     <t>DENOMINA PAFÚNCIO BRANDÃO, A ÁREA DE EVENTO QUE ESPECÍFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1622/28-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1622/28-2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO MUNICIPAL DE DESENVOLVIMENTO ECONÔMICO - CMDE NO MUNICÍPIO DE BONFINÓPOLIS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1623/29-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1623/29-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PARCELAMENTO DE SOLO PARA FINS DE URBANIZAÇÃO ESPECÍFICA DE IMPLANTAÇÃO DE CHÁCARAS DE RECREIOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1626/30-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1626/30-2023.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O MUNICÍPIO DE BONFINÓPOLIS DE MINAS-MG, PARA O EXERCÍCIO FINANCEIRO DE 2024.</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1632/31-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1632/31-2023.pdf</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1633/32-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1633/32-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O TRATAMENTO DIFERENCIADO, SIMPLIFICADO E FAVORECIDO PARA OS MICROEMPREENDEDORES INDIVIDUAIS – MEI, PARA AS MICROEMPRESAS – ME E PARA AS EMPRESAS DE PEQUENO PORTE – EPP, NAS CONTRATAÇÕES PÚBLICAS DE BENS, SERVIÇOS E OBRAS, NO ÂMBITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS-MG, CRIA O PROGRAMA DE CONTRATAÇÕES GOVERNAMENTAIS DENOMINADO “BONFINÓPOLIS COMPRA AQUI” E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1634/33-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1634/33-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PARTICIPAR DO PROGRAMA MINHA CASA, MINHA VIDA – PMCMV E AUTORIZA A DOAÇÃO DE LOTES VINCULADOS AO RESPECTIVO PROGRAMA PARA OS BENEFICIÁRIOS QUE SE ENQUADRAREM NA FORMA E NAS CONDIÇÕES ESTABELECIDAS EM LEI.</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1635/34-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1635/34-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAFETAÇÃO E DOAÇÃO DO IMÓVEL QUE MENCIONA A DIVERSAS EMPRESAS FABRICANTES DE PRODUTOS E PRESTADORAS DE SERVIÇOS, NA FORMA E CONDIÇÕES QUE ESPECIFICA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1636/35-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1636/35-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAFETAÇÃO E DOAÇÃO DO IMÓVEL QUE MENCIONA AS ENTIDADES DA CAIXA DE ASSISTÊNCIA DOS ADVOGADOS DE MINAS GERAIS (CAA/MG) E SINDICATO DOS SERVIDORES E EMPREGADOS PUBLICOS MUNICIPAIS DE BONFINOPOLIS DE MINAS - MG, NA FORMA E CONDIÇÕES QUE ESPECIFICA. E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1637/36-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1637/36-2023.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DOS AGENTES POLÍTICOS DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS PARA A 16ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1638/37-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1638/37-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE APOIO CULTURAL, NA FORMA DE SUBVENÇÃO SOCIAL, EM FAVOR DA ASSOCIAÇÃO CULTURAL, EDUCATIVA E DESPORTIVA DE BONFINÓPOLIS DE MINAS-MG.</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1531/01-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1531/01-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas sobre os recursos utilizados no CARNABOM/2023 e suas respectivas origens.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1538/02-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1538/02-2023.pdf</t>
   </si>
   <si>
     <t>Solicita informações detalhadas sobre os recursos utilizados no REVEILLON/2023, que aconteceu nos dias 30 e 31 de dezembro de 2022, na Feira do Produtor, bem como as origens dos recursos. Nesse sentido, com a finalidade de dar maior transparência aos atos públicos, requer seja informado ao Poder Legislativo: 1) relação de todas as atrações contratadas e seus respectivos valores; 2) valores gastos com estrutura (palco, barracas, banheiros químicos e etc.); 3) relação de demais gastos, como intervenções realizadas no espaço e proximidade (pinturas e pequenos reparos); e 4) cópia de todos os contratos firmados com empresas e artistas em razão do REVEILLON/2023.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1540/03-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1540/03-2023.pdf</t>
   </si>
   <si>
     <t>Solicita informações detalhadas sobre os recursos utilizados na Decoração Natalina de 2022 nesta municipalidade, sendo que, foram decorados os seguintes espaços: Praça Silvésia Cândido Maciel Gonzaga, Prefeitura Municipal, Galpão da Feira do Produtor, Igreja Matriz Senhor do Bonfim. Nesse sentido, com a finalidade de dar maior transparência aos atos públicos, requer seja informado ao Poder Legislativo: 1) relação dos produtos/materiais adquiridos para a realização das referidas decorações; 2) valores gastos com a aquisição dos objetos elou luzes decorativas; e 3) cópia de todas notas fiscais referentes à todas aquisições realizadas para a decoração natalina de 2022.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1541/04-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1541/04-2023.pdf</t>
   </si>
   <si>
     <t>Requer, por intermédio do Setor competente, o cronograma e as informações detalhadas de como está o andamento das construções de barraginhas e curvas de níveis nas comunidades rurais do Município.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1543/05-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1543/05-2023.pdf</t>
   </si>
   <si>
     <t>Requer, por intermédio do Setor competente, informações de quando será realizado a pavimentação asfáltica na Rua Antônio Laboissiere, visto que já foram finalizadas as obras de drenagem pluvial.</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1552/06-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1552/06-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do setor competente, que todas as informações sejam disponibilizadas e atualizadas no Portal da Transparência, com a máxima urgência, considerando que este encontra-se desatualizado, especificamente no que se refere à folha de pagamento desde o mês de dezembro/2022, contrariando as disposições contidas no artigo 80 da Lei Federal no 12.527, de 18 de novembro de 2011, e no § 20 do artigo 48 da Lei Complementar no 101, de 4 de maio de 2000.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1553/07-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1553/07-2023.pdf</t>
   </si>
   <si>
     <t>Requer, informações sobre onde se encontram as seguintes máquinas e veículos da Prefeitura Municipal, que pelo que se sabe não estão prestando serviços ao Município:_x000D_
 _x000D_
 1) Patrol-Motoniveladoras;_x000D_
 2) Retroescavadeira;_x000D_
 3) Caminhão carroceria de madeira._x000D_
 4) Caminhão caçamba_x000D_
 5) Mitsubishi L200_x000D_
 6) Fiat Doblô_x000D_
 7) Van Ducato_x000D_
 _x000D_
 e, no caso das máquinas e veículos estarem em reparos mecânicos, sejam informados os motivos da demora, tendo em visto que aproximadamente 2 (dois) anos não se tem notícias de trabalhos de tais equipamentos.</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1554/08-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1554/08-2023.pdf</t>
   </si>
   <si>
     <t>Solicita informações com relação à instalação da “Fabrica de Bloquetes”, recebidas por doação da Codevasf, proveniente de Emenda Parlamentar do Deputado Federal Paulo Guedes, sendo encaminhado juntamente às informações, o cronograma da instalação, bem como o local onde será instalada a “Fabrica de Bloquete” referida.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1555/09-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1555/09-2023.pdf</t>
   </si>
   <si>
     <t>Solicita informações com relação à execução das manutenções e reparos da iluminação da QUADRA POLIESPORTIVA VALDECI JOSÉ ALVES DAMASCENA, no bairro Brasilinha, no sentido de informar se tais manutenção e reparos já foram realizadas. Em caso negativo, que seja informada a previsão de data para a realização de tais serviços, em conformidade com o cronograma da Municipalidade, conforme resposta à Indicação nº 07/2022, de autoria desta Vereadora, contida no Ofício nº 68/2022/GAB, de 11 de abril de 2022, do Prefeito Municipal e pedido reiterado através do Requerimento nº 011/2022, de 13 de maio de 2022.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1556/10-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1556/10-2023.pdf</t>
   </si>
   <si>
     <t>Solicita informações com relação à execução das manutenções e restaurações da sede da Academia da Praça da Saúde, localizada no bairro Frei Humberto, no sentido de informar se tais manutenção e restaurações já foram realizadas. Em caso negativo, que seja informada a previsão de data para a realização de tais serviços, em conformidade com o cronograma da Municipalidade, conforme resposta à Indicação nº 05/2022, de autoria desta Vereadora, contida no Ofício nº 66/2022/GAB, de 11 de abril de 2022, do Prefeito Municipal e pedido reiterado através do Requerimento nº 10/2022, de 13 de maio de 2022.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1565/11-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1565/11-2023.pdf</t>
   </si>
   <si>
     <t>Requer, a constituição de Comissão Especial com a finalidade de proceder a estudos preliminares visando a reforma da Lei Orgânica do Município (redação dada pela Emenda nº 9, de 7 de dezembro de 2020).</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1571/12-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1571/12-2023.pdf</t>
   </si>
   <si>
     <t>Solicita informações detalhadas sobre as Pessoas Jurídicas e Pessoas Físicas contratadas e/ou terceirizados por esta municipalidade. Nesse sentido, com a finalidade de dar maior transparência aos atos públicos, requer seja informado ao Poder Legislativo: 1) relação de todas Pessoas Jurídicas e Pessoas Físicas contratadas e/ou terceirizados pelo município de Bonfinópolis de Minas, para prestação de serviços; 2) valores pagos aos contratados e terceirizados; e 3) cópia de todos os contratos celebrados/vigentes.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1578/13-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1578/13-2023.pdf</t>
   </si>
   <si>
     <t>Solicita informações detalhadas sobre as ações de combate à dengue já realizadas nesta municipalidade. Nesse sentido, com a finalidade de dar maior transparência aos atos públicos, requer seja informado ao Poder Legislativo: 1) relação numérica de casos da dengue no município e valores investidos para realização de exames e medicamentos para tratamento; 2) período de aplicação do fumacê no município (quantas vezes e por quantas horas) e valores investidos na nebulização espacial; 3) demais ações que foram realizadas e que se pretende realizar visando controlar elou erradicar a referida doença.</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1598/14-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1598/14-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações com relação aos estágios atuais das seguintes Emendas Parlamentares (tabela em anexo), que foram liberadas a pedidos juntos aos Deputados Paulo Guedes e Virgílio Guimarães, informando se foram pagas e em caso positivo, se já foram executadas ou o cronograma para execução.</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1607/15-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1607/15-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes à situação de pessoas que perderam bens materiais devido a desastres naturais causados pelas fortes chuvas que atingiram nossa cidade no dia 13 de fevereiro de 2022. São elas:_x000D_
 _x000D_
 Indenizações para Vítimas: Gostaria de saber quais indenizações a Prefeitura Municipal de Bonfinópolis de Minas já concedeu e se pretende fornecer auxílio às demais pessoas que foram afetadas. Se houver um plano de reclamação, por favor, forneça detalhes sobre os critérios de elegibilidade, o processo de solicitação e os prazos envolvidos._x000D_
 _x000D_
 Recursos da Defesa Civil: É de conhecimento público que a Defesa Civil disponibiliza recursos para auxiliar municípios em situações de desastre natural. Gostaria de solicitar informações sobre se a Prefeitura recebeu esses recursos. Caso tenha ocorrido tal repasse, gostaria de saber o valor recebido e como esses recursos estão sendo/serão alocados e utilizados em benefício da comunidade.</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1619/16-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1619/16-2023.pdf</t>
   </si>
   <si>
     <t>Requer, por intermédio do Setor competente, o cronograma e as informações detalhadas sobre o andamento das obras para construção da rede pluvial e pavimentação da Rua Manoel Luiz Brandão.</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
     <t>Marcos Brandão, Pedrão do Açougue, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1627/17-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1627/17-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, informações detalhadas sobre o recurso na ordem de R$200 mil reais que os Vereadores Pedrão do Açougue, Zezinho Despachante e Marcos Brandão conseguiram para a saúde de Bonfinópolis de Minas e que possivelmente se encontra em conta desde julho de 2022. Nesse sentido, com a finalidade de dar maior transparência aos atos públicos, requer seja informado ao Poder Legislativo: 1) Se a administração já adquiriu os itens constantes da proposta nº 18222.648000/1220-02 e/ou situação da referida aquisição; 2) Em caso de não aquisição, seja informado o extrato bancário da conta que o recurso encontra-se aplicado e prazos previstos para realizar as aquisições.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1628/18-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1628/18-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, informações detalhadas sobre a frota veicular deste município. Nesse sentido, com a finalidade de dar maior transparência aos atos públicos, requer seja informado ao Poder Legislativo: I) Relação de todos os veículos do município, contendo informação de placa, modelo/ano, marca e cor, bem como secretaria elou departamento em que se encontra lotado.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1629/19-2023.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1629/19-2023.pdf</t>
   </si>
   <si>
     <t>Solicita, informações detalhadas sobre o andamento das instalações de iluminação pública, abastecimento de água e rede de esgoto nos lotes do Processo Licitatório nº 069/2020 — Concorrência Pública NO 001/2020. Nesse sentido requer seja informado a previsão para início e conclusão destas instalações, considerando que a rede de abastecimento de água já se encontra em estágio avançado.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1690,67 +1690,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1532/01-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1533/02-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1534/03-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1535/04-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1537/05-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1539/06-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1542/07-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1544/08-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1545/09-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1546/10-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1547/11-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1548/12-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1549/13-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1550/14-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1551/15-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1558/16-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1560/17-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1561/18-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1562/19-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1563/20-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1564/21-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1566/22-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1567/23-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1568/24-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1569/25-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1576/26-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1577/27-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1579/28-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1581/29-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1582/30-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1583/31-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1584/32-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1590/33-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1591/34-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1592/35-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1593/36-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1594/37-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1595/38-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1596/39-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1597/40-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1603/41-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1604/42-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1605/43-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1606/44-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1608/45-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1610/46-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1611/47-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1612/48-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1613/49-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1614/50-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1617/51-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1618/52-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1625/53-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1630/54-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1574/01-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1559/parecer_do_tribunal_de_contas_-_exercicio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1580/pdl-01-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1624/plc-01-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1631/plc-02-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1524/01-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1525/02-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1526/03-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1527/04-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1528/05-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1529/06-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1530/07-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1536/08-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1557/09-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1570/10-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1572/11-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1573/12-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1575/13-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1585/14-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1586/15-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1587/16-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1588/17-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1589/18-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1599/19-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1600/20-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1601/21-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1602/22-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1609/23-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1615/24-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1616/25-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1620/26-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1621/27-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1622/28-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1623/29-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1626/30-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1632/31-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1633/32-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1634/33-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1635/34-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1636/35-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1637/36-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1638/37-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1531/01-2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1538/02-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1540/03-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1541/04-2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1543/05-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1552/06-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1553/07-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1554/08-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1555/09-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1556/10-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1565/11-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1571/12-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1578/13-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1598/14-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1607/15-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1619/16-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1627/17-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1628/18-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1629/19-2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1532/01-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1533/02-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1534/03-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1535/04-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1537/05-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1539/06-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1542/07-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1544/08-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1545/09-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1546/10-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1547/11-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1548/12-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1549/13-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1550/14-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1551/15-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1558/16-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1560/17-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1561/18-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1562/19-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1563/20-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1564/21-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1566/22-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1567/23-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1568/24-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1569/25-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1576/26-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1577/27-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1579/28-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1581/29-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1582/30-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1583/31-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1584/32-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1590/33-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1591/34-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1592/35-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1593/36-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1594/37-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1595/38-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1596/39-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1597/40-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1603/41-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1604/42-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1605/43-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1606/44-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1608/45-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1610/46-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1611/47-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1612/48-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1613/49-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1614/50-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1617/51-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1618/52-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1625/53-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1630/54-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1574/01-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1559/parecer_do_tribunal_de_contas_-_exercicio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1580/pdl-01-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1624/plc-01-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1631/plc-02-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1524/01-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1525/02-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1526/03-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1527/04-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1528/05-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1529/06-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1530/07-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1536/08-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1557/09-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1570/10-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1572/11-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1573/12-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1575/13-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1585/14-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1586/15-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1587/16-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1588/17-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1589/18-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1599/19-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1600/20-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1601/21-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1602/22-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1609/23-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1615/24-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1616/25-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1620/26-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1621/27-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1622/28-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1623/29-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1626/30-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1632/31-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1633/32-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1634/33-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1635/34-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1636/35-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1637/36-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1638/37-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1531/01-2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1538/02-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1540/03-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1541/04-2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1543/05-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1552/06-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1553/07-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1554/08-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1555/09-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1556/10-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1565/11-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1571/12-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1578/13-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1598/14-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1607/15-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1619/16-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1627/17-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1628/18-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1629/19-2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H116"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="58" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="134.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="134" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>