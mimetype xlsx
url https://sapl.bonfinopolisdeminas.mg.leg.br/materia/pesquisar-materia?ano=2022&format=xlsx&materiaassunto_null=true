--- v0 (2025-12-05)
+++ v1 (2026-03-31)
@@ -54,1438 +54,1438 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Zezinho Despachante, Marcos Brandão, Pedrão do Açougue</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1404/01-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1404/01-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja indicado ao Excelentíssimo Senhor Prefeito do Município de Bonfinópolis de Minas, que viabilize uma área a ser destinada a criação/execução de um viveiro de mudas, objetivando a produção de mudas nativas do cerrado e consequentemente preservação das respectivas espécies e do referido bioma, podendo estas serem utilizadas na arborização do perímetro urbano, bem como em nascentes e áreas degradadas.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Marcos Brandão</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1405/02-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1405/02-2022.pdf</t>
   </si>
   <si>
     <t>Solicita providências no sentido de viabilizar junto a Associação dos Municípios do Noroeste de Minas(AMNOR) a disponibilização de seus Castramóveis  à esta municipalidade, com a finalidade de realizar a castração de animais, especialmente aqueles em situação de rua, erradicando assim a superpopulação de cães e gatos abandonados nas ruas. Ademais, faz-se necessário também um estudo aprofundado e ações com a finalidade de acompanhar/amparar esses animais em abrigo durante o pós-cirúrgico até sua recuperação plena, bem como promover campanhas de adoção incentivando essa prática.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1406/03-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1406/03-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito do Município de Bonfinópolis de Minas, que tome providências no sentido de viabilizar recuperação/restauração da estrutura de alvenaria da ponte molhada sobre o Córrego do Boi, localizada na fazenda do Sr. Lindomar Celestino, uma vez que encontra-se danificada o que tem dificultado/impossibilitado o tráfego no local.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1407/04-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1407/04-2022.pdf</t>
   </si>
   <si>
     <t>Solicita providências no sentido de dar continuidade e finalizar a obra do monumento do cinquentenário de Bonfinópolis de Minas, especialmente no que tange ao que ali deveria estar gravado/escrito, sendo que o referido monumento está localizado na Praça Silvésia Cândido Maciel Gonzaga, na altura do Posto Talismã. No mesmo sentido, indica-se que seja efetuado os reparos necessários na iluminação da fonte que fica em frente o monumento, a fim de que seu funcionamento seja pleno.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Cíntia da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1408/05-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1408/05-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que, após aprovado pelo Plenário, seja indicado ao Excelentíssimo Senhor Prefeito de Bonfinópolis de Minas, providências no sentido de realizar a manutenção/restauração da SEDE DA PRAÇA DA ACADEMIA DA SAÚDE, localizada no Bairro Frei Humberto.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1409/06-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1409/06-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que, após aprovado pelo Plenário, seja indicado ao Excelentíssimo Senhor Prefeito de Bonfinópolis de Minas-MG, providências no sentido de realizar a manutenção/restauração dos aparelhos da ACADEMIA DA PRAÇA DA SAÚDE, localizada no Bairro Frei Humberto.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1410/07-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1410/07-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que, após aprovado pelo Plenário, seja indicado ao Excelentíssimo Senhor Prefeito de Bonfinópolis de Minas, providências no sentido de realizar a manutenção/restauração e aumentar a iluminação da QUADRA POLIESPORTIVA VALDECI JOSÉ ALVES DAMASCENA, localizada no Bairro Brasilinha.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1411/08-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1411/08-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que, após aprovado pelo Plenário, seja indicado ao Excelentíssimo Senhor Prefeito de Bonfinópolis de Minas-MG, providências no sentido de realizar a manutenção/restauração dos aparelhos DA ACADEMIA AO AR LIVRE DA PRAÇA MÁRIO POMBO, localizada no Bairro Centro.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Pedrão do Açougue</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1412/09-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1412/09-2022.pdf</t>
   </si>
   <si>
     <t>Solicita providências no sentido de construir muro de proteção nas laterais e no fundo do Cemitério Jardim dos Ipês localizado no Bairro Brasilinha.</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Paulo Motorista</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1415/10-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1415/10-2022.pdf</t>
   </si>
   <si>
     <t>Solicita providências no sentido de cadastrar o Município de Bonfinópolis de Minas, no programa de IMPLATANÇÃO DE SISTEMAS DE CAPTAÇÃO E ARMAZENAMENTO DE ÁGUA DE CHUVAS (CISTERNAS), de modo a propiciar oferta de água para consumo humano à população em situação de vulnerabilidade hídrica, nos termos da Portaria nº 1.043, de 02 de março de 2022, da FUNASA, sendo que o cadastramento encontra-se aberto até o dia 12 de março de 2022.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1418/11-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1418/11-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja indicado ao Excelentíssimo Senhor Prefeito do Município de Bonfinópolis de Minas, que viabilize a aquisição de bicicletas elétricas para os (as) agentes comunitários (as) de saúde, considerando a essencialidade das atividades por eles (as) desempenhadas.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Jorge Português</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1419/12-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1419/12-2022.pdf</t>
   </si>
   <si>
     <t>Requer que seja indicado ao Prefeito Municipal de Bonfinópolis de Minas, providências no sentido de instalar luminária no poste de iluminação pública localizado na Rua Manoel Luiz Brandão, esquina com a Avenida Alameda Ozias Gomes de Souza, próximo a residência n° 535.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1420/13-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1420/13-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja indicado ao Excelentíssimo Senhor Prefeito do Município de Bonfinópolis de Minas, providências no sentido de nomear uma pessoa para o cargo comissionado de Secretário Municipal de Esporte.</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1421/14-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1421/14-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja indicado ao Excelentíssimo Senhor Prefeito do Município de Bonfinópolis de Minas, providências no sentido de comprar e instalar um bebedouro de tamanho grande no Estádio Leãozinho, bem como realizar a manutenção e trocas dos filtros na periodicidade indicada.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Zezinho Despachante, Marcos Brandão, Nem Contador, Pedrão do Açougue</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1427/15-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1427/15-2022.pdf</t>
   </si>
   <si>
     <t>Solicita providências no sentido de executar obra de drenagem pluvial nas proximidades entre à Praça Antônio Mário de Oliveira Pombo e o Ribeirão das Almas, para posterior realização da pavimentação asfáltica da Rua Nossa Senhora Aparecida, o qual é de imprescindível execução, haja vista ser um local de grande circulação de pessoas, assim como de práticas esportivas.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Marcos Brandão, Pedrão do Açougue, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1428/16-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1428/16-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que providencie/viabilize solução para a situação do esgoto das residências n° 88, n° 08 e n° 72 da Rua Augusto Lourenço, que está jorrando na referida rua, o que causa odor desagradável, proliferação de insetos e iminente risco à saúde pública. No mesmo sentido, que realize a limpeza urbana das margens da Rua Augusto Lourenço, bairro Arrozal, próximo à ponte sobre o Ribeirão Arrozal, considerando que a vegetação (mato) tem alastrado pelas laterais da referida rua, e ainda, execute a "operação tapa buracos" no logradouro diante do surgimento de brechas no asfalto.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1429/17-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1429/17-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que providencie/viabilize a continuação e finalização da obra de drenagem pluvial que passa nos lotes entre a Rua José Camilo de Souza Primo e Rua Antônio Laboissiere, no bairro Jardim Cinelândia, uma vez que a rede (manilhas) encerrou no fundo do lote da Sra. "Quirina" moradora da Rua Antônio Laboissiere.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1430/18-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1430/18-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que providencie/viabilize a limpeza urbana, patrolamento e cascalhamento da Rua Manoel Luiz Brandão, na altura entre a Rua José Camilo de Souza Primo e Alameda Ozias Gomes de Souza, no bairro Jardim Cinelândia, bem como do trecho de terra da Rua Antônio Laboissiere, encontramento com a Rua Manoel Luiz Brandão.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Jorge Português, Cíntia da Saúde, Nem Contador, Paulo Motorista, Pedro César</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1435/19-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1435/19-2022.pdf</t>
   </si>
   <si>
     <t>Solicita providências, para que promova, através da Secretaria Municipal de Obras, reparos e manutenção na Ponte localizada na entrada da comunidade Riacho das Pedras.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1436/20-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1436/20-2022.pdf</t>
   </si>
   <si>
     <t>Solicita a realização de providências necessárias para construção da cobertura da quadra poliesportiva da Comunidade Riacho das Pedras, bem como a implantação de uma área de lazer que inclua um parque infantil ao ar livre.</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1437/21-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1437/21-2022.pdf</t>
   </si>
   <si>
     <t>Solicita providências no sentido de realizar a manutenção/restauração e reforma dos objetos integrantes do Poliesportivo, bem como a instalação de rede de proteção no teto.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1438/22-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1438/22-2022.pdf</t>
   </si>
   <si>
     <t>Solicita providências no sentido de realizar obra para a instalação de quebra-molas na Rua Diamantina, localizada atrás da CASEMG, no bairro Jardim Cinelândia.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Zé Lúcio</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1439/23-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1439/23-2022.pdf</t>
   </si>
   <si>
     <t>Solicita providências no sentido de realizar obra de recuperação da estrada que faz ligação entre as comunidades do Cercado e do Assa Peixe.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Zé Lúcio, Jorge Português</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1440/24-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1440/24-2022.pdf</t>
   </si>
   <si>
     <t>Solicita providências quanto à construção de um bueiro localizado na fazenda do Senhor Gabriel da Costa na estrada que dá acesso a propriedade do Senhor José Leite, na comunidade Canabrava.</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1441/25-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1441/25-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja providenciado/viabilizado a instalação de "quebra-molas" na Avenida Aristides Leão, bairro Arrozal - nesta municipalidade, como forma de garantir mais segurança aos que por ali transitam e residem.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1445/26-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1445/26-2022.pdf</t>
   </si>
   <si>
     <t>Solicita providências no sentido de promover, por meio do setor competente, a limpeza e a manutenção na periodicidade certa, de todas as fontes desta Cidade, bem como o retorno do funcionamento destas.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1446/27-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1446/27-2022.pdf</t>
   </si>
   <si>
     <t>Solicita providências no sentido de encaminhar a esta Casa Legislativa, Projeto de Lei, com a finalidade de adequar o Piso dos Profissionais do Magistério do Município ao Piso Nacional do Magistério, em conformidade com a Lei Federal n. 11.738/2008 e Portaria n. 67, de 04 de fevereiro de 2022, do Ministério da Educação.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1453/28-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1453/28-2022.pdf</t>
   </si>
   <si>
     <t>Solicita providências quanto à construção de uma ponte molhada no córrego Paredão, na Comunidade Riacho da Calda, próximo à casa do senhor Sebastião Muniz.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1454/29-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1454/29-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja providenciado/viabilizado a restauração da ponte de madeira sobre o "Córrego Riachinho" que dá acesso às propriedades dos senhores Geldo Souza, Anselmo Nazário, Bertinho Lopes, Dênio Matos, Daniel Matos, Raimundo Santos, Dr. Renato Lourenço, Ozair Gontijo e à "Barra" e seus espaços turísticos e de lazer, visando assegurar segurança e tranquilidade aos que por ali transitam e utilizam da referida ponte como meio de travessia.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1455/30-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1455/30-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja providenciado/viabilizado a pavimentação com "bloquete" ou o asfaltamento do trecho de terra da Rua José Costa Menezes, bairro Arrozal, na altura entre à Rua José dos Santos e o Ribeirão das Almas, com respectiva drenagem de água pluvial, como forma de assegurar dignidade aos munícipes que ali residem e/ou tem propriedade.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Nem Contador, Marcos Brandão</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1456/31-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1456/31-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que envie à esta Casa de Leis, Projeto de Lei que vise a criação do Fundo Municipal de Proteção e Bem-estar Animal - FUMBEA, bem como a criação do Conselho Municipal do Bem-estar dos Animais - COMBEA.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1463/32-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1463/32-2022.pdf</t>
   </si>
   <si>
     <t>Solicita providências no sentido de realizar a recuperação da Estrada Municipal Anacleta Luiz Brandão, que dá acesso as Comunidades do Saco da Roça, Canabrava e ligando  a estrada da Comunidade Lajes, bem como realizar a obra de levantamento e escoamento da enxurrada.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1464/33-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1464/33-2022.pdf</t>
   </si>
   <si>
     <t>Solicita providências quanto à instalação de um mata-burro na estrada que dá acesso a propriedade do Senhor Arcelino (Acé) localizada na Comunidade Riacho das Pedras.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1465/34-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1465/34-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja providenciado/viabilizado a manutenção dos canteiros centrais da Rua Alameda Ozias Gomes de Souza - bairro Jardim Cinelândia e da Av. Aristides Leão - bairro  Arrozal, e que estes sejam reestruturados à inspiração do canteiro central da Rua Severiano Marra - bairro Frei Humberto, realizando o plantio de grama e intercalando com o calçamento, visando melhorar o paisagismo e a conservação dos canteiros, assegurando segurança e tranquilidade aos que ali residem.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Pedro César</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1469/35-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1469/35-2022.pdf</t>
   </si>
   <si>
     <t>Solicita providências no sentido de instalar uma placa de trânsito de IDENTIFICAÇÃO, informando qual sentido os veículos de médio e grande porte devem seguir para acessarem a estrada em direção à Cidade de Santa Fé de Minas.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1470/36-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1470/36-2022.pdf</t>
   </si>
   <si>
     <t>Solicita providências para que se proceda a troca das tampas dos bueiros (conforme fotos em anexo), localizados na Rua Doná Carolina, próximo a residência do Senhor Boaventura.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1471/37-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1471/37-2022.pdf</t>
   </si>
   <si>
     <t>Solicita providências no sentindo de realizar a construção de quebra-molas na Rua Marechal Castelo Branco, próximo a residência do Senhor João dos Santos, e na Rua São José, próximo ao PSF Vandeir José Brandão.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1472/38-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1472/38-2022.pdf</t>
   </si>
   <si>
     <t>Solicita providências no sentido de promover o aprimoramento da sinalização da entrada/saída da cidade (Praça Aristóteles Antônio da Mota) próximo ao bar e restaurante Varanda Verde, ou ainda, em caso de incompetência da Administração Pública para efetuar as adequações supramencionadas, sugere-se que seja oficiado ao órgão competente.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Solicita que seja viabilizado/implementado os serviços de limpeza urbana em toda a cidade, no que se refere a varrição, uma vez que a ação garantirá aos bonfinopolitanos mais qualidade de vida, mantendo as ruas e bairros em boas condições e cada vez mais limpos e bem cuidados.</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1476/40-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1476/40-2022.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, providências no sentido de realizar a construção de quebra-molas na Rua Dom Eliseu, próximo a Drogaria Senhor do Bonfim.</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1477/41-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1477/41-2022.pdf</t>
   </si>
   <si>
     <t>Indica-se providências no sentido de conceder adicional noturno aos Conselheiros Tutelares, quando em trabalho noturno.</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1478/42-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1478/42-2022.pdf</t>
   </si>
   <si>
     <t>Indica-se providências no sentido de providenciar a confecção e instalação das placas indicativas dos nomes das estradas municipais, nos termos das diversas leis aprovadas em 2019, conforme relação que segue anexa.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1486/43-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1486/43-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que tome providências no sentido de promover os reparos e/ou aprimoramento na iluminação pública da Rua Diamantina, bairro Jardim Cinelândia, na altura nos galpões da antiga CASEMG, ou ainda, em caso de incompetência da Administração Pública para efetuar as adequações supramencionada, sugere-se que seja oficiado o órgão elou empresa competente.</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1487/44-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1487/44-2022.pdf</t>
   </si>
   <si>
     <t>Requer, por intermédio do Setor competente, providências no sentindo de realizar instalação de mata-burro na propriedade do Sr. João de Tibúrcio na Comunidade Bastardo.</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1488/45-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1488/45-2022.pdf</t>
   </si>
   <si>
     <t>Requer, por intermédio do Setor competente, providências no sentindo de realizar a instalação de uma bomba de água no poço artesiano, localizado na propriedade do Sr. Dino Braga na Comunidade Bastardo.</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1492/46-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1492/46-2022.pdf</t>
   </si>
   <si>
     <t>Solicita providências no sentido de sinalizar a ponte do Córrego Furado do Engenho nos dois sentidos com placa luminosa há pelo menos 150 metros da referida ponte.</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1493/47-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1493/47-2022.pdf</t>
   </si>
   <si>
     <t>Solicita providências no sentido de recapear a ponte do Córrego Mato Feijão, localizada na Comunidade Canabrava.</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1497/48-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1497/48-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que sejam tomadas providências no sentido de promover os reparos elou aprimoramento na iluminação pública da Rua Santa Cruz, bairro Jardim Cinelândia, na altura entre as Ruas José Camilo de Souza Primo e Antônio Laboissiere, ou ainda, em caso de incompetência da Administração Pública para efetuar as adequações supramencionada, sugere-se que seja oficiado o órgão e/ou empresa competente.</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1498/49-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1498/49-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja providenciado/viabilizado a restauração da ponte de madeira sobre o "Córrego Cedro" que dá acesso à inúmeras propriedades rurais, bem como, à empresa REPEL, à Escola Conceição/Caio Martins e ao Município de São Romão, visando assegurar segurança e tranquilidade aos que por ali transitam e utilizam da referida ponte como meio de travessia.</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1499/50-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1499/50-2022.pdf</t>
   </si>
   <si>
     <t>Solicita providências no sentido de realizar o patrolamento e o encascalhamento das estradas que ligam a Comunidade Assa Peixe às propriedades rurais.</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1501/51-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1501/51-2022.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, providências no sentido de realizar a reforma no assoalho de madeira da Ponte Riacho das Porteiras.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1502/52-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1502/52-2022.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, providências no sentido de realizar o pratolamento e cascalhamento da estrada (logo após a ponte do Arrozal), que fornece acesso as propriedades dos Senhores Arenos e Adalberto Nazário.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Nem Contador</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1505/53-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1505/53-2022.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, providências no sentido realizar, com máxima urgência, os reparos necessários para o conserto da rede de esgoto que encontra-se estourada, próximo a praça José Mario de Oliveira Pombo, atrás da Rua Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, providências no sentindo de realizar, com máxima urgência, a limpeza e manutenção dos bueiros e de seus arredores, visando evitar o alagamento de algumas ruas de nossa Cidade por falta dos cuidados necessários, considerando que o período chuvoso está próximo.</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1509/55-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1509/55-2022.pdf</t>
   </si>
   <si>
     <t>Solicita providências no sentido de realizar o encascalhamento nas estradas da Comunidade Saco da Roça, mais precisamente no trecho que dá acesso às propriedades dos Senhores Manoel Ambrósio; José Ângelo da Cruz; Tertuliano e Senhora Bibiana.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1510/56-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1510/56-2022.pdf</t>
   </si>
   <si>
     <t>Solicita providências no sentido de realizar o encascalhamento nas estradas da Comunidade Canabrava, mais precisamente no trecho que dá acesso às propriedades das Senhoras Sílvia Luiz Brandão e Wilma Alves.</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Nem Contador, Pedro César</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1511/57-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1511/57-2022.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, providências no sentindo realizar a pintura das faixas para pedestres que estão apagadas em nossa cidade, principalmente as faixas da Rua Dom Elizeu, próximo a Drogaria Senhor do Bonfim e o Banco do Brasil.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1512/58-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1512/58-2022.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, providências no sentindo de realizar a  manutenção do quebra-molas, localizado na Rua Dona Carolina, mais especificadamente em frente a residência do Senhor Benjamim; e  que proceda a operação tapa buracos no final da Rua Dona Carolina que liga à Avenida José Amaro Brandão Filho.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Pedro César, Nem Contador</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1513/59-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1513/59-2022.pdf</t>
   </si>
   <si>
     <t>Solicita, por intermédio do Setor competente, providências no sentindo de realizar a manutenção e a troca das lâmpadas da Rua Osmar Moreira Braga, no Bairro Brasilinha.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1514/60-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1514/60-2022.pdf</t>
   </si>
   <si>
     <t>Solicita providências no sentido de realizar a reforma, melhoria e revitalização do parquinho infantil localizado na Praça Antônio Mario de Oliveira Pombo.</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1519/61-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1519/61-2022.pdf</t>
   </si>
   <si>
     <t>Solicita providências no sentido de construir uma pinguela sobre o Córrego Paredão, localizado na Comunidade Riacho da Calda, próximo a propriedade do Senhor Joaquim Idelfonso.</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1521/62-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1521/62-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja providenciada/viabilizada a limpeza do cemitério da comunidade Lajes, bem como o levantamento e restauração do cruzeiro e da cerca feita com estacas de aroeira, visando garantir a conservação do referido espaço.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1426/01-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1426/01-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à Família do Exmo. Sr. Antônio Carlos Brandão, pelo seu falecimento, ocorrido no dia 20 de março de 2022.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1443/02-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1443/02-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à Administração Municipal com ênfase à Secretária Municipal de Agropecuária e Meio Ambiente e todos os seus profissionais, colaboradores e bem feitores, na pessoa do Secretário Sr. Thiago Bezerra Borba, pela realização do 1° Dia de Campo Bonfinópolis + Agro que aconteceu no dia 30 de abril de 2022 no Parque de Exposições Henrique Luiz Brandão em Bonfinópolis de Minas.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1466/03-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1466/03-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à Família do Ex-Vereador, Sr. Rubens Machado Pacheco, pelo seu falecimento, ocorrido no dia 14 de junho de 2022.</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1484/04-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1484/04-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à Família da Servidora Sílvia Aparecida de Oliveira Pombo, pelo falecimento de seu irmão, Sr. Newton Mário de Oliveira Pombo, ocorrido no dia 15 de julho de 2022.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1500/05-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1500/05-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja encaminhado MOÇÃO DE APLAUSO aos Policiais Civis ROSICLEIDE ULISSES RUFINO COSTA, CÍCERO KLEBER DE ALCÂNTARA DINIZ e WASHINGTON SÉRGIO OLIVEIRA FERNANDES, lotados na 4ª Delegacia de Polícia Civil de Bonfinópolis de Minas-MG, vinculados ao 16º Departamento de Polícia Civil, pelos relevantes trabalhos prestados a este Município.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1508/06-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1508/06-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar a Família do Sr. Ellison Raimundo Matos Soares (Sacola), pelo seu falecimento, ocorrido no dia 30 de setembro de 2022.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
     <t>Cíntia da Saúde, Jorge Português, Marcos Brandão, Nem Contador, Paulo Motorista, Pedrão do Açougue, Pedro César, Zé Lúcio, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1523/07-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1523/07-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio à manutenção da Empresa Brasileira de Correios e Telégrafos como empresa pública e gestão técnico profissional.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>1104415</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Parecer Prévio</t>
   </si>
   <si>
     <t>Tribunal de Contas</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1460/parecer_do_tribunal_de_contas_-_exercicio_de_2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1460/parecer_do_tribunal_de_contas_-_exercicio_de_2020.pdf</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS DO EXECUTIVO MUNICIPAL - EXERCÍCIO 2020.</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CFCPO - Comissão de Finanças, Contas, Patrimônio e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1474/pdl-01-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1474/pdl-01-2022.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO EXECUTIVO MUNICIPAL REFERENTES AO EXERCÍCIO DE 2020, NOS TERMOS DO PARECER PRÉVIO DO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Prefeito do Município de Bonfinópolis de Minas</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1399/01-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1399/01-2022.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVOS A LEI N° 1.138, DE 19 DE DEZEMBRO DE 2014, QUE "DISPÕE SOBRE A CONTRATAÇÃO POR TEMPO DETERMINADO PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO, NOS TERMOS DO INCISO IX DO ART. 37 DA CONSTITUIÇÃO FEDERAL E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1400/02-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1400/02-2022.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL E ANUAL SOBRE A REMUNERAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS, CONFORME DISPÕE O ART. 37, INCISO X, DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1401/03-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1401/03-2022.pdf</t>
   </si>
   <si>
     <t>REAJUSTA O VENCIMENTO-PADRÃO DOS CARGOS QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1402/04-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1402/04-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVISÃO GERAL DOS SERVIDORES DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS-MG.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1403/05-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1403/05-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVISÃO GERAL DOS SUBSÍDIOS DOS VEREADORES DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS-MG.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1416/06-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1416/06-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVISÃO GERAL DOS SUBSÍDIOS DO PREFEITO, VICE-PREFEITO E SECRETÁRIOS DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS-MG.</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1417/07-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1417/07-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 1.340, DE 29 DE JULHO DE 2020 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1433/08-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1433/08-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO CELEBRAR CONTRATO DE PATROCÍNIO E APOIAR O SINDICATO DOS PRODUTORES RURAIS DE BONFINÓPOLIS DE MINAS NA REALIZAÇÃO DA EXPOSIÇÃO AGROPECUÁRIA DO ANO DE 2022 E DÁ OUTRA PROVIDÊNCIA.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1434/09-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1434/09-2022.pdf</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1442/10-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1442/10-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 1.365, DE 13 DE OUTUBRO DE 2021 QUE "DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DOS DIREITOS DO IDOSO, INSTITUI O FUNDO MUNICIPAL DE DIREITOS DO IDOSO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1444/11-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1444/11-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A JORNADA DE TRABALHO E O VENCIMENTO DO CARGO DE FISIOTERAUPETA; CRIA 3 CARGOS DE AGENTE DE COMBATE E ENDEMIAS, 2 CARGOS DE PSICÓLOGO E 12 CARGOS DE MONITOR ESCOLAR.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1447/12-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1447/12-2022.pdf</t>
   </si>
   <si>
     <t>RATIFICA ALTERAÇÕES NO PROTOCOLO DE INTENÇÕES E CONTRATO DO CONSÓRCIO DE SAÚDE E DESENVOLVIMENTO DOS VALES DO NOROESTE DE MINAS - CONVALES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1452/13-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1452/13-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CUSTEIO DE DESPESAS DE TRANSPORTE ESCOLAR NOS CASOS QUE MENCIONA.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1457/14-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1457/14-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA ANUAL DO EXERCÍCIO 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1458/15-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1458/15-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A INCLUSÃO DE FONTES DE RECURSOS EM DOTAÇÕES DO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1459/16-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1459/16-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.369, DE 17 DE DEZEMBRO DE 2021, QUE "ESTIMA A RECEITA E FIXA A DESPESA PARA O MUNICÍPIO DE BONFINÓPOLIS DE MINAS-MG, PARA O EXERCÍCIO FINANCEIRO DE 2022".</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1461/17-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1461/17-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE IDENTIFICAÇÃO OBRIGATÓRIA DOS VEÍCULOS OFICIAIS E A SERVIÇO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1462/18-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1462/18-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A JORNADA DE TRABALHO E O VENCIMENTO DO CARGO DE FISIOTERAPEUTA E A JORNADA DE TRABALHO DO CARGO DE ASSISTENTE SOCIAL; CRIA 3 CARGOS DE AGENTE DE COMBATE A ENDEMIAS, 2 CARGOS DE PSICÓLOGO E 12 CARGOS DE MONITOR ESCOLAR.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1467/19-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1467/19-2022.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A CONCESSÃO DE DIÁRIAS AOS AGENTES PÚBLICOS DO PODER EXECUTIVO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS (MG) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1468/20-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1468/20-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS NO CONSÓRCIO INTERMUNICIPAL MULTIFINALITÁRIO DA ÁREA MINEIRA DA SUDENE- CIMAMS, RATIFICA PROTOCOLO DE INTENÇÕES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1480/21-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1480/21-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ADEQUAÇÃO DA REMUNERAÇÃO MÍNIMA DOS PROFESSORES DO QUADRO DO MAGISTÉRIO DA EDUCAÇÃO BÁSICA DE BONFINÓPOLIS DE MINAS/MG.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1481/22-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1481/22-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 1.370 DE 17 DE DEZEMBRO DE 2021, QUE “DISPÕE SOBRE O PLANO PLURIANUAL PARA O QUADRIÊNIO DE 2022/2025; AUTORIZA O PODER EXECUTIVO NA AQUISIÇÃO DO TERRENO, SOB A FORMA DE COMPRA, QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1482/23-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1482/23-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 1.320, DE 19 DE DEZEMBRO DE 2019 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1483/24-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1483/24-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BONFINÓPOLIS DE MINAS – MG A CONTRATAR COM O BANCO DE DESENVOLVIMENTO DE MINAS GERAIS S/A –BDMG, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1489/25-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1489/25-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PISO SALARIAL DOS AGENTES COMUNITÁRIOS DE SAÚDE E DOS AGENTES DE COMBATE ÀS ENDEMIAS.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1490/26-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1490/26-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REALINHAMENTO DOS VENCIMENTOS DO CARGO DE FISCAL MUNICIPAL E Dá OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1491/27-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1491/27-2022.pdf</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1503/28-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1503/28-2022.pdf</t>
   </si>
   <si>
     <t>TRANSFORMA OS CARGOS DE FISCAL MUNICIPAL E FISCAL DE VIGILÂNCIA EM SAÚDE EM FISCAL DE ATIVIDADES URBANAS; INSTITUI A IDENTIDADE FUNCIONAL E A CREDENCIAL FISCAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1504/29-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1504/29-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.369, DE 17 DE DEZEMBRO DE 2021, QUE “ESTIMA A RECEITA E FIXA A DESPESA PARA O MUNICÍPIO DE BONFINÓPOLIS DE MINAS – MG, PARA O EXERCÍCIO FINANCEIRO DE 2022.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1507/30-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1507/30-2022.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À CLÍNICA MUNICIPAL DE FISIOTERAPIA “ESPAÇO MAIS SAÚDE ENFERMEIRA GERALDA CÁRMEN” QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1515/31-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1515/31-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A DENOMINAÇÃO DO LOGRADOURO PÚBLICO MUNICIPAL "RUA SANTA CRUZ", QUE PASSA A DENOMINAR-SE "RUA VEREADOR SINVAL BRAGA" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1517/32-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1517/32-2022.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O MUNICÍPIO DE BONFINÓPOLIS DE MINAS-MG, PARA O EXERCÍCIO FINANCEIRO DE 2023.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1522/33-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1522/33-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.314, DE 10 DE DEZEMBRO DE 2019, QUE "DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA DE APOIO À FRUTICULTURA DE BONFINÓPOLIS DE MINAS - FRUTIBOM E DÁ OUTRAS PRIVIDÊNCIAS E A LEI Nº 1.117, DE 10 DE JUNHO DE 2014, QUE "AUTORIZA O PODER EXECUTIVO A CRIAR O PROGRAMA MUNICIPAL DE IRRIGAÇÃO - IRRIGABOM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Pedrão do Açougue, Marcos Brandão, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1413/01-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1413/01-2022.pdf</t>
   </si>
   <si>
     <t>Solicita informações detalhadas sobre a utilização/concessão do Galpão Industrial situado na Rua Belo Horizonte, quadra 64, lote 11, bairro Jardim Cinelândia.</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1414/02-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1414/02-2022.pdf</t>
   </si>
   <si>
     <t>Solicita informações detalhadas sobre a designação e/ou contratação dos profissionais da educação para exercício neste ano de 2022.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1422/03-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1422/03-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito do Município de Bonfinópolis de Minas, informações detalhadas sobre os imóveis alugados pela Administração Municipal. Nesse sentido, com a finalidade de dar maior transparência aos atos públicos, requer seja informado ao Poder Legislativo: 1) relação de quantos e quais imóveis a Administração mantém contrato de aluguel; 2) qual valor pago para cada aluguel; 3) quais foram os critérios utilizados para escolha dos referidos imóveis; e 4) cópia de todos os contratos de alugueis.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1423/04-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1423/04-2022.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Prefeito Municipal de Bonfinópolis de Minas, as seguintes informações: 1. Como está o andamento da obra de pavimentação asfáltica da Rua Vereador João da Palma, e qual o prazo previsto para a Administração Municipal realizar essa demanda.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
     <t>Pedro César, Cíntia da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1424/05-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1424/05-2022.pdf</t>
   </si>
   <si>
     <t>Seja solicitado do senhor Prefeito do Município de Bonfinópolis de Minas, informações quanto a regularização do Auxílio Alimentação aos servidores Públicos do Poder Executivo, conforme Lei no 1.325, de 19 de dezembro de 2019 em anexo.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1425/06-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1425/06-2022.pdf</t>
   </si>
   <si>
     <t>Seja solicitado do senhor Prefeito do Município de Bonfinópolis de Minas, informações quanto ao andamento do Reajuste das diárias dos Motoristas Municipais de Bonfinópolis de Minas-MG.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1431/07-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1431/07-2022.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: a) Quantidade de metros recapeados; b) Espessura da massa asfáltica; c) Valor por metro recapeado; d) Valor total da obra; e e) qual origem dos recursos para execução das obras de recapeamento das seguintes ruas:  Avenida Aristides Leão; Rua Dona Esméria; Rua Emílio Martins; Rua Venâncio Pinto Machado; Rua Belo Horizonte e Avenida José Amaro Brandão Silva.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1432/08-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1432/08-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que encaminhe a esta Casa de Leis, informações sobre regularizações dos lotes nesta cidade.</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1448/09-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1448/09-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja apresentado informações com relação à execução das manutenções e restaurações da sede da Academia da Praça da Saúde, localizada no bairro Frei Humberto, no sentido de informar se tais manutenção e restaurações já foram realizadas. Em caso negativo, que seja informada a previsão de data para a realização de tais serviços, em conformidade com o cronograma da Municipalidade, conforme resposta à Indicação nº 05/2022, de autoria desta Vereadora, contida no Ofício nº 66/2022/GAB, de 11 de abril de 2022, do Prefeito Municipal.</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1449/10-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1449/10-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja apresentado informações com relação à execução das manutenções e reparos dos aparelhos da Academia da Praça da Saúde, localizada no bairro Frei Humberto, no sentido de informar se tais manutenção e reparos já foram realizadas. Em caso negativo, que seja informada a previsão de data para a realização de tais serviços, em conformidade com o cronograma da Municipalidade, conforme resposta à Indicação nº 06/2022, de autoria desta Vereadora, contida no Ofício nº 67/2022/GAB, de 11 de abril de 2022, do Prefeito Municipal.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1450/11-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1450/11-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja apresentado informações com relação à execução das manutenções e reparos da iluminação da QUADRA POLIESPORTIVA VALDECI JOSÉ ALVES DAMASCENA, no bairro Brasilinha, no sentido de informar se tais manutenção e reparos já foram realizadas. Em caso negativo, que seja informada a previsão de data para a realização de tais serviços, em conformidade com o cronograma da Municipalidade, conforme resposta à Indicação nº 07/2022, de autoria desta Vereadora, contida no Ofício nº 68/2022/GAB, de 11 de abril de 2022, do Prefeito Municipal.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1451/12-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1451/12-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja apresentado informações com relação à execução das manutenções e reparos dos aparelhos da Academia ao Ar Livre, localizada na Praça Antônio Mário de Oliveira Pombo, no sentido de informar se tais manutenção e reparos já foram realizadas. Em caso negativo, que seja informada a previsão de data para a realização de tais serviços, em conformidade com o cronograma da Municipalidade, conforme resposta à Indicação nº 08/2022, de autoria desta Vereadora, contida no Ofício nº 69/2022/GAB, de 11 de abril de 2022, do Prefeito Municipal.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1473/13-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1473/13-2022.pdf</t>
   </si>
   <si>
     <t>Solicita informações quanto ao processo de sinalizações das placas com nomes das ruas, principalmente as ruas que tiveram o nome modificado._x000D_
 Solicita ainda, que, caso não tenha iniciado tal procedimento, seja realizado de forma mais célere, pois o IBGE estará em nossa Cidade no mês de agosto para realizar a atualização do Censo Demográfico do ano de 2022.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1479/14-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1479/14-2022.pdf</t>
   </si>
   <si>
     <t>Requer informações com a finalidade de esclarecer quais os profissionais a serem contemplados através do Projeto de Lei n° 21/2022, que "DISPÕE SOBRE A ADEQUAÇÃO DA REMUNERAÇÃO MÍNIMA DOS PROFESSORES DO QUADRO DO MAGISTÉRIO DA EDUCAÇÃO BÁSICA DE BONFINÓPOLIS DE MINAS/MG".</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>Marcos Brandão, Pedrão do Açougue</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1485/15-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1485/15-2022.pdf</t>
   </si>
   <si>
     <t>Solicita informações detalhadas sobre a real situação do Aterro Sanitário desta municipalidade. Nesse sentido, com a finalidade de dar maior transparência aos atos públicos, requer seja informado ao Poder Legislativo: 1) relação das construções lá existentes e suas finalidades; 2) relação e demonstração do valor gasto até o presente momento com a obra; 3) informação sobre o que falta para concluir a obra; e 4) informação sobre o motivo por que ainda não foi inaugurado e o que tem impedido a inauguração e seu pleno funcionamento.</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1494/16-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1494/16-2022.pdf</t>
   </si>
   <si>
     <t>Solicita informações detalhadas sobre situação da Rua Augusta Nazário, especificamente quanto ao trecho do referido logradouro que foi ou está sendo esbulhado. Nesse sentido, com a finalidade de defender os bens públicos e dar maior transparência aos atos, requer seja informado ao Poder Legislativo; I) Quais foram as providências tomadas peio Poder Executivo Municipal para proteger o referido bem público de uso comum, bem como, garantir o livre acesso e o direito Constitucional de ir e vir das pessoas.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1495/17-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1495/17-2022.pdf</t>
   </si>
   <si>
     <t>Solicita informações detalhadas sobre a situação dos professores contratados que prestam serviço fora da sede do município, especificamente quanto ao transporte desses profissionais, considerando que o Poder Executivo realizava o referido transporte e deixou de fazê-lo. Nesse sentido, com a finalidade de resguardar os direitos desses profissionais e dar maior transparência aos atos públicos, requer seja informado ao Poder Legislativo; 1) Por qual motivo a Administração Pública Municipal deixou de oferecer o transporte aos professores e profissionais da Educação Básica, especificamente aqueles que laboram na Escola Municipal Getúlio Vargas, situada na região da Chapada, zona rural desta municipalidade, considerando que  entendimento pretoriano é no sentido de que compete ao empregador disponibilizar transporte para o servidor/empregado nas localidades que não contam com serviço de transporte público.</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>Pedrão do Açougue, Marcos Brandão</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1496/18-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1496/18-2022.pdf</t>
   </si>
   <si>
     <t>Solicita informações detalhadas sobre os investimentos que foram e estão sendo realizados nos logradouros públicos municipais, referente à troca das lâmpadas por lâmpadas de LED, considerando uma publicação (em anexo) do Excelentíssimo Sr. Prefeito Municipal Manoel da Costa Lima, na rede mundial de computadores, através da sua conta no Facebook, do dia 15 de agosto de 2022. Nesse sentido, com a finalidade de dar maior transparência aos atos públicos, requer seja informado ao Poder Legislativo: 1) relação de quais ruas que já foram contempladas; 2) relação e demonstração do valor investido até o presente momento com a troca das lâmpadas; 3) previsão orçamentária; e 4) informação sobre quais logradouros ainda serão contemplados e estimativa de prazo para atendimento destas.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
     <t>Requer que o Projeto de Lei nº 24/2021, de autoria do Prefeito Municipal, que “Autoriza a aquisição do imóvel que menciona, altera a Lei Municipal nº 1.234, de 14 de dezembro de 2017, que “Dispõe sobre o Plano Plurianual para o quadriênio de 2018/2021 e dá outras providências”, seja tramitado em Regime de Urgência.</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1520/20-2022.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1520/20-2022.pdf</t>
   </si>
   <si>
     <t>Solicita informações detalhadas sobre o efetivo cumprimento da Lei nº 1.389, aprovada pelo plenário do Poder Legislativo em 15/08/2022 e sancionada pelo Exmo. Prefeito Municipal em 24/08/2022, e que dispõe sobre a Identificação Obrigatória dos Veículos Oficiais e a serviço do município.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1792,67 +1792,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1404/01-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1405/02-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1406/03-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1407/04-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1408/05-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1409/06-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1410/07-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1411/08-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1412/09-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1415/10-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1418/11-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1419/12-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1420/13-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1421/14-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1427/15-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1428/16-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1429/17-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1430/18-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1435/19-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1436/20-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1437/21-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1438/22-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1439/23-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1440/24-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1441/25-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1445/26-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1446/27-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1453/28-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1454/29-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1455/30-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1456/31-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1463/32-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1464/33-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1465/34-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1469/35-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1470/36-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1471/37-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1472/38-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1476/40-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1477/41-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1478/42-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1486/43-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1487/44-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1488/45-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1492/46-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1493/47-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1497/48-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1498/49-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1499/50-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1501/51-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1502/52-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1505/53-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1509/55-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1510/56-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1511/57-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1512/58-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1513/59-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1514/60-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1519/61-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1521/62-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1426/01-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1443/02-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1466/03-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1484/04-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1500/05-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1508/06-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1523/07-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1460/parecer_do_tribunal_de_contas_-_exercicio_de_2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1474/pdl-01-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1399/01-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1400/02-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1401/03-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1402/04-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1403/05-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1416/06-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1417/07-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1433/08-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1434/09-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1442/10-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1444/11-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1447/12-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1452/13-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1457/14-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1458/15-2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1459/16-2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1461/17-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1462/18-2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1467/19-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1468/20-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1480/21-2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1481/22-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1482/23-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1483/24-2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1489/25-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1490/26-2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1491/27-2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1503/28-2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1504/29-2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1507/30-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1515/31-2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1517/32-2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1522/33-2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1413/01-2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1414/02-2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1422/03-2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1423/04-2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1424/05-2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1425/06-2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1431/07-2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1432/08-2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1448/09-2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1449/10-2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1450/11-2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1451/12-2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1473/13-2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1479/14-2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1485/15-2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1494/16-2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1495/17-2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1496/18-2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1520/20-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1404/01-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1405/02-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1406/03-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1407/04-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1408/05-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1409/06-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1410/07-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1411/08-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1412/09-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1415/10-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1418/11-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1419/12-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1420/13-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1421/14-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1427/15-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1428/16-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1429/17-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1430/18-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1435/19-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1436/20-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1437/21-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1438/22-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1439/23-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1440/24-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1441/25-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1445/26-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1446/27-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1453/28-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1454/29-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1455/30-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1456/31-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1463/32-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1464/33-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1465/34-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1469/35-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1470/36-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1471/37-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1472/38-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1476/40-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1477/41-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1478/42-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1486/43-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1487/44-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1488/45-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1492/46-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1493/47-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1497/48-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1498/49-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1499/50-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1501/51-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1502/52-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1505/53-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1509/55-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1510/56-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1511/57-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1512/58-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1513/59-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1514/60-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1519/61-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1521/62-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1426/01-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1443/02-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1466/03-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1484/04-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1500/05-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1508/06-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1523/07-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1460/parecer_do_tribunal_de_contas_-_exercicio_de_2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1474/pdl-01-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1399/01-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1400/02-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1401/03-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1402/04-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1403/05-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1416/06-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1417/07-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1433/08-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1434/09-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1442/10-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1444/11-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1447/12-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1452/13-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1457/14-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1458/15-2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1459/16-2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1461/17-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1462/18-2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1467/19-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1468/20-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1480/21-2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1481/22-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1482/23-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1483/24-2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1489/25-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1490/26-2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1491/27-2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1503/28-2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1504/29-2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1507/30-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1515/31-2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1517/32-2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1522/33-2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1413/01-2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1414/02-2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1422/03-2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1423/04-2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1424/05-2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1425/06-2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1431/07-2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1432/08-2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1448/09-2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1449/10-2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1450/11-2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1451/12-2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1473/13-2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1479/14-2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1485/15-2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1494/16-2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1495/17-2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1496/18-2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1520/20-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H125"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="132.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="134.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="134" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>