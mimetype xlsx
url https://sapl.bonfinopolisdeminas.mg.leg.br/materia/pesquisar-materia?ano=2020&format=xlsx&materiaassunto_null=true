--- v0 (2025-12-05)
+++ v1 (2026-03-25)
@@ -54,1005 +54,1005 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
     <t>Prefeito do Município de Bonfinópolis de Minas</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1320/01-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1320/01-2020.pdf</t>
   </si>
   <si>
     <t>Nos termos do § 1° do artigo 64 da Lei Orgânica do Município, encaminho a Vossa Excelência, tempestivamente, os motivos do veto ao § 4° e alínea a do artigo 2° do Projeto de Lei 13/2020, que "Autoriza a alienação dos imóveis públicos que menciona, com opção de compra por interesse social e dá outras providencias.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Reginaldo Palma</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1282/01-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1282/01-2020.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Bonfinópolis de Minas , representada pelos Vereadores abaixo assinados , vem por meio desta , prestar apoio e solidarizar com o movimento de greve dos educadores de Minas Gerais , bem como ao Sindicato Único dos Trabalhadores em Educação de Minas Gerais ( Sind - UTE / MG ) . Consideramos legítima a greve da classe e justa sua pauta de reivindicação pelo pagamento do Piso Salarial Nacional , em defesa do emprego , pelo direito a uma educação pública de qualidade para todos e pela igualdade de direitos . É incoerente que um governo privilegie uma área ou setor do Estado , em detrimento de outras áreas . A concessão de reajuste aos servidores da segurança pública do Estado não deve se sobrepor às demandas também justas dos trabalhadores em educação . Profissionais da educação do Estado de Minas Gerais , recebam nossa solidariedade e apoio ! Câmara Municipal de Bonfinópolis de Minas , 16 de março de 2020 .</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Fernanda Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1323/02-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1323/02-2020.pdf</t>
   </si>
   <si>
     <t>Encaminha Moção de Pesar à Família do Senhor Edilvar Antônio Brandão e Família.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Fernanda Oliveira, Célia Morais, Geraldo de Henrique, Lívia Matos, Pafúncio Brandão, Reginaldo Palma, Robinho da Cruz, Zé Lúcio, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Moção de Pesar à Família de Kélem Patrícia Estácio Oliveira</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Parecer Prévio</t>
   </si>
   <si>
     <t>Tribunal de Contas</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1335/ccf_000080.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1335/ccf_000080.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do Município de Bonfinópolis de Minas - Mg, exercício 2018</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>PO</t>
   </si>
   <si>
     <t>Portarias</t>
   </si>
   <si>
     <t>Exonera o servidor Ediney Pereira da Fonseca da função Comissionada de secretário de documentação e Registro de Projetos especiais.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1324/01-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1324/01-2018.pdf</t>
   </si>
   <si>
     <t>Aprova as Contas do Munícipio de Bonfinópolis de Minas-Mg, exercício 2018</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1259/01-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1259/01-2020.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral e anual no âmbito do Poder Executivo, conforme dispõe o art. 37, inciso x, da Constituição Federal.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1260/02-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1260/02-2020.pdf</t>
   </si>
   <si>
     <t>Concede reajuste na remuneração dos profissionais do magistério do Município de Bonfinópolis de Minas-MG e da outras providencias.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1261/03-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1261/03-2020.pdf</t>
   </si>
   <si>
     <t>Estabelece o Piso de Vencimentos dos Agentes Comunitários de Saúde e dos Agentes de Combate as Endemias.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1262/04-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1262/04-2020.pdf</t>
   </si>
   <si>
     <t>Acrescenta § 3° ao art. 87 da Lei n° 452, de 18 de agosto de 1992, que ''Dispõe'' sobre o Regime Jurídico Único dos Servidores Públicos do Município de Bonfinópolis de Minas.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1274/05-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1274/05-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Recomposição inflacionária dos Vencimentos dos Servidores do Legislativo Municipal, nos termos do inciso X do art. 37, da Constituição Federal</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1269/06-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1269/06-2020.pdf</t>
   </si>
   <si>
     <t>Fixa o Valor do Subsídio Mensal do Prefeito , Vice-Prefeito e dos Secretários Municipais para o Quadriênio 2021/2024</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1270/07-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1270/07-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Fixação dos Subsídios dos Vereados para o Quadriênio 2021/2014</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1272/08-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1272/08-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação dos cargos públicos que menciona, no Quadro Permanente de Servidores Efetivos da Prefeitura Municipal de Bonfinópolis de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1273/09-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1273/09-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a executar as obras que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1281/10-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1281/10-2020.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 1.320, de 19 de dezembro de 2019, que  Dispõe sobre o Pagamento de Verbas Indenizatórias no Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1283/11-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1283/11-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre declaração como urbanização especifica, com o objetivo de parcelamento para fins urbanos, o imóvel  situado na área rural que menciona e dá outras providencias.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1284/12-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1284/12-2020.pdf</t>
   </si>
   <si>
     <t>Institui a Politica Municipal de Saneamento Básico e o respectivo Plano Municipal de Saneamento Básico e dá outras providencias.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Célia Morais, Fernanda Oliveira, Geraldo de Henrique, Lívia Matos, Robinho da Cruz, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1285/13-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1285/13-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação de imoveis públicos que menciona, com opção de compra de compra por interesse social e da outras providencias.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1294/14-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1294/14-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Denominação do Prédio Publico Municipal da Delegacia de Policia Civil de Bonfinópolis de Minas, situada na Avenida Argemiro Barbosa da Silva, Bairro Centro e dá outras Providências.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1302/15-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1302/15-2020.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Célia Morais, Fernanda Oliveira, Geraldo de Henrique, Lívia Matos, Pafúncio Brandão, Reginaldo Palma, Robinho da Cruz, Zé Lúcio, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1303/16-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1303/16-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Obrigatoriedade de que todas as Compras e Contratações Realizadas pelo Poder Executivo, no Combate à pandemia COVID-19, sejam informadas ao Poder Legislativo Municipal, atendendo à excepcionalidade da pandemia.</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1308/17-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1308/17-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre  realinhamento dos vencimentos dos cargos de Auxiliar em Enfermagem, Técnico em Enfermagem e Fiscal em Vigilância em Saúde e dá outras providências</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1309/18-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1309/18-2020.pdf</t>
   </si>
   <si>
     <t>Encaminha Projeto de Lei que '' Autoriza abertura de credito adicional suplementar no Orçamento Vigente e dá outras providências."</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1318/19-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1318/19-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre concessão de Gratificação por Situação  Especifica e dá outras providências</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1319/20-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1319/20-2020.pdf</t>
   </si>
   <si>
     <t>Institui medidas objetivando o controle da pandemia do Coronavírus, define os procedimentos para a utilização do poder de polícia pela administração pública municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1322/21-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1322/21-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a executar melhoramento de estradas, conforme menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1331/22-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1331/22-2020.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.318, de 19 de dezembro de 2019, que "Estima a receita e fixa a despesa para o Município de Bonfinópolis de Minas para o exercício de 2020.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1333/ccf_000077.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1333/ccf_000077.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa Emergencial de fomento ao setor cultural do Município de Bonfinópolis de Minas - MG e dá outras providências.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1336/ccf_000105.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1336/ccf_000105.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de crédito adicional suplementar no Orçamento vigente e dá outras providências"</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1341/ccf_000143.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1341/ccf_000143.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa para o Município de Bonfinópolis de Minas - MG, para o exercício Financeiro de 2021.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1342/ccf_000151.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1342/ccf_000151.pdf</t>
   </si>
   <si>
     <t>Encaminha Projeto de Lei que Altera a Lei nº 1.318, de 19 de dezembro  de 2019, que "Estima a receita e fixa a despesa para o Município de Bonfinópolis de Minas para o exercício financeiro de 2020.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1343/ccf_000170.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1343/ccf_000170.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadania honorária Bonfinopolitana ao Senhor Jair Leão de Queiroz</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>MESA DIRETORA, Reginaldo Palma</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1291/01-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1291/01-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Adoção de Sessão Plenária por Meio de Videoconferência.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1264/01-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1264/01-2020.pdf</t>
   </si>
   <si>
     <t>O vereador abaixo assinado, regimentalmente apoiado, vem à respeitável presença de Vossa Excelência requerer que seja solicitado do Prefeito do Município de Bonfinópolis de Minas, providências  no sentido de instalar placa de sinalização proibindo trafego de ônibus no percurso da Praça Senhor do Bonfim e Rua Tiradentes passando em frente a Igreja Senhor do Bonfim. Solicito ainda que apos aprovação do Requerimento seja enviado cópias para o Secretário de Obras.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>Zé Lúcio</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1265/02-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1265/02-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado , regimentalmente apoiado , e a pedido dos moradores da Comunidade Santa Maria , vem à respeitável presença de Vossa Excelência solicitar que após aprovado em plenário , solicite do Prefeito do Município de Bonfinópolis de Minas , providências no sentido de reformar a ponte sobre o Córrego Santo André , localizada na propriedade do senhor Sebastião do Boi Comunidade Santa Maria .</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
     <t>Lívia Matos</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1266/03-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1266/03-2020.pdf</t>
   </si>
   <si>
     <t>A Vereadora abaixo assinada , regimentalmente apoiada , vem à respeitável presença de Vossa Excelência requerer que seja solicitado do Prefeito do Município de Bonfinópolis de Minas providências no sentido de realizar as seguintes obras : • Cascalhar a estrada que dá acesso à propriedade do Senhor João Mutengo , localizada na Comunidade Caldeirão , pois a mesma se encontra em estado critico de uso . Cascalhar a estrada que dá acesso à propriedade do Senhor José Caldeira Gomes , localizada na Comunidade Formiga , uma vez que a referida estrada está impossibilitada de trafegar . Fazer o encabeçamento e cascalhamento da ponte molhada que dá acesso à sede da Associação da Comunidade Caldeirão . ( Conforme fotos anexas ) . Construir uma ponte molhada na estrada que dá acesso a propriedade do Senhor José Luiz Brandão ( conhecido como Dedé ) na comunidade Caldeirão .</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1267/04-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1267/04-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado , regimentalmente apoiado , vem à respeitável presença de Vossa Excelência requerer que após aprovação do Plenário , seja solicitado do Prefeito do Município de Bonfinópolis de Minas providências no sentido de instalar câmeras de monitoramento nas entradas e saídas de nossa cidade , principalmente nas saídas de Brasilândia de Minas e Riachinho Minas Gerais , em parcerias com a Câmara Municipal de Bonfinópolis de Minas e Policia Militar Local . Na oportunidade informo que a Câmara Municipal irá disponibilizar duas câmeras para realização dos serviços . Agindo assim estaremos contribuindo com a segurança dos nossos munícipes .</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>Zezinho Despachante, Robinho da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1271/05-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1271/05-2020.pdf</t>
   </si>
   <si>
     <t>Os vereadores abaixo assinados, regimentalmente apoiados, vem à  r. presença de Vossa Excelência, Requererem que solicite do Prefeito Municipal de Bonfinópolis de Minas providencias no sentido de reformar com a máxima urgência o Ginásio Poliesportivo local, uma vez que o mesmo se encontra em condições precária para pratica de esperto.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>Lívia Matos, Zé Lúcio</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1275/06-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1275/06-2020.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que estes subscrevem, nos termos regimentais, vem a respeitável presença de Vossa Excelência, solicitar, que após ouvido o Plenário, seja requerido do Excelentíssimo Senhor Prefeito do Município de Bonfinópolis de Minas, providências no sentido de restaurar a ponte sobre o córrego Riacho da Porteira, na Comunidade Santa Maria, que dá acesso à propriedade da senhora Adélia Brandão Rocha, pois a mesma da forma que se encontra, coloca em risco a vida de quem por ela trafega.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1277/07-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1277/07-2020.pdf</t>
   </si>
   <si>
     <t>A Vereadora abaixo assinada, regimentalmente apoiada, vem à respeitável presença de Vossa Excelência requerer que após aprovação do plenário seja solicitado do Prefeito do Município de Bonfinópolis de Minas providências no sentido de realizar demarcação de faixa de pedestre e quebra-molas nas ruas e avenidas da cidade, para resguardar a segurança dos nossos munícipes e dos visitantes. Na oportunidade solicito que a pintura seja realizada com tinta que seguem as normas da ABNT, como a Montreal, por se tratar de uma tinta acrílica de baixo odor e alta durabilidade, ideal para aplicação em rodovias e asfaltos, para demarcação de faixas de pedestres, lombadas, sinalização no asfalto com exemplo PARE e outras sinalizações.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1278/08-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1278/08-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve , nos termos regimentais , e atendendo solicitações dos moradores da rua Dalva de Abreu - centro , solicita que após ouvido ao plenário , seja requerido do Excelentíssimo Senhor Prefeito do Município de Bonfinópolis de Minas , providencias no sentido de fazer a limpeza de ( capina ) e em seguida pavimentação asfáltica na rua acima citada , tal solicitação requer atenção especial uma vez que reside nessa rua pessoas que necessita de acessibilidade ( cadeirante ) .</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>Robinho da Cruz, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1279/09-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1279/09-2020.pdf</t>
   </si>
   <si>
     <t>Os vereadores que estes subscrevem, nos termos do artigo 209, inciso XI, do Requerimento Interno, requerem que apos aprovado em Plenário, seja solicitado do chefe do Poder Executivo que interceda junto a COPASA-MG, no sentido de instalar válvulas bloqueadoras de ar para hidrômetros ou outro aparelho semelhante, para que a população pague sua conta de forma justa, e não pague ar no lugar de água.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1280/10-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1280/10-2020.pdf</t>
   </si>
   <si>
     <t>Os vereadores abaixo assinado, regimentalmente apoiados, vem à r. presença de V. Excelência, requererem que após aprovado em Plenário, seja solicitado do Poder Executivo que faça recapeamento ou operação tapa buracos nas ruas de nossa cidade.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>Robinho da Cruz, Célia Morais, Geraldo de Henrique, Lívia Matos, Reginaldo Palma, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1286/11-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1286/11-2020.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscrevem, nos termos regimentais, veem a respeitável presença de Vossa Excelência, solicitar que após aprovado em Plenário, seja solicitado do senhor Prefeito do município de Bonfinópolis de Minas, informações quanto a regularização do Auxilio Alimentação aos servidores Public os do Poder Executivo, conforme Lei n° 1.325, de 19 de dezembro de 2019 em anexo.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>Célia Morais, Geraldo de Henrique, Lívia Matos, Reginaldo Palma, Robinho da Cruz, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1287/12-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1287/12-2020.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscreve, nos termos regimentais, veem a responsável presença de Vossa Excelência solicitar que apos aprovado em Plenário, seja solicitado do senhor Prefeito do município de Bonfinópolis de Minas providencias no sentido de informar:_x000D_
 1- Relação de todos os valores gastos com eventos do Carnaval (Carnabom 2020), acompanhado de notas de empenho;_x000D_
 2- Notas Fiscais dos serviços pagos;_x000D_
 3- Se recebeu verba de apoio e incentivo para a realização do carnaval (Carnabom 2020);_x000D_
 4- E, quais os valores recebidos.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>Robinho da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1288/13-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1288/13-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, nos termos regimentais, vem a respeitável presença  de Vossa Excelência, solicitar que apos aprovado em Plenário, seja solicitado do Senhor Prefeito do município de Bonfinópolis de minas, informações de quantas famílias foram beneficiadas pela Lei 1307, de 31 de julho de 2019 (Programa Morar Melhor)._x000D_
 1-Nome completo dos beneficiados e endereço_x000D_
 2- Lista dos não beneficiados, cadastrados para o beneficio.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1289/14-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1289/14-2020.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, nos termos regimentais, vem a respeitável presença de Vossa Excelência, solicitar que apos aprovado em Plenário, seja solicitado do Senhor Prefeito do Município de Bonfinópolis de Minas, providencia no sentido de construir ''barraginhas'' e curva de nível em todas as comunidades do Município que necessitarem.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1290/15-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1290/15-2020.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, nos termos regimentais, vem a presença de Vossa Excelência, solicitar que apos aprovado em Plenário, seja solicitado do senhor Prefeito do Município de Bonfinópolis de Minas, a colocação de placas de identificação de nomes de ruas, no Bairro Primavera, uma vez que nenhuma das ruas pertencentes a esse bairro possui identificação.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1295/16-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1295/16-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que assinou, nos termos regimentais, vem com uma presença respeitável de excelência, solicita, depois de ouvir ou com o plenário, é requerido pelo Excelentíssimo Senhor Prefeito do Município de Bonfinópolis de Minas, fornece o direito de restaurar uma ponte sobre o orifício furado  do Engenho, bem como a recuperação da estrada e os burros da mata, que têm acesso como propriedades Hirandes Vaz de Andrade, Admirar Lemos e Robson Guedes</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1296/17-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1296/17-2020.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, vem å r.  presença de V. Excelência,  solicitar que após ouvir o plenário, seja solicitado pelo Prefeito Municipal fornece o sentido de fornecer material auxiliar para alunos de baixa renda (os alunos do município, quanto o Estado) que são necessários, durante o período de pandemia (COVID-19), de  tirar cópias de trabalhos e deveres escolares, para que eles possam prosseguir nos estudos durante esse período, uma vez que investir na educação do município é um dever de todos.  Nestes termos.  pede deferimento.</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1304/18-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1304/18-2020.pdf</t>
   </si>
   <si>
     <t>A Vereadora abaixo assinada, regimentalmente apoiada, vem a respeitável presença de Vossa Excelência requerer que seja solicitado do Prefeito do Município de Bonfinópolis de Minas, providências no sentido de que determine que se mantenha na Unidade Básica de Saúde, além do técnico em enfermagem, um enfermeiro durante o período de 24 horas, pois, principalmente nesse período de pandemia, é essencial a permanência de 02 (dois) profissionais no local, até mesmo para dividir os atendimentos e evitar possíveis contaminações, vez que não é correto que apenas um profissional tenha contato com todos os tipos de atendimentos que surgirem.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1311/19-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1311/19-2020.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, regimentalmente apoiados, vem à respeitável presença de V. Ex.a. requerer do Poder Executivo que faça o RECAPEAMENTO nas Via Públicas de nossa cidade. Justificativa: Sendo que a maioria das Vias Públicas encontra se em péssimo estado de tráfego e diante disso solicitamos o referido recapeamento. Nestes termos,</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>Zezinho Despachante, Reginaldo Palma, Robinho da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1312/20-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1312/20-2020.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, regimentalmente apoiados, vem à r.  presença de V. Exa. Solicita que solicite o Prefeito do Município de Bonfinópolis de Minas que seja construído em REDE DE ESGOTO para moradores do Bairro Arrozal (parte debaixo da Avenida Aristides Leão, ligando a rede na final da Rua Nossa Senhora Aparecida).  Em anexo, abaixo-assinado feito pelos moradores do bairro.  Aninha termos, pede adiamento.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1313/21-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1313/21-2020.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, regimentalmente apoiados, vem à r. presença de V. Exma. Requererem que solicite do Prefeito do Município de Bonfinópolis de Minas, providências no sentido de realizar o patrolamento e cascalhamento das estradas municipais na comunidade Saco do Buriti a pedido do Leandro morador desta localidade que relatou a precariedade das referidas estradas.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1327/22-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1327/22-2020.pdf</t>
   </si>
   <si>
     <t>A Vereadora abaixo assinada , regimentalmente apoiada , vem a respeitável presença de Vossa Excelência , requerer que seja solicitado do Prefeito do Município de Bonfinópolis de Minas providências no sentido de cascalhar as estradas vicinais que dão acesso às propriedades do Sr. Jesuíno Vieira Brandão , conhecido como " Zuza " e Roberto Francisco Pereira da Silva , na Comunidade Imbé , uma vez que esta encontra - se em estado crítico , conforme demonstrado nas imagens em anexo , e além disso , trata - se de uma estrada onde passa ônibus escolar , tornando impossível o tráfego devido a tantos buracos . Requer , ainda , que seja construída uma “ ponte molhada " na localidade citada , Por fim , solicito que seja tomada providências no sentido de recuperar a represa existente no local , uma vez que ela está cedendo . Nestes termos , Pede e espera deferimento .</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1330/ccf_000053.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1330/ccf_000053.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado, vem à r. presença de V. Excia, requer que, após ouvido o Plenário, solicite do Prefeito do Município de Bonfinópolis de Minas providências no sentido de reformar o terminal rodoviário Oscar Moreira Braga.</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1334/ccf_000078.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1334/ccf_000078.pdf</t>
   </si>
   <si>
     <t>providências no sentido de colocar um quebra-molas na Rua Vereador João da Palma, bairro frei Humberto, próximo a residência de "Aparecida de Maurinho", uma vez que a rua citada é muito estreita, há grande fluxo de veículos e há muitas crianças que moram próximo a esse ponto.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1337/ccf_000097.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1337/ccf_000097.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado, vem à respeitável presença de Vossa Excelência requerer que após aprovação no plenário seja o requerimento encaminhado ao Excelentíssimo senhor Prefeito do Município de Bonfinópolis de Minas, providências no sentido de revitalizar as faixas dos pedestres existentes em nossa cidade., principalmente as do centro</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1338/ccf_000098.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1338/ccf_000098.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado, vem a r presença de V. Excia. Requer que solicite do Prefeito do Município de Bonfinópolis de Minas, o patrolamento e cascalhamento da estrada municipal secundária que dá acesso as propiedades dos senhores Darlan Passos, Weliton Passos, Elizete Passos Cara Passos e Deusdete Brandão, bem como a possibilidade de colocar manilha na passagem molhada da mencionada estrada.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1339/ccf_000100.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1339/ccf_000100.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso das suas atribuições legais, vêm perante Vossa Excelência, requerer, que após ouvido plenário seja solicitado do Prefeito do Município de Bonfinópolis de Minas, que interceda junto à CEMIG, no intuito de instalar postes de energia para iluminação pública na rua Pedro Luiz Gonzaga, atender solicitação do Senhor José Maria Gontijo.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
     <t>DES</t>
   </si>
   <si>
     <t>Despacho</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1305/despacho_7_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1305/despacho_7_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Despacho incluindo na Ordem do dia os Projetos de Lei n°10/2020, 11/2020</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
     <t>Geraldo de Henrique</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1328/03-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1328/03-2020.pdf</t>
   </si>
   <si>
     <t>Despacho incluindo na Ordem do Dia o Projeto de Resolução n° 01/2019</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1299/22-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1299/22-2020.pdf</t>
   </si>
   <si>
     <t>Encaminho a Vossa Excelência cópias das Redações Finais dos seguintes Projetos de Lei: Redação Final do Projeto de Lei n° 01/2020, 02/2020, 03/202, 04/2020, 05/2020 e 08/2020.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1298/29-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1298/29-2020.pdf</t>
   </si>
   <si>
     <t>Resolva a apresentação no Prefeito Municipal a seguir: _x000D_
 _x000D_
 1- Que esteja disponível para a população, número de telefone para recebimento de denúncias por parte da população, sobre possíveis uso e  pessoas que estão infringindo a determinação do Decreto, uma vez que foram informadas sobre este Verificador, que há provocações  de aglomerações, onde as pessoas estão usando bebidas alcoólicas sem uso obrigatório de máscaras.  Diante disso, faz-se necessário, como forma de contribuição para o enfrentamento da pandemia, que está disponível o número de telefone do  fiscal sanitário para a população que pode denunciar esses fatos e, posteriormente, os que são usados ​​de bares responsáveis.  Em uma oportunidade, parabenize os demais itens que estão cumprindo com os descontos no Decreto._x000D_
 2-Que seja editado novamente Decreto tornar obrigatório ou usar máscaras no âmbito de todo o Município de Bonfinópolis de Minas, não como forma de punição, mas para proteção de toda a população.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1297/30-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1297/30-2020.pdf</t>
   </si>
   <si>
     <t>Encaminho a Vossa Excelência copias dos requerimentos n°s 11,12,13 e 15/2020, aprovados pelo poder Legislativo em reunião Ordinária realizada no dia 18 de maio do ano em curso.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1300/33-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1300/33-2020.pdf</t>
   </si>
   <si>
     <t>O Presidente da Mesa Diretora da Câmara Municipal de Bonfinópolis de Minas - MG, com fundamento no artigo 73 inciso XXXIII, do Regimento Interno da Câmara Municipal de Bonfinópolis de Minas MG, vem por meio deste, solicitar que seja informado à Câmara Municipal o maior valor salarial pago a servidor público municipal e o respectivo cargo.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1301/34-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1301/34-2020.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscrevem, vem perante a Vossa Senhoria, solicitar que encaminha a Câmara Municipal, os extratos de publicações de edital referente ao processo seletivo para contratação de profissionais da área de saúde (enfermeiros e técnicos em enfermagem).</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1306/35-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1306/35-2020.pdf</t>
   </si>
   <si>
     <t>Ilustre Prefeito, O Presidente da Mesa Diretora da Câmara Municipal de Bonfinópolis de Minas - MG, vem perante Vossa Senhoria, a pedido de Vereadores na reunião do dia 01.06.2020, solicitar que seja dada oportunidade a 01 (um) membro da Comissão de Administração Pública desta Câmara Municipal, a ser indicado pelo Legislativo, para participar do Comitê Gestor de Crise Contra o COVID-19, com a finalidade de acompanhar a situação do Novo Coronavírus em nosso Município. Sem mais para o momento, renovamos os votos de elevada estima e consideração.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1307/40-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1307/40-2020.pdf</t>
   </si>
   <si>
     <t>Encaminhamento de Redação Final dos Projetos de Lei n° 10/2020, 11/2020 e n°014/2020</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1310/50-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1310/50-2020.pdf</t>
   </si>
   <si>
     <t>O Presidente da Mesa Diretora da Câmara Municipal de Bonfinópolis de Minas - MG, com fundamento no artigo 73 inciso XXXIII, do Regimento Interno da Câmara Municipal de Bonfinópolis de Minas – MG, vem por | meio deste, solicitar que seja providenciado um trator "pipinha", com água e produtos de limpeza, na entrada da Cidade, para que seja feita a higienização de pneus de todos os veículos que entrarem na nossa Cidade, principalmente, ônibus e caminhões.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1315/oficio_n_52-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1315/oficio_n_52-2020.pdf</t>
   </si>
   <si>
     <t>O Presidente da Mesa Diretora da Câmara Municipal de Bonfinópolis de Minas - MG, um pedido do Verificador Zezinho Despachante, na reunião do dia 02.07.2020, vem solicitar que seja feita a limpeza de lotes no Bairro Brasilinha, mais precisamente nos próximos alojamentos  do Senhor Antônio Monteiro, conhecido como "Tõe Braz Forte", uma vez que o lixo existente possui muitos fatores afetando sua residência com presença de insetos e mosquitos, bem como possivelmente acarreta doenças a moradores que residem próximos próximos local.</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1314/oficio.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1314/oficio.pdf</t>
   </si>
   <si>
     <t>Encaminha ao Prefeito Municipal  Redação Final dos Projetos de Lei n° 13/2020, 17/2020 e 18/2020. E os  Requerimentos n° 19/2020, 20/2020 e 21/2020.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1316/oficio_n54-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1316/oficio_n54-2020.pdf</t>
   </si>
   <si>
     <t>O Presidente da Mesa Diretora da Câmara Municipal de Bonfinópolis de Minas MG, em atendimento ao Ofício n° 109/2020, de 24 de junho do corrente ano, vem indicar a Vereadora Lia Matos, membro da Comissão de Administração Pública desta Câmara Municipal, para participar do Comitê Gestor de Crise do Coronavírus.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1317/oficio_n56-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1317/oficio_n56-2020.pdf</t>
   </si>
   <si>
     <t>Encaminho a Vossa Excelência cópias das Redações Finais dos seguintes Projetos de Lei: Redação Final do Projeto de Lei n° 15/2020, de autoria do Prefeito do Município, que dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2021 e dá outras providências; Redação Final do Projeto de Lei nº 06/2020, de autoria da Mesa Diretora, que fixa o valor do subsídio mensal do Prefeito, Vice-Prefeito e dos Secretários Municipais para o Quadriênio 2021/2024; Redação Final do Projeto de Lei 07/2020, de autoria da Mesa Diretora, que dispõe sobre a fixação dos subsídios dos Vereadores para o Quadriênio 2021/2024; Redação Final do Projeto de Lei n° 12/2020, de autoria do Prefeito do Município, que institui a Política Municipal de Saneamento Básico e o respectivo Plano Municipal de Saneamento Básico e dá outras providencias; Redação Final do Projeto de Lei n° 16/2020, de autoria do Vereador Zezinho Despachante, que dispõe Sobre a Obrigatoriedade de que todas as Compras e Contratações Real</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1321/oficio_n_61-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1321/oficio_n_61-2020.pdf</t>
   </si>
   <si>
     <t>O Presidente da Câmara Municipal de Bonfinópolis de Minas, com fundamento no inciso V, art. 34, da Lei Orgânica Municipal, vem perante Vossa Excelência, comunicar que, nesta data, foram promulgadas as Leis n° 1340, 1342 e 1343, referentes aos Projetos de Lei 06, 07 e 16/2020, respectivamente. Anexo: Cópias das 03 Leis Promulgadas.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1326/oficio_n_68-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1326/oficio_n_68-2020.pdf</t>
   </si>
   <si>
     <t>O Presidente da Mesa Diretora da Câmara Municipal de Bonfinópolis de Minas - MG , vem perante Vossa Excelência , comunicar que os membros das Comissões permanentes da Câmara Municipal , que analisa o mérito das proposições , no uso do § 4º do artigo 169 do Regimento Interno desta Casa , rejeitaram o Projeto de Lei nº 20/2020 , de autoria do Poder Executivo que institui medidas objetivando o controle da pandemia do Coronavírus , e define os procedimentos para a utilização do poder de polícia pela administração pública municipal e dá outras providências . Respeitosamente ,</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1332/73-2020.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1332/73-2020.pdf</t>
   </si>
   <si>
     <t>Solicita informações de todas as compras e contratações realizadas pelo Poder Executivo, no combate à Pandemia COVID -19, sejam informadas ao Poder Legislativo Municipal, atendendo à excepcionalidade da pandemia.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1340/ccf_000110.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1340/ccf_000110.pdf</t>
   </si>
   <si>
     <t>Encaminha ao Poder Executivo cópia dos requerimentos nº 25 e 26/2020, aprovados pelo Poder Legislativo em reunião Ordinária realizada no dia 03 de novembro do ano em curso.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1359,67 +1359,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1320/01-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1282/01-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1323/02-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1335/ccf_000080.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1324/01-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1259/01-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1260/02-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1261/03-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1262/04-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1274/05-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1269/06-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1270/07-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1272/08-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1273/09-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1281/10-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1283/11-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1284/12-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1285/13-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1294/14-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1302/15-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1303/16-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1308/17-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1309/18-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1318/19-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1319/20-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1322/21-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1331/22-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1333/ccf_000077.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1336/ccf_000105.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1341/ccf_000143.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1342/ccf_000151.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1343/ccf_000170.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1291/01-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1264/01-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1265/02-2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1266/03-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1267/04-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1271/05-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1275/06-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1277/07-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1278/08-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1279/09-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1280/10-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1286/11-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1287/12-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1288/13-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1289/14-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1290/15-2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1295/16-2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1296/17-2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1304/18-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1311/19-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1312/20-2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1313/21-2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1327/22-2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1330/ccf_000053.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1334/ccf_000078.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1337/ccf_000097.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1338/ccf_000098.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1339/ccf_000100.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1305/despacho_7_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1328/03-2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1299/22-2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1298/29-2020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1297/30-2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1300/33-2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1301/34-2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1306/35-2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1307/40-2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1310/50-2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1315/oficio_n_52-2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1314/oficio.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1316/oficio_n54-2020.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1317/oficio_n56-2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1321/oficio_n_61-2020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1326/oficio_n_68-2020.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1332/73-2020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1340/ccf_000110.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1320/01-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1282/01-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1323/02-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1335/ccf_000080.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1324/01-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1259/01-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1260/02-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1261/03-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1262/04-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1274/05-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1269/06-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1270/07-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1272/08-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1273/09-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1281/10-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1283/11-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1284/12-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1285/13-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1294/14-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1302/15-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1303/16-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1308/17-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1309/18-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1318/19-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1319/20-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1322/21-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1331/22-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1333/ccf_000077.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1336/ccf_000105.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1341/ccf_000143.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1342/ccf_000151.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1343/ccf_000170.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1291/01-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1264/01-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1265/02-2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1266/03-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1267/04-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1271/05-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1275/06-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1277/07-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1278/08-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1279/09-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1280/10-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1286/11-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1287/12-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1288/13-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1289/14-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1290/15-2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1295/16-2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1296/17-2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1304/18-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1311/19-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1312/20-2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1313/21-2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1327/22-2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1330/ccf_000053.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1334/ccf_000078.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1337/ccf_000097.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1338/ccf_000098.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1339/ccf_000100.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1305/despacho_7_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1328/03-2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1299/22-2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1298/29-2020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1297/30-2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1300/33-2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1301/34-2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1306/35-2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1307/40-2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1310/50-2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1315/oficio_n_52-2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1314/oficio.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1316/oficio_n54-2020.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1317/oficio_n56-2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1321/oficio_n_61-2020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1326/oficio_n_68-2020.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1332/73-2020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1340/ccf_000110.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="135" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="115.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="114.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>