--- v0 (2025-12-03)
+++ v1 (2026-03-21)
@@ -54,1747 +54,1747 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Célia Morais</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Encaminha moção de pesar aos familiares da senhora Maria da Silva Araújo.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Parecer Prévio</t>
   </si>
   <si>
     <t>Tribunal de Contas</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1222/parecer_previo_tribunal_de_contas_exercicio_2016.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1222/parecer_previo_tribunal_de_contas_exercicio_2016.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do Município de Bonfinópolis de Minas - MG, exercício 2016.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Prefeito do Município de Bonfinópolis de Minas</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1179/pl_01-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1179/pl_01-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prorrogação de Licença maternidade no âmbito do serviço público municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1209/02-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1209/02-2019.pdf</t>
   </si>
   <si>
     <t>Institui o programa de recuperação fiscal de Bonfinópolis de Minas - Mg - REFISBOM  e dá outras providências.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1252/03-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1252/03-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a instituição de Programa de Apoio à construção de calçadas em passeios e dá outras providências.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Zé Lúcio</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1127/01-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1127/01-2019.pdf</t>
   </si>
   <si>
     <t>concede título de cidadania honorária Bonfinopolitana ao Senhor José Silva Soares</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1133/02-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1133/02-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a inclusão de fontes de recursos em dotação do Orçamento vigente e dá outras providências.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1134/03-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1134/03-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a celebrar contrato de patrocínio e a apoiar o Sindicato dos Produtores Rurais do Município de Bonfinópolis de Minas - MG para a realização da Exposição Agropecuária do ano de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1138/04-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1138/04-2019.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual aos servidores da Câmara Municipal de Bonfinópolis de Minas - MG</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Reginaldo Palma, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1145/05-2019_uIITyUt.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1145/05-2019_uIITyUt.pdf</t>
   </si>
   <si>
     <t>Dá denominação ao logradouro publico que menciona.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1146/06-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1146/06-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a desafetação e alienação dos imóveis que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1147/07-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1147/07-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza desafetação e alienação dos imóveis públicos que menciona e dá outras providências..</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1148/08-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1148/08-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a instituição de Programas de Apoio à Construção, Ampliação e reforma de Moradias para Famílias de baixa renda - morar melhor e dá outras providências.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1149/09-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1149/09-2019.pdf</t>
   </si>
   <si>
     <t>Cria cargo de Diretores de Unidade de Educação que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1151/10-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1151/10-2019.pdf</t>
   </si>
   <si>
     <t>Reconhece de utilidade pública a Associação Damas do Bem de Bonfinópolis de Minas - MG.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1152/11-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1152/11-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a redução de juros compensatórios, conforme menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1166/12-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1166/12-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1167/13-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1167/13-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de créditos adicionais especiais no Orçamento Vigente e dá outras providências.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1168/14-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1168/14-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar no Orçamento vigente e dá outras providências.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1169/15-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1169/15-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a inclusão de fontes de recursos em dotações do Orçamento vigente e dá outras providências.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1174/16-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1174/16-2019.pdf</t>
   </si>
   <si>
     <t>dispõe sobre a concessão, aos servidores da Câmara Municipal de Bonfinópolis de Minas - MG, do direito a folga anual, em decorrência de aniversário.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1178/17-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1178/17-2019.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal número 1.198 de 2019</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1176/18-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1176/18-2019.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral e anual sobre a remuneração e subsídios no âmbito do Poder Executivo e dá outras providências.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1180/pl_19-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1180/pl_19-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município doar o imóvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Reginaldo Palma, Célia Morais, Geraldo de Henrique, Lívia Matos, Robinho da Cruz, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1200/20-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1200/20-2019.pdf</t>
   </si>
   <si>
     <t>Concede a chave da cidade a Vossa Reverendíssima Dom Leonardo de Miranda Pereira.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1203/21-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1203/21-2019.pdf</t>
   </si>
   <si>
     <t>Concede título de mérito desportivo ao Senhor José Firmino Pereira</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1207/22-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1207/22-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a Caixa Econômica Federal, prestar garantias e dá outras providências.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1206/23-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1206/23-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a caixa Econômica Federal, prestar garantias e dá outras providências.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1208/24-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1208/24-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza  o Poder Executivo Municipal a custear despesas de emplacamento de veículos particulares no Município e dá outras providências.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1218/25-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1218/25-2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.265 de  10 de dezembro de 2018, que "Estima a receita e fixa a despesa para o Município de Bonfinópolis de Minas para o exercício financeiro de 2019.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1220/26-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1220/26-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa de Apoio à fruticultura de Bonfinópolis de Minas - Frutibom e dá outras providências.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1221/27-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1221/27-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar no orçamento vigente e dá outras providências.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1223/28-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1223/28-2019.pdf</t>
   </si>
   <si>
     <t>Cria cargo de Diretor de Unidade de Educação Infantil e dá outras providências.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1225/29-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1225/29-2019.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a despesa para o Município de Bonfinópolis de Minas - MG, para o Exercício Financeiro de 2020.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1227/30-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1227/30-2019.pdf</t>
   </si>
   <si>
     <t>“Altera os Anexos constantes do Plano Plurianual para o quadriênio 2018/2021, aprovados pela Lei Municipal nº 1.234, de 14 de dezembro de 2017 e dá_x000D_
 outras providências”.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1228/31-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1228/31-2019.pdf</t>
   </si>
   <si>
     <t>Cria cargos de provimento efetivo de Monitor Escolar, Técnico em Agropecuária e Técnico em Enfermagem.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1231/32-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1231/32-2019.pdf</t>
   </si>
   <si>
     <t>Dá nova denominação ao logradouro público que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1232/33-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1232/33-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de verbas indenizatórias no Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1234/34-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1234/34-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder auxílio - Alimentação aos servidores Municipais e dá outras providências</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1235/35-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1235/35-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a Caixa Econômica Federal, no âmbito do Finisa - Financiamento à infraestrutura e ao Saneamento e prestar garantias e dá outras providências.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1236/36-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1236/36-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instituir o Programa "Guarda Mirim" e dá outras providências.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1237/37-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1237/37-2019.pdf</t>
   </si>
   <si>
     <t>Institui programa de acolhimento provisório de crianças e adolescentes de Bonfinópolis de Minas - mg, denominado "Programa Família Acolhedora" e dá outras providências"</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1238/38-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1238/38-2019.pdf</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1239/39-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1239/39-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar parceria com o Sindicato dos Produtores Rurais de Bonfinópolis de Minas, com a finalidade de execução de obras de infraestrutura no Parque de Exposições de Bonfinópolis de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1247/40-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1247/40-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação de imóvel de propriedade do Município de Bonfinópolis de Minas que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1248/41-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1248/41-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cessão onerosa dos direitos creditórios provenientes dos atrasos das transferências obrigatórias devidas pelo Estado de Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1249/42-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1249/42-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município doar o imóvel que especifica e dá outras providências</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1257/01-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1257/01-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Estrutura Organizacional da Câmara Municipal de Bonfinópolis de Minas.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1258/02-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1258/02-2019.pdf</t>
   </si>
   <si>
     <t>Despesa Pública com Alimentação, eventos institucionais e Serviços Extraordinários.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1292/2_-_projeto_de_resolucao_no.___de___de___de_2019_-_proposta_de_regimento_interno_bonfinopolis_de_minas.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1292/2_-_projeto_de_resolucao_no.___de___de___de_2019_-_proposta_de_regimento_interno_bonfinopolis_de_minas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Regimento Interno da Câmara Municipal.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1155/1-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1155/1-2019.pdf</t>
   </si>
   <si>
     <t>Altera a redação do § 1º, do artigo 23, do artigo 23, do artigo 30, do § 2º, do artigo 51, do artigo 64 e revoga o inciso II, do artigo 35, todos da lei Orgânica Municipal de Bonfinópolis de Minas - MG, com o objetivo de dar fim a votações secretas e vedar a realização de reuniões secretas no âmbito da Câmara Municipal de Bonfinópolis de Minas - MG.</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1293/ccf_000171.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1293/ccf_000171.pdf</t>
   </si>
   <si>
     <t>Fica revisado e atualizado o texto da Lei Orgânica do Município de Bonfinópolis de Minas por colmatação simétrica, na forma do art. 3° do ADCT da Constituição Federal de 1988 e do art. 3° do ADCT da Constituição do Estado de Minas Gerais. O Plenário da Câmara Municipal de Bonfinópolis de Minas Aprovou e a Mesa Diretora em seu nome Promulga a seguinte Emenda a Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1114/01-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1114/01-2019.pdf</t>
   </si>
   <si>
     <t>o Vereador que este subscreve, nos termos regimentais, e atendendo solicitações dos moradores da rua Dalva de Abreu - centro, solicita que após ouvido ao plenário, seja requerido do Excelentíssimo senhor prefeito do Município de Bonfinópolis de Minas, providências no sentido de fazer a limpeza de (capina) e em seguida  pavimentação asfáltica na rua acima citada.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1115/02-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1115/02-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, nos termos regimentais, solicita que após ouvido ao plenário, seja requerido do Excelentíssimo Senhor Prefeito Municipal, providências no sentido de cascalhar com maior brevidade e verificar a possibilidade de pavimentação asfáltica no início da rua Senhora Aparecida em frente a praça Antônio Mario Oliveira Pombo.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>Fernanda Oliveira</t>
   </si>
   <si>
     <t>As Vereadoras que subscrevem, nos termos regimentais, requerem da Excelentíssima Senhora Presidente desta casa, providências no sentido de realizar reunião especial ou ato comemorativo, em homenagem ao dia internacional da Mulher.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>Os Vereadores que estes subscrevem veem, nos termos regimentais requerer ao Prefeito do Município de Bonfinópolis de Mias, que seja informado a Câmara Municipal os nomes dos compradores dos lotes que foram vendidos em licitação modalidade leilão, no dia 1 de fevereiro de 2019, bem como condições de pagamento e valores de cada lotes vendidos.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado, e atendendo solicitações dos moradores da Comunidade Santo André, vem à r. presença de V.Excia. requerer que seja solicitado do Prefeito do Município de Bonfinópolis de Minas, providências no sentido de reformar o início da estrada Municipal Miguel José Pio que dá acesso a fazenda do senhor Dilson Santana e Comunidade Santo André, pois a barraginha que existe no local cedeu para dentro da referida estrada, causando assim dificuldades ao acesso dos  moradores da mencionada comunidade.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>Lívia Matos</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1119/06-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1119/06-2019.pdf</t>
   </si>
   <si>
     <t>A vereadora abaixo assinada, vem à respeitável presença de Vossa Excelência requerer que seja solicitado do Prefeito do Município de Bonfinópolis de Minas providências no sentido de cascalhar os pontos críticos da estrada que dá acesso à Comunidade Caldeirão, logo após a entrada da Fazenda de Meroveu, visto que a Cavalgada acontecerá no dia 27 de abril do corrente ano.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>Reginaldo Palma</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1120/07-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1120/07-2019.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscrevem vem no uso de suas atribuições, vem perante Vossa Excelência, requerer que após ouvido o plenário, seja o presente requerimento encaminhado ao chefe do Poder Executivo Local, solicitando ao mesmo:_x000D_
 _x000D_
 I - Informações sobre concessões municipais de serviços de táxi detalhando todos os prestadores de tal serviço._x000D_
 II - Instalação, de ponto permanente de táxi, no perímetro urbano.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1121/08-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1121/08-2019.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscrevem, no uso de suas atribuições, vem Perante Vossa Excelência requerer: A realização de audiência pública para tratar dos serviços de telefonia prestados pela empresa VIVO S/A. Que sejam convidados para participarem da requerida audiência pública, representantes da empresa VIVO S/A, da agência nacional de telecomunicações - ANATEL, do Poder Executivo local e membros da comunidade local.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1122/09-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1122/09-2019.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscrevem, no uso de suas atribuições, vem perante Vossa Excelência requerer:_x000D_
 _x000D_
 1 - A realização de audiência pública para tratar das constantes interrupções do serviço de fornecimento de água no Município de Bonfinópolis de Minas - MG._x000D_
 2 - Que seja convidados para participarem da referida audiência publica, representantes da Companhia de saneamento básico de Minas Gerais - COPASA, do Poder Executivo local, do Ministério público estadual e membros da comunidade local.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos do artigo 209 inciso XI, do regimento Interno, requer ao Prefeito que seja feito o cascalhamento dos pontos críticos da estrada vicinal da propriedade do Senhor Edes Leite borges, bem como a realização da construção de uma ponte molhada sobre o córrego água suja, na mesma propriedade. vale ressaltar que será de suma importância, pois o senhor edes estar se organizando para escoamento de leite.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>Zezinho Despachante, Célia Morais, Geraldo de Henrique, Robinho da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1124/11-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1124/11-2019.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, regimentalmente apoiados, vem à respeitável presença de V. Excia, requererem que seja solicitado do Prefeito do Município de Bonfinópolis de Minas, providências no sentido de patrolar e cascalhar a estrada Municipal da fazenda Bonita que dá acesso a propriedade do senhor Dedé Caetano.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>Robinho da Cruz, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1125/12-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1125/12-2019.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, regimentalmente apoiados, vem à r presença de V. Excia, requerer que solicite do Prefeito do Município de Bonfinópolis de Minas providências no sentido de reformar o ginásio Poliesportivo local.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1126/13-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1126/13-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, nos termos regimentais, vêm à r. presença de V. Exª, requerer a convocação de audiência pública com a máxima urgência, a se realizar no prazo máximo de 10 (dias) depois da aprovação deste requerimento, destinada a discutir os efeitos da medida provisória 871/19 e da PEC 06 de 2019, em tramitação no legislativo federal, que alltera normas do Regime Geral da Previdência.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1128/14-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1128/14-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente a apoiado, vem regimentalmente apoiado à respeitável presença de Vossa Excelência, requerer que seja solicitado do Prefeito do Município de Bonfinópolis de Minas, providências no sentido de construir ou reformar a ponte molhada sobre o córrego canabrava, pois a mesma se encontra em estado crítico de conservação, sem contar que essa é uma das prioridades da Comunidade.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>Robinho da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1129/15-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1129/15-2019.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, regimentalmente apoiados, vem à r presença de V. Excia requerer do Poder Executivo que faça recapeamento ou operação tapa buraco nas ruas de nossa cidade.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1130/16-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1130/16-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado, vem à r presença de V. Excia, requerer do Poder Executivo que faça o encabeçamento do mata-burro que dá acesso as propriedades dos Senhores Wilson Melgaço e Chico Melgaço, Comunidade Santo André tal solicitação faz necessária, pois a instalação do mata-burro já faz quase um ano, porém a obra se encontra inacabada.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1131/17-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1131/17-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos do artigo 209, incio XIX, do Regimento Interno, requer ao Prefeito providências visando a revisão anual da remuneração dos servidores públicos, conforme dispõe a Emenda a lei Orgânica nº 06, de 20 de Agosto de 2015.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1132/18-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1132/18-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, nos termos do Regimento Interno, requer que após a aprovação em plenário seja seja solicitado do Prefeito providências no sentido de patrolar a estrada que liga a rodovia 181 a Comunidade Vagem de Cima via Comunidade Canabrava, Saco da Roça e estrada que liga às Caraíbas via Oscarinho até sair na estrada do Saco da Roça novamente, tal solicitação se faz necessária devido a sua precaridade.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1135/19-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1135/19-2019.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições vem perante Vossa Excelência, requerer que após ouvido o Plenário seja solicitado do Prefeito do Município de Bonfinópolis de Minas, providências no sentido de sinalizar em frente as Escolas do nosso Município, conforme legislação de trânsito, pois em nenhuma das nossas escolas possui sinalização adequada que venha de encontro com a segurança dos estudantes.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1136/20-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1136/20-2019.pdf</t>
   </si>
   <si>
     <t>A Vereadora abaixo assinada, regimentalmente apoiada, vem à respeitável presença de V. Excia, requerer que seja solicitado do Prefeito do Município de Bonfinópolis de Minas, providências no sentido de cercar a Escola Municipal Getúlio Vargas, localizada na Chapada, bem como fazer cobertura da área de lazer em frente a referida escola.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
     <t>Lívia Matos, Célia Morais, Fernanda Oliveira, Geraldo de Henrique, Pafúncio Brandão, Reginaldo Palma, Robinho da Cruz, Zé Lúcio, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1137/21-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1137/21-2019.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscrevem, no uso de suas atribuições, vêm perante Vossa Excelência, requerem, que após ouvido o Plenário seja solicitado do Prefeito do Município de Bonfinópolis de Minas providências no sentido de recuperar a estrada municipal da Comunidade de Imbé, pois a mesma é linha escolar e está intransitável, cheia de buracos e valetas colocando em risco os que trafegam por aquela estrada.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1139/22-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1139/22-2019.pdf</t>
   </si>
   <si>
     <t>A Vereadora abaixo assinada, regimentalmente apoiada, e atendendo solicitações dos moradores da Comunidade Riacho da Lagoa, vem à respeitável presença de Vossa Excelência requerer que seja solicitado do Prefeito do Município de Bonfinópolis de Minas as seguintes providências:_x000D_
 _x000D_
 1 - Levantamento da estrada que passa sobre o aterro da lagoa, próximo à sede da referida Comunidade, bem como fazer um quebra-molas antes so aterro da lagoa,, para desvio das águas pluviais, evitando assim erosão no mencionado aterro._x000D_
 _x000D_
 2 - Abrir e cascalhar a estrada municipal que dá acesso a propriedade do Senhor João da Cruz Oliveira e Pascoalina Rodrigues da Cruz  comunidade Lagoa.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1140/23-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1140/23-2019.pdf</t>
   </si>
   <si>
     <t>A Vereadora abaixo assinada, regimentalmente apoiada , vem à respeitável presença de Vossa Excelência requerer que seja solicitado do Prefeito do Município de Bonfinópolis de Minas providencias no sentido de patrolar e cascalhar os pontos críticos da estrada que dá acesso as propriedades dos Senhores Joaquim Bernardes, tião Braquiara, Marcio Nunes e outros, pois a mesma se encontra em péssimo estado de conservação</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1141/24-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1141/24-2019.pdf</t>
   </si>
   <si>
     <t>A Vereadora abaixo assinada, regimentalmente apoiada, vem a respeitável presença de Vossa Excelência requerer que seja solicitado do Prefeito do Município de Bonfinópolis de Minas providências no sentido de patrolar e cascalhar os pontos críticos da estrada que dá acesso as propriedades dos Senhores Paulo Souza Leitão e Sirlene Aparecida Silva Leite, localizadas na Comunidade Volta, vale ressaltar a importância da realização dessa obra, pois essa estrada é linha escolar.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>Geraldo de Henrique, Célia Morais, Robinho da Cruz, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1142/25-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1142/25-2019.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados regimentalmente apoiados, vem à respeitável presença de V. Excia, requererem que seja solicitado do Prefeito do Município de Bonfinópolis de Minas, providências no sentido de construir um aponte molhada na linha escolar da Comunidade Riacho da Lagoa sobre o córrego Riacho da Lagoa, que dá acesso as propriedades dos senhores Evalteir de Souza e Siva (Té) e Noé Vieira.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>Geraldo de Henrique</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1143/26-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1143/26-2019.pdf</t>
   </si>
   <si>
     <t>o Vereado abaixo assinado, regimentalmente apoiado, vem a r presença de V Excia, requerer que seja solicitado do Prefeito do Município de Bonfinópolis de Minas, providências no sentido de realizar o serviço de patrolamento e cascalhamento da estrada Municipal que dá acesso as propriedades dos Senhores Balbino Vieira da Silva, José Adilson Melgaço e João Paulo Melgaço, lugar denominado Morro do Gaio.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1144/27-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1144/27-2019.pdf</t>
   </si>
   <si>
     <t>A Vereadora abaixo assinada, regimentalmente apoiada, vem à respeitável presença de Vossa Excelência requerer que seja solicitado do Prefeito do Município de Bonfinópolis de Minas providências no sentido de patrolar e cascalhar a estrada Municipal que dá acesso a sede da Comunidade São Pedro, pois há muito tempo que essa estrada não recebe nenhum tipo de manutenção. E a mesma hoje se encontra praticamente intransitável.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1150/28-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1150/28-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado, e a pedido dos moradores da Comunidade Santa Maria, vem à respeitável presença de Vossa Excelência solicitar que após aprovado em plenário, solicite do Prefeito do Município de Bonfinópolis de Minas, providências no sentido de reformar a ponte sobre o córrego Santo André, localizada na propriedade do Senhor Sebastião  do Boi Comunidade Santa Maria.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1153/29-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1153/29-2019.pdf</t>
   </si>
   <si>
     <t>A Vereadora abaixo assinada, regimentalmente apoiada, vem à respeitável presença de V. Excia, requerer que seja solicitado do Prefeito do Município de Bonfinópolis de Minas, providências no sentido de estruturar e equipar a biblioteca Municipal, com computadores, impressoras, acesso à internet, livros literários, mesas, cadeiras, liberação de salas de estudos, melhorias na climatização, dentre outros equipamentos que se fizerem necessários para que os alunos tenham mais suporte em seus estudos.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1156/30-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1156/30-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado, e atendendo solicitações da Comunidade Assa Peixe, vem à respeitável presença de V. Excia, requerer que seja solicitado do Prefeito Município de Bonfinópolis de Minas, providências no sentido de recuperar a ponte molhada localizada no Rio Santo Andre, comunidade Assa peixe.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1157/31-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1157/31-2019.pdf</t>
   </si>
   <si>
     <t>recomposição salarial dos servidores públicos</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1158/32-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1158/32-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições, vem perante Vossa Excelência, requerer que após ouvido o plenário, seja o presente requerimento encaminhado ao Chefe do Poder Executivo local, afim de requerer do Chefe de Poder executivo que cumpra o inciso II do art. 5º das disposições gerais e transitórias, da lei orgânica do Município.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1159/33-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1159/33-2019.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que estes subscrevem, nos termos do artigo 209, inciso XI, do Regimento Interno,, requer que após aprovação do Plenário, seja solicitado do chefe do Poder Executivo, providências no sentido de promover o dia "D", onde administração e população juntos realizem mutirão de limpeza urbana incluindo os lotes vagos com intuito de combater o mosquito da dengue.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1160/34-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1160/34-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos do artigo 209, inciso XI do Regimento Interno, requer que após aprovação do Plenário, seja solicitado do chefe do Poder Executivo, providências no sentido de cascalhar a frente da Escola Municipal João Luiz dos Santos, pois onde os ônibus desembarga os alunos estar em estado crítico , literalmente atolando na lama no período da chuva e no período das secas uma grande concentração de poeira, com isso os alunos, professores e quem mais tiver que ir até a escola, passam por esse transtorno.</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, nos termos do regimento interno, requer que após a aprovação em plenário seja solicitado do Prefeito providências no sentido de viabiliza uma geladeira própria para armazenamento de vacinas destinado ao PSF Vandeir José Brandão, pois atualmente as vacinas são feitas no PSF chegam em caixa de isopor . Sem previsão de horário de atendimento as crianças, acabam ficando receptivo a contaminação, devido o tempo indeterminado no local</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1162/36-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1162/36-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos do artigo 209, inciso XI, do Regimento Interno, requer ao Prefeito sejam prestadas informações a respeito do veículo Citroen AIR Cross que foi doado por meio de emenda parlamentar do Deputado Federal Reginaldo Lopes no ano de 2017, ao Conselho Tutelar o qual foi batido no ano de 2019. Gentileza informar essa Casa Legislativa sobre o andamento do veículo, tais como: se o veículo era assegurado? Em caso positivo Informe se o sinistro deu perca total? informe também quais as providências necessárias o Executivo está tomando para a aquisição de outro veículo para o Conselho Tutelar.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1163/37-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1163/37-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve , no uso das suas atribuições legais, vêm perante Vossa Excelência, requerer , que após ouvido o Plenário seja solicitado do Prefeito do Município de Bonfinópolis de Minas, providências no sentido de recuperar a estrada vicinal da Comunidade da Laginha do Boi que dá acesso às propriedades dos Senhores: Iraci Graciano de Souza, Maria Rita, Geni e Maria de Lourdes, vale ressaltar que fui informado por moradores daquela localidade que tem mais ou menos cinco anos que essa estrada não recebe nenhum tipo de beneficiamento, conforme demostram nas fotos anexas.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1164/38-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1164/38-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado, vem à respeitável presença de Vossa Excelência, requerer que seja solicitado do Prefeito do Município de Bonfinópolis de Minas, providências no sentido de fazer um desvio ao lado de onde está sendo construído a ponte sobre o ribeirão santo andré pois conforme pode visualizar nas fotos anexas não existe desvio, nem se quer para motoqueiro e nem para cavaleiros.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1165/39-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1165/39-2019.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições, vem Perante Vossa Excelência, requerer que após ouvido o plenário, seja o presente requerimento encaminhado ao Chefe do Poder Executivo local, afim de requerer ao mesmo que:_x000D_
 _x000D_
 Encaminhe à Câmara Municipal de Bonfinópolis de Minas – MG, Projeto de Lei que possua como matéria o aumento da carga horária do cargo público de fisioterapeuta, de 20 (vinte) horas, para 40 (quarenta) horas semanais. _x000D_
 _x000D_
 A necessidade do aumento da carga horária do cargo de fisioterapeuta e necessária para que seja possível o atendimento da demanda existente.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, nos termos do Regimento Interno, requer que após a aprovação em plenário seja solicitado do Prefeito informações a cerca da situação do servidor Antônio Junior Fernandes, uma vez que o meso e concursado para o cargo de auxiliar de mecânica, e hoje a administração não tem mais o cargo de mecânico na sua estrutura administrativa, pois o mesmo foi revogado. Dessa forma gostaria de saber em qual função o senhor Antônio Junior Fernandes está atuando hoje.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1171/41-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1171/41-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso das suas atribuições legais, vêm perante Vossa Excelência, requerer que após ouvido plenário seja solicitado do Prefeito do Município de Bonfinópolis de Minas, as seguintes informações: * quantos programas de saúde da família - PSF existem instalados em nosso Município; 2 - quais os endereços de instalações dos mencionados - PSF's? * como anda o processo do PSF que será instalado no bairro jardim cinelândia.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1172/42-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1172/42-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado, vem à r. presença de V. Excia, requerer que seja solicitado do Prefeito do Município de Bonfinópolis de Minas a plotagem na frota do nosso Município para melhor identificação.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1173/43-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1173/43-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, nos termos do artigo 209 inciso XI, do Regimento Interno, requer que após aprovação do Plenário, seja indicado ao Senhor Prefeito providências no sentido de recuperar os pontos críticos da estrada municipal Pedro Muniz dos Santos, Comunidade Riacho da Calda.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1175/44-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1175/44-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, nos termos regimentais, solicita que após ouvido ao plenário, seja indicado ao Excelentíssimo senhor Prefeito Municipal, providências no sentido de fazer rede de esgoto nas seguintes ruas: no final da Avenida Argemiro Barbosa da Silva, no trecho entre as oficinas dos Senhores YUGI IDA e MARCIO DURÃES, bem como no fundo da casa do Senhor Zé Bodaia, passando pelas propriedades da Igreja católica até a rua Nossa Senhora Aparecida, nas proximidades da casa da dona Zica.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, nos termos do artigo 209, inciso XI, do Regimento Interno, requer ao Prefeito Senhor Donizete Antônio dos Santos, que seja tomada as devidas providências de sentido de empossar o Senhor Dr Vosmar Pereira Cardoso, médico que passou em primeiro lugar no último concurso público realizado pela Prefeitura Municipal de Bonfinópolis de Minas. Tal solicitação faz necessária pois atualmente o município encontra-se com o quadro reduzido da categoria.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1181/46-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1181/46-2019.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados regimentalmente apoiados, vem à respeitável presença de V. Exca, requerem que seja solicitado do Prefeito do Município de Bonfinópolis de Minas, relações contendo nome dos beneficiários e local onde foram instalados os 30 kits de irrigações destinado ao Município de Bonfinópolis de Minas via CODEVASF em 2017.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1182/47-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1182/47-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso das suas atribuições legais vêm perante Vossa Excelência requerer, que após ouvido o Plenário seja solicitado do Prefeito do Município de Bonfinópolis de Minas, providências no sentido de patrolar as estradas que dá acesso as propriedades dos senhores: Deuzir Abadia, Elquinho, Aristides e se filho, bem como construir uma ponte molhada sobre o ribeirão Água Fria logo após sair do asfalto, localizado na descida para os Confins a esquerda.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1183/48-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1183/48-2019.pdf</t>
   </si>
   <si>
     <t>O  Vereador abaixo assinado, regimentalmente apoiado, vem à r. presença de V Excia, requerer que seja solicitado do Prefeito do Município de Bonfinópolis de Minas, o valor arrecadado com o ITBI - Imposto de Transmissão de Bens imóveis dos anos de 2018 e 2019.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1184/49-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1184/49-2019.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, regimentalmente apoiada, vem a respeitável presença de Vossa Excelência solicitar que após ouvido o Plenário seja requerido do Excelentíssimo senhor Prefeito do Município de Bonfinópolis de Minas, providências no sentido de patrolar a estrada que dá acesso à propriedade do senhor Dilson Braga, no furado do Engenho bem como aterrar as manilhas que fazem o escoamento da barragem.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1185/50-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1185/50-2019.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, regimentalmente apoiada, vem à respeitável presença de Vossa Excelência requerer que seja solicitado do Prefeito do Município de Bonfinópolis de Minas providências no sentido de patrolar e cascalhar os pontos críticos da estrada que dá acesso à propriedade da Senhora Zélia Costa.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, regimentalmente apoiada, vem a respeitável presença de Vossa Excelência solicitar, que após ouvido o Plenário, seja solicitado do Excelentíssimo senhor Prefeito do Município de Bonfinópolis de Minas, providências no sentido de fazer uma cobertura ao lado da sede da Associação da Comunidade Riacho da Lagoa, para melhor atender as necessidades da mencionada Comunidade.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1187/52-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1187/52-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado,, vem à r. presença de V. Excia, requerer que solicite do Prefeito do Município de Bonfinópolis de Minas, o patrolamento e cascalhamento da estrada municipal secundária que dá acesso às propriedades dos senhores Darlan Passos, Weliton Passos, Elizete Passos, Carla Passos e Deusdete Brandão, bem como a possibilidade de colocar manilha na passagem molhada da mencionada estrada.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1188/53-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1188/53-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado, vem à r. presença de V. Excia requerer que solicite do Prefeito do Município de Bonfinópolis de Minas, que através da Secretaria da Agricultura, seja realizada a construção de barraginhas, açudes e curva de nível para beneficiar todas Comunidades do nosso Município, solicito ainda que seja elaborado cronograma das mencionadas obras, com cópia para o Poder Legislativo.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1189/requerimento_54-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1189/requerimento_54-2019.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, regimentalmente apoiados, vem à respeitável presença de V. Excia requerem que seja solicitado do Prefeito do Município de Bonfinópolis de Minas, providências no sentido de instalar mata-burro entre as propriedades dos Senhores: Zuza Vieira e o Espólio de João Damascena, na Comunidade Imbé.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1190/55-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1190/55-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso das suas atribuições legais vêm perante Vossa Excelência, requerer, que após ouvido plenário seja solicitado do Prefeito do Município de Bonfinópolis de Minas, providências no sentido de recuperar ou substituir o mata-burro quebrado que está localizado na estrada que liga Bonfinópolis de Minas a Caio Martins, no trecho entre as propriedades do senhor Dinei Maradona e Francisco Graciano de Souza (chico Doido), bem como o cascalhamento de todas as subidas dessa estrada devido aos caminhões e carros estarem patinando pela quantidade de poeira concentrada nessa área.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1193/56-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1193/56-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, nos termos do Regimento Interno, requer que apos a aprovação em plenário seja solicitado do Prefeito do Município, cópia do projeto que foi encaminhado para o Governo de Minas, solicitando através de emenda parlamentar um valor de R$ 50.000,00 (cinquenta mil reais), para abastecimento de água da Comunidade Cana Brava, bem como cópia do processo licitatório para realização dos serviços</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Robinho da Cruz, Célia Morais, Geraldo de Henrique, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1191/57-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1191/57-2019.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, regimentalmente apoiados, vem à respeitável presença de Vossa Excelência, requerem que após ouvido o plenário, seja solicitado do Prefeito Municipal de Bonfinópolis de Minas, providências no sentido de colocar placas com identificação das ruas em todo perímetro urbano da nossa cidade.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1192/58-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1192/58-2019.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, regimentalmente apoiados, vem à respeitável presença de V Excia, requerem que após aprovação em plenário seja solicitado do Prefeito do Município de Bonfinópolis de Minas, providências no sentido de realizar a substituição das lousas tradicionais (quadro negro) das Escolas Municipais, João Luiz dos Santos, Getúlio Vargas, Dercílio Duarte Melgaço e Maria Francisca Salgado, por quadros brancos que utilizam canetas à base de água._x000D_
 Vale destacar que o giz utilizados pelos professores para escrever tem causados inúmeros problemas de saúde em nossos profissionais O pó de giz possui componentes alérgicos que podem sensibilizar quem possuem predisposições a alergias respiratórias, como por exemplo rinite alérgica, dentre outras._x000D_
 A solução é a substituição dos quadros negros por lousas brancas, em que o giz dá lugar à caneta. A utilização afeta menos a saúde, além disso, a lousa branca permite que o aluno enxergue melhor o que o professor escreveu, facilitando ..</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1194/59-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1194/59-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, nos termos do artigo 209, inciso XI, do Regimento Interno, requer que após aprovação do Plenário, seja solicitado do chefe do Poder Executivo, que interceda  junto a COPASA - mg, no sentido de instalar válvulas bloqueadora de ar para hidrômetros ou outro aparelho semelhante, para que a população pague sua conta de forma justa, e não pague ar no lugar de água.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Zezinho Despachante, Robinho da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1195/60-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1195/60-2019.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que estes subscrevem, nos termos do Regimento Interno, requerem que após a aprovação em plenário seja solicitado do Prefeito providencias no sentido de patrolar, levantar e cascalhar a estrada vicinal da propriedade dos Senhores Antônio Edizar Pio e Gilmar Martins Melgaço, na Comunidade Saco da Roça.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Zezinho Despachante, Reginaldo Palma, Robinho da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1196/61-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1196/61-2019.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que estes subscrevem, nos termos do Regimento Interno, requerem que após a aprovação em plenário seja solicitado do Prefeito do Município, providências no sentido de patrolar, levantar e cascalhar a estrada municipal, saída da rodovia MG 181, sentido ao Ribeirão Santa Cruz (barra)</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Lívia Matos, Zé Lúcio</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1197/62-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1197/62-2019.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que estes subscrevem, nos termos regimentais, veem a respeitável presença de Vossa Excelência, solicitar que após ouvido o Plenário, seja requerido do Excelentíssimo Senhor Prefeito do Município de Bonfinópolis de Minas, providências no sentido de restaurar a ponte sobre o córrego Riacho da Porteira, na Comunidade Santa Maria, que dá acesso à propriedade da Senhora Adélia Brandão Rocha, pois a mesma, da forma que se encontra coloca em risco a vida de quem por ela trafega.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1198/63-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1198/63-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado, vem à respeitável presença de Vossa Excelência requerer que após aprovação do Plenário seja encaminhado o requerimento ao Excelentíssimo senhor Prefeito do Município de Bonfinópolis de Minas, com cópia ao Ilustríssimo secretário de Obras Municipais, Carlos Braga e Silva, mostrando a necessidade de proceder a implantação da rede de esgoto e galeria de águas pluviais na rua Diamantina localizadas no bairro Jardim Cinelândia.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1199/64-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1199/64-2019.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, regimentalmente apoiados, vem à r. presença de V. Excia, requerer, que após aprovação em plenário seja solicitado do Poder Executivo, medidas que objetivem a implantação de fraldário ou trocador nos PSFs do nosso Municípios, bem como na Unidade Básica de Saúde. Tal reivindicação se justifica em razão de que muitas pessoas que utilizam o posto vão acompanhadas de crianças pequenas onde há necessidade de trocar fraldas ou roupas e não tem um lugar adequado para a troca dos mesmos causando transtornos para as mães e para as crianças. Trata-se de um dispositivo fixado na parede e que possui uma superfície onde o bebê pode ser deitado, possibilitando a troca da fralda.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Geraldo de Henrique, Zezinho Despachante</t>
   </si>
   <si>
     <t>Os Vereadores que estes subscrevem, nos termos do Regimento Interno, requerem que após a aprovação em plenário seja solicitado do Prefeito providências no sentido de patrolar, levantar e cascalhar a estrada municipal que dá acesso as propriedades dos Senhores Vilma Menezes, Altir Lemes, Adair Lemes, Balbino Vieira, Adilson Melgaço e Paulo Melgaço, na comunidade Santo André, localidade Moro do Gaieiro.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1202/66-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1202/66-2019.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, nos termos do Regimento Interno, requerer que após aprovação seja solicitado do Prefeito do Município de Bonfinópolis de Minas, providências no sentido de recuperar os pontos críticos da estrada Municipal da Comunidade Canabrava.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1204/67-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1204/67-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, nos termos regimentais solicita que após ouvido ao plenário, seja requerido do Excelentíssimo Senhor Prefeito Municipal, providências no sentido de fazer pavimentação asfáltica nas seguintes ruas: Ouro Preto, Antonio Laboissiere e Alameda Ozias Gomes de Souza, ligando -a à Av. José Amaro Brandão Filho Tal solicitação se faz necessária para dar melhor qualidade de vida aos nossos munícipes.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1205/68-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1205/68-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado, vem à respeitável presença de V Excia, requerer que seja solicitado do Prefeito do Município de Bonfinópolis de Minas a construção da sede do PSF no bairro Frei Humberto ou jardim Cinelândia, bem como a instalação do Programa Saúde da Família, para atender os moradores dos mencionados bairros, tal solicitação se faz necessária, devido o crescimento populacional da nossa cidade, sem contar que contribui com a qualidade de vida dos bonfinopolitanos.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1210/69-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1210/69-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso das suas atribuições legais, vem perante Vossa Excelência, requerer que após ouvido o Plenário seja solicitado do Prefeito do Município de Bonfinópolis de Minas, que seja cobrado mais eficiência na prestação de serviços da empresa responsável pela manutenção e reparação dos serviços de iluminação pública de nossa cidade em vez que ao percorrermos pela cidade nos deparamos com muitos postes com as lâmpadas apagadas.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1211/70-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1211/70-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso das suas atribuições legais, vêm perante Vossa Excelência, requerer, que após ouvido o Plenário seja solicitado do Prefeito do Município de Bonfinópolis de Minas, que interceda junto a CEMIG, no intuito de instalar postes de energia para iluminação pública na rua Pedro Luiz Gonzaga, atender solicitação do Senhor José Maria Gontijo.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1212/71-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1212/71-2019.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, no uso de suas atribuições, vem perante Vossa Excelência requerer que após ouvido o plenário, seja o presente requerimento encaminhado ao Prefeito de Bonfinópolis de Minas, para que o mesmo encaminhe à Câmara Municipal, relação por subunidade orçamentária de valores suportados pelo Município, nos exercícios financeiros de 2017, 2018 e 2019, referentes à aquisição de combustível e lubrificantes, e encaminhe cópias dos respectivos empenhos.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1215/72-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1215/72-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve , no uso de suas atribuições, vem perante Vossa Excelência, requerer que seja colocada em apreciação do plenário, o presente requerimento, que visa_x000D_
 _x000D_
 A realização de novo sorteio para a formação de Comissão Processante instituída para apurar a denúncia apresentada pelo Sr. Rafael dos Santos. O presente Requerimento se fundamenta nos seguintes fatos e normas jurídicas:_x000D_
 _x000D_
 O Vereador Antônio Carlos Brandão ( Pafuncio Brandão), foi sorteado para compor a comissão processante e foi também eleito para presidir a presente Comissão. ocorre que o Vereador é irmão do Sr. Roberto Martins Cunha, o qual é apontado pelo Denunciante Rafael dos Santos, como envolvido nos fatos a serem apurados pela Comissão. Por tal motivo, inegável o impedimento do Vereador._x000D_
 _x000D_
 O artigo 221, do Regimento Interno da Câmara Municipal de Bonfinópolis de Minas - MG, estabelece que:_x000D_
 _x000D_
 Art. 221, tratando-se de assunto em que tenha interesse pessoal, o Vereador fica impedido de votar, computada sua prese</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1216/73-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1216/73-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado, vem à r. presença de V. Excia, requerer que solicite do Poder Executivo que faça o credenciamento da empresa legaliza ou outra a critério do Executivo com o</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1217/74-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1217/74-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado, vem à respeitável presença de Vossa Excelência requerer que após aprovação do plenário seja encaminhado o requerimento ao Excelentíssimo senhor Prefeito do Município de Bonfinópolis de Minas, solicitando revitalização das faixas de pedestres existentes em nossa cidade, principalmente as do centro.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Zé Lúcio, Lívia Matos</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1219/75-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1219/75-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado, vem à respeitável presença de Vossa Excelência requerer que após aprovação do plenário seja encaminhado o requerimento ao Excelentíssimo senhor Prefeito do Município de Bonfinópolis de Minas, com cópia ao Ilustríssimo secretário Municipal de obras, Carlos Braga e Siva, mostrando a necessidade de proceder a implantação da rede pluvial para captação das águas provenientes das chuvas que percorrem da rua Paulo Lúcio de Menezes para rua Esmeraldas passando dentro do lote do Senhor Claudemiro Antônio de Souza</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1226/76-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1226/76-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, nos termos do Regimento Interno, requer que após a aprovação em plenário seja solicitado do Prefeito do Município de Bonfinópolis de Minas que encaminhe mensalmente até o dia 30 de cada mês a lista contendo o nome dos aniversariantes da Municipalidade do mês subsequente.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1230/77-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1230/77-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado, e a pedido dos moradores da Comunidade Santa Maria, vem à respeitável presença de Vossa Excelência solicitar que após aprovado em plenário, solicite do Prefeito do Município de Bonfinópolis de Minas, providências no sentido de reformar a ponte sobre o Córrego Santo André, localizada na propriedade do senhor Sebastião do Boi Comunidade Santa Maria.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1233/78-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1233/78-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve nos termos regimentais vem a respeitável presença de Vossa Excelência solicitar, que após ouvido o Plenário, seja requerido do Excelentíssimo Senhor Prefeito do Município de Bonfinópolis de Minas, providências no sentido de iniciar urgentemente um mutirão de limpeza das ruas e lotes vagos dos bairros e Frei Humberto em nossa cidade.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1240/79-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1240/79-2019.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve vem, nos termos do artigo 2019 Inciso XI do regimento Interno, requerer ao Prefeito que seja encaminhado Projeto de Lei a esta casa, a fim de criar novas regras para melhor organização do Cemitério Municipal Jardim dos Ipês._x000D_
 A nosso sentir, ilustre Prefeito, há necessidade de criar critérios isonômicos e arquitetônicos para manutenção e construção de carneiras e/ou obras no cemitérios local._x000D_
 Na oportunidade, solicito que seja enviado a esta Casa cópia do Projeto Arquitetônico, de quando foi criado o referido cemitério</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Robinho da Cruz, Lívia Matos</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1241/80-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1241/80-2019.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que estes subscrevem, nos termos regimentais, requerem que após aprovação do Plenário, seja solicitado do chefe do Poder Executivo a gentileza de providenciar um Agente Comunitário de Saúde para atender a Comunidade Santo André, haja visto que esta Comunidade não conta com esses serviços, já que a ACS foi contemplada com sua aposentadoria.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1242/81-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1242/81-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado, vem à r. presença de V. Excia, requerer que seja solicitado do Prefeito do Município de Bonfinópolis de Minas, que encaminhe a esta casa cópia dos seguintes documentos: Termo de posse e edital de convocação para o cargo de assistente social do último concurso público realizado pela prefeitura Municipal de Bonfinópolis de Minas.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1243/82-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1243/82-2019.pdf</t>
   </si>
   <si>
     <t>A Vereadora abaixo assinada, regimentalmente apoiada, vem à r. presença de V. Excia requerer que seja solicitado do Prefeito do Município de Bonfinópolis de Minas, que encaminhe a esta casa relação de diárias do Prefeito do Município de Bonfinópolis de Minas e de todos os secretários individualizado de cada comissionado referente aos anos de 2017, 2018 e 2019 até a presente data com as devidas prestações de contas.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1244/83-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1244/83-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado, vem à r. presença de V. Excia, requerer que seja solicitado do Prefeito do Município de Bonfinópolis de Minas, que encaminhe a esta casa relação de todos pagamentos realizados com o cartão da empresa Prime Administradora de benefícios LTDA CNPJ 05.950.169/0001-26, responsável pela gestão de abastecimento da frota municipal.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1245/84-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1245/84-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado, vem à r. presença de V. Excia requerer que seja solicitado do Prefeito do Município de Bonfinópolis de Minas, que encaminhe a esta casa relação contendo nome das pessoas que prestam serviços para Prefeitura do Município de Bonfinópolis de Minas como Micro Empreendedor Individual do ano de 2012 até a presente data.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1246/85-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1246/85-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado, vem à r. presença de V. Excia, requerer que seja solicitado do Prefeito do Município de Bonfinópolis de Minas, que encaminhe a esta casa cópias dos contratos de empresas responsáveis por assessoria contábil do Município de Bonfinópolis de Minas, desde 2012 até a presente data e relação de pagamento realizados de forma individualizada e detalhada de casa uma das empresas.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1250/86-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1250/86-2019.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, regimentalmente apoiada, vem a respeitável presença de Vossa Excelência solicitar, que após ouvido o Plenário, seja requerido do Excelentíssimo Senhor Prefeito do Município de Bonfinópolis de Minas, providências no sentido de encaminhar esta Casa, uma proposição propondo o controle e paralisação da expansão da LEISHMANIOSE nas ruas, na zona rural e vagando pelas estradas, sugiro que seja inserido na proposição as seguintes medidas: _x000D_
 •	Campanha de educação sanitária da população;_x000D_
 •	Mais responsabilidades dos proprietários com seus animais, domiciliando ou encaminhando para adoção (rotina da cidade: animal ficou doente, solta na rua)_x000D_
 •	Centro de zoonoses para recolhimento de cães soltos nas ruas, com campanhas de adoção, se caso após alguns meses o animal não for resgatado ou adotado, eutanásia para controle da população canina; _x000D_
 •	Esterilização de todos os cães e gatos resgatados na rua independente de terem donos ou não. _x000D_
 •	Esterilização de todos os cães</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Lívia Matos, Célia Morais, Fernanda Oliveira, Geraldo de Henrique, Pafúncio Brandão, Zé Lúcio</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1251/87-2019_d73eXRr.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1251/87-2019_d73eXRr.pdf</t>
   </si>
   <si>
     <t>Com fulcro no &amp;2º, inciso V, do art. 163, do Regimento Interno da Câmara Municipal de Bonfinópolis de Minas/MG, os vereadores subscritos vêm respeitosamente requerer à Vossa Excelência, que seja incluído na pasta da reunião do Plenário, o pedido de desarquivamento do Projeto de Lei nº 09/2019, que dispõe sobre a criação de cargos de diretores de Unidades e Educação, que ensejara uma nova tramitação nesta casa.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Célia Morais, Reginaldo Palma</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1253/88-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1253/88-2019.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscrevem, no uso de suas atribuições, vem perante Vossa Excelência, requererem que após ouvido o plenário, seja o munícipe Rafael dos Santos, convidado a participar de reunião plenária da Câmara Municipal de Bonfinópolis de Minas - MG, com a finalidade de prestar declarações sobre a denúncia que o mesmo apresentou em face do Prefeito Municipal._x000D_
 O presente requerimento se justifica na obrigatoriedade que a Câmara Municipal possui de fiscalizar os atos praticados pelo Poder Executivo.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1254/89-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1254/89-2019.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que estes subscrevem, no uso de suas atribuições, vem perante Vossa Excelência requererem  que após ouvido o plenário, seja o presente requerimento encaminhado ao chefe do Poder Executivo local, afim de requerer ao mesmo que:_x000D_
 Encaminhe à Câmara Municipal de Bonfinópolis de Minas - MG, cópia de todos os processos licitatórios realizados pela prefeitura Municipal de Bonfinópolis de Minas - MG, em que a empresa do Senhor Rafael dos Santos tenha participado, bem como cópias de todas as notas de empenho, ordem de serviços, ordem de pagamentos, cópias de cheques e comprovantes de pagamentos.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1255/90-2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1255/90-2019.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, com fundamento no artigo 91, inciso IXI c/c/ 263 do Regimento Interno, vem à r presença de Vossa Excelência requerer que seja disponibilizado à Escola Municipal Dercílio Duarte Melgaço um novo mobiliário escolar, especialmente mesas e cadeiras para salas de aula, e ainda cadeiras para a sala dos professores, tendo em vista a precaridade dos objetos.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>DES</t>
   </si>
   <si>
     <t>Despacho</t>
   </si>
   <si>
     <t>sssss</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Denuncia</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1214/denuncia_rafael.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1214/denuncia_rafael.pdf</t>
   </si>
   <si>
     <t>Denúncia apresentada pelo Senhor Rafael dos Santos - CPI</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1256/ccf_001135.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1256/ccf_001135.pdf</t>
   </si>
   <si>
     <t>A Presidente da Câmara Municipal de Bonfinópolis de Minas, no uso de suas atribuições legais, vem a respeitável presença de Vossa Senhoria, considerando que foi aprovado em Plenário o Requerimento nº 88/2019, convidar Vossa Senhoria, a participar de reunião Plenária Extraordinária, a realizar-se no dia 26 de dezembro de 2019, às 18:00h, que será realizada no Plenário da Câmara Municipal de Bonfinópolis de Minas, com a finalidade de prestar esclarecimentos sobre a denúncia apresentada por Vossa Senhoria em face do Prefeito Municipal.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2101,67 +2101,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1222/parecer_previo_tribunal_de_contas_exercicio_2016.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1179/pl_01-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1209/02-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1252/03-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1127/01-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1133/02-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1134/03-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1138/04-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1145/05-2019_uIITyUt.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1146/06-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1147/07-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1148/08-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1149/09-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1151/10-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1152/11-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1166/12-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1167/13-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1168/14-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1169/15-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1174/16-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1178/17-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1176/18-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1180/pl_19-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1200/20-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1203/21-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1207/22-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1206/23-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1208/24-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1218/25-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1220/26-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1221/27-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1223/28-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1225/29-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1227/30-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1228/31-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1231/32-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1232/33-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1234/34-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1235/35-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1236/36-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1237/37-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1238/38-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1239/39-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1247/40-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1248/41-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1249/42-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1257/01-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1258/02-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1292/2_-_projeto_de_resolucao_no.___de___de___de_2019_-_proposta_de_regimento_interno_bonfinopolis_de_minas.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1155/1-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1293/ccf_000171.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1114/01-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1115/02-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1119/06-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1120/07-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1121/08-2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1122/09-2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1124/11-2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1125/12-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1126/13-2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1128/14-2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1129/15-2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1130/16-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1131/17-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1132/18-2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1135/19-2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1136/20-2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1137/21-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1139/22-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1140/23-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1141/24-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1142/25-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1143/26-2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1144/27-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1150/28-2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1153/29-2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1156/30-2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1157/31-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1158/32-2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1159/33-2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1160/34-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1162/36-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1163/37-2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1164/38-2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1165/39-2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1171/41-2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1172/42-2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1173/43-2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1175/44-2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1181/46-2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1182/47-2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1183/48-2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1184/49-2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1185/50-2019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1187/52-2019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1188/53-2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1189/requerimento_54-2019.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1190/55-2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1193/56-2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1191/57-2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1192/58-2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1194/59-2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1195/60-2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1196/61-2019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1197/62-2019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1198/63-2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1199/64-2019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1202/66-2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1204/67-2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1205/68-2019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1210/69-2019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1211/70-2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1212/71-2019.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1215/72-2019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1216/73-2019.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1217/74-2019.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1219/75-2019.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1226/76-2019.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1230/77-2019.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1233/78-2019.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1240/79-2019.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1241/80-2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1242/81-2019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1243/82-2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1244/83-2019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1245/84-2019.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1246/85-2019.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1250/86-2019.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1251/87-2019_d73eXRr.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1253/88-2019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1254/89-2019.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1255/90-2019.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1214/denuncia_rafael.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1256/ccf_001135.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1222/parecer_previo_tribunal_de_contas_exercicio_2016.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1179/pl_01-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1209/02-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1252/03-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1127/01-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1133/02-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1134/03-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1138/04-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1145/05-2019_uIITyUt.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1146/06-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1147/07-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1148/08-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1149/09-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1151/10-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1152/11-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1166/12-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1167/13-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1168/14-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1169/15-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1174/16-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1178/17-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1176/18-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1180/pl_19-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1200/20-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1203/21-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1207/22-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1206/23-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1208/24-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1218/25-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1220/26-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1221/27-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1223/28-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1225/29-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1227/30-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1228/31-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1231/32-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1232/33-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1234/34-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1235/35-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1236/36-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1237/37-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1238/38-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1239/39-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1247/40-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1248/41-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1249/42-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1257/01-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1258/02-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1292/2_-_projeto_de_resolucao_no.___de___de___de_2019_-_proposta_de_regimento_interno_bonfinopolis_de_minas.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1155/1-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1293/ccf_000171.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1114/01-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1115/02-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1119/06-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1120/07-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1121/08-2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1122/09-2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1124/11-2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1125/12-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1126/13-2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1128/14-2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1129/15-2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1130/16-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1131/17-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1132/18-2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1135/19-2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1136/20-2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1137/21-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1139/22-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1140/23-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1141/24-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1142/25-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1143/26-2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1144/27-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1150/28-2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1153/29-2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1156/30-2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1157/31-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1158/32-2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1159/33-2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1160/34-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1162/36-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1163/37-2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1164/38-2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1165/39-2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1171/41-2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1172/42-2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1173/43-2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1175/44-2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1181/46-2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1182/47-2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1183/48-2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1184/49-2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1185/50-2019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1187/52-2019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1188/53-2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1189/requerimento_54-2019.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1190/55-2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1193/56-2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1191/57-2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1192/58-2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1194/59-2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1195/60-2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1196/61-2019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1197/62-2019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1198/63-2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1199/64-2019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1202/66-2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1204/67-2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1205/68-2019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1210/69-2019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1211/70-2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1212/71-2019.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1215/72-2019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1216/73-2019.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1217/74-2019.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1219/75-2019.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1226/76-2019.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1230/77-2019.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1233/78-2019.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1240/79-2019.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1241/80-2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1242/81-2019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1243/82-2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1244/83-2019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1245/84-2019.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1246/85-2019.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1250/86-2019.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1251/87-2019_d73eXRr.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1253/88-2019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1254/89-2019.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1255/90-2019.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1214/denuncia_rafael.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1256/ccf_001135.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H146"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="135" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="189.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="188.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>