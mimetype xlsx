--- v0 (2025-12-03)
+++ v1 (2026-03-30)
@@ -51,1727 +51,1727 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ATAS</t>
   </si>
   <si>
     <t>Atas de Plenário</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/985/985_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/985/985_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA PRIMEIRA REUNIÃO ESPECIAL DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS, POSSE DA MESA DIRETORA, REALIZADA NO DIA 02/01/2018.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Ata da Segunda reunião especial da eleição da mesa diretora para 3ª sessão Legislativa 14ª Legislatura.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Lívia Matos</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1111/ata_3_reuniao_especial_2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1111/ata_3_reuniao_especial_2019.pdf</t>
   </si>
   <si>
     <t>Ata da terceira reunião Especial da Câmara Municipal de Bonfinópolis de Minas, posse da Mesa Diretora, para o exercício de 2019.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Robinho da Cruz, Célia Morais, Fernanda Oliveira, Geraldo de Henrique, Lívia Matos, Pafúncio Brandão, Reginaldo Palma, Zé Lúcio, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1038/1038_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1038/1038_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE A PRESENTE SUBSCREVEM, COM ASSENTO NESTA EGRÉGIA CASA DE LEI VÊM ATRAVÉS DESTA,  APÓS OUVIDO O PLENÁRIO, MANIFESTAR SUA SOLIDARIEDADE E ENCAMINHAR A PRESENTE MOÇÃO DE PESAR À FAMÍLIA DA SENHORA MARIA DO ROSÁRIO PALMA BEZERRA, PELO FALECIMENTO DO SEU MARIDO EVALDO ANTUNES BEZERRA, OCORRIDO NO DIA 21 DE MAIO DO ANO EM CURO._x000D_
 _x000D_
 MENSAGEM _x000D_
 _x000D_
 AOS SEUS FAMILIARES, PRINCIPALMENTE A SUA ESPOSA E SEUS FILHOS, NOSSAS SINCERAS CONDOLÊNCIAS REITERANDO QUE ESTA CÂMARA NÃO PODERIA DEIXAR DE SE ASSOCIAR AO SEU PESAR. MANIFESTAMOS NOSSO PROFUNDO RESPEITO E ROGANDO A DEUS QUE TRAGA CONFORTO AOS CORAÇÕES ENLUTADOS. DESEJAMOS QUE A PAZ, O CONSOLO E A FORÇA DA FÉ REINEM NO MEIO DE TODOS, PRIMANDO O AMOR A DEUS SOBRE TODAS AS COISAS PARA QUE O SENHOR EVALDO ANTUNES BEZERRA DESCANSE EM PAZ._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>PC</t>
   </si>
   <si>
     <t>Prestação de Contas</t>
   </si>
   <si>
     <t>Tribunal de Contas</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1003/1003_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1003/1003_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER PRÉVIO,PROCESSO Nº 9870445, PRESTAÇÃO DE CONTAS ANUAL, PODER EXECUTIVO, CUMPRIMENTO DOS ÍNDICES E LIMITES CONSTITUCIONAIS E LEGAIS, APROVAÇÃO DAS CONTAS.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1029/1029_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1029/1029_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO PODER EXECUTIVO DO ANO DE 2015.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Partido dos Trabalhadores, Prefeito do Município de Bonfinópolis de Minas</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/971/971_texto_integral.zip</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/971/971_texto_integral.zip</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BONFINÓPOLIS DE MINASS A FILIAR-SE A AAMM - ASSOCIAÇÃO MINEIRA DE MUNICÍPIOS.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/972/972_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/972/972_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O FUNDO MUNICIPAL DO MEIO AMBIENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/973/973_texto_integral.zip</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/973/973_texto_integral.zip</t>
   </si>
   <si>
     <t>DISPO&amp;#771;E SOBRE A CRIAC&amp;#807;A&amp;#771;O DO CONSELHO MUNICIPAL DO MEIO AMBIENTE - CODEMA E DA&amp;#769; OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/974/974_texto_integral.zip</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/974/974_texto_integral.zip</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A PROMOVER A CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL PÚBLICO QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL E ANUAL SOBRE A REMUNERAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS, CONFORME DISPÕE O ART. 37, INCISO X, DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/980/980_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/980/980_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA TABELA DE VALORES CONSTANTES NO ANEXO III DA LEI Nº 1.065/2012, QUE CONTÉM A ESTRUTURA DE CARREIRA DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO MUNICIPAL DE BONFINÓPOLIS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Lívia Matos, Robinho da Cruz, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/981/981_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/981/981_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVISA O SUBSÍDIO DOS VEREADORES DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/982/982_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/982/982_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REVISA O SUBSÍDIO DO PREFEITO, DO VICE-PREFEITO E DOS SECRETÁRIOS MUNICIPAIS DE BONFINÓPOLIS DE MINAS. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/983/983_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/983/983_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REVISA A REMUNERAC&amp;#807;A&amp;#771;O DOS SERVIDORES PODER LEGISLATIVO DO MUNICI&amp;#769;PIO DE BONFINÓPOLIS DE MINAS E DA&amp;#769; OUTRAS PROVIDE&amp;#770;NCIAS. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/998/998_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/998/998_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A REPASSAR CONTRIBUIÇÃO MENSAL À ASSOCIAÇÃO QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/999/999_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/999/999_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESAFETA IMÓVEIS PÚBLICOS QUE MENCIONA E AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOÁ-LOS À COMPANHIA DE HABITAÇÃO DE MINAS GERAIS &amp;#8211; COHAB MINAS OU AOS BENEFICIÁRIOS FINAIS, NA FORMA QUE ESPECÍFICA E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1010/1010_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1010/1010_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O MUNICÍPIO A CELEBRAR CONTRATO DE PATROCÍNIO E A APOIAR O SINDICATO DOS PRODUTORES RURAIS DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS-MG PARA REALIZAÇÃO DA EXPOSIÇÃO AGROPECUÁRIA DO ANO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1019/1019_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1019/1019_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITOS ADICIONAIS ESPECIAIS NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1020/1020_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1020/1020_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 858, DE 25 DE JULHO DE 2003, QUE "INSTITUI O REGIME CONTÁBIL DE ADIANTAMENTO, NOS TERMOS DA LEI 4.320, DE 1964, NO ÂMBITO DO MUNICÍPIO, ESTABELECE NORMAS GERAIS PARA A CONCESSÃO DE DIÁRIAS DE VIAGEM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Reginaldo Palma</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1024/1024_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1024/1024_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO AO LOGRADOURO PÚBLICO QUE MENCIONA._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1025/1025_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1025/1025_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A ALTERAÇÃO DO NÚMERO DE CARGOS PÚBLICOS, REALINHAMENTO DE VENCIMENTOS E CONSOLIDAÇÃO DO QUADRO PERMANENTE DE SERVIDORES EFETIVOS DA PREFEITURA MUNICIPAL DE BONFINÓPOLIS DE MINAS-MG E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1036/1036_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1036/1036_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, A TEMÁTICA DA EDUCAÇÃO COOPERATIVISTA, EMPREENDEDORA E FINANCEIRA NA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1034/1034_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1034/1034_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O FUNDO MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1035/1035_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1035/1035_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1039/1039_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1039/1039_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2019 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Zé Lúcio</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1043/1043_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1043/1043_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À PRAÇA PÚBLICA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1044/1044_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1044/1044_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ALIENAÇÃO DE IMÓVEL DE PROPRIEDADE DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1045/1045_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1045/1045_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A INCLUSÃO DE FONTES DE RECURSOS EM     DOTAÇÕES DO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Prefeito do Município de Bonfinópolis de Minas</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1046/projeto_de_lei_-_cessao_e_permuta_de_servidores.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1046/projeto_de_lei_-_cessao_e_permuta_de_servidores.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre cessão e permuta de servidores dos órgãos da administração direta e indireta dos Poderes do Município.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1051/pl_25-2018_alteracao_lei_orcamentaria.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1051/pl_25-2018_alteracao_lei_orcamentaria.pdf</t>
   </si>
   <si>
     <t>Altera a  Lei nº 1.233, de  14  de  dezembro  de  2017,    que  “Estima  a receita e  fixa  a  despesa  para  o  Município  de                                       Bonfinópolis de Minas para o exercício financeiro de 2018”</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a custear despesas de emplacamento de veículos particulares no Município e dá outras providências.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1063/pl_27-2018_denominacao_de_estradas.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1063/pl_27-2018_denominacao_de_estradas.pdf</t>
   </si>
   <si>
     <t>dispõe sobre a denominação das estradas rurais do município de bonfinópolis de minas - mg e dá outras providências.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1064/pl_28-2018_.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1064/pl_28-2018_.pdf</t>
   </si>
   <si>
     <t>denomina estrada municipal prefeito moacir serafim borba, o trecho da estrada municipal que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Denomina estrada Municipal Virgílio Martins Ferreira, o trecho da estrada Municipal que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Denomina estrada Municipal Pedro Muniz dos Santos, o trecho da estrada municipal que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Denomina estrada Municipal Teodoro Vieira da Silva, o trecho da estrada municipal que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1068/pl_32-2018_denomina_estrada_municipal_jose_luiz_brandao.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1068/pl_32-2018_denomina_estrada_municipal_jose_luiz_brandao.pdf</t>
   </si>
   <si>
     <t>Denomina Estrada Municipal José Luiz Brandão - Juca do Boi, o trecho da estrada Municipal que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1069/pl_33-2018_estrada_municipal_jose_alves_ferreir_W38VaxL.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1069/pl_33-2018_estrada_municipal_jose_alves_ferreir_W38VaxL.pdf</t>
   </si>
   <si>
     <t>Denomina estrada municipal José Alves Ferreira - Zé Calu, o trecho da estrada Municipal que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1070/pl_34-2018_estrada_municipal_noraldino_luiz_dos_santos.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1070/pl_34-2018_estrada_municipal_noraldino_luiz_dos_santos.pdf</t>
   </si>
   <si>
     <t>Denomina estrada Municipal Noraldino Luiz dos Santos, o trecho da estrada municipal que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1071/pl_35-2018_estrada_municipal_miguel_jose_pio.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1071/pl_35-2018_estrada_municipal_miguel_jose_pio.pdf</t>
   </si>
   <si>
     <t>Denomina estrada Municipal Miguel José Pio, o trecho da estrada Municipal que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1072/pl_36-2018_estrada_municipal_prefeito_jose_alve_qqqpZjc.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1072/pl_36-2018_estrada_municipal_prefeito_jose_alve_qqqpZjc.pdf</t>
   </si>
   <si>
     <t>Denomina estrada Municipal Prefeito José Alves Babilônia, o trecho da estrada Municipal que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1073/pl_37-2018_estrada_municipal_dona_nacleta_luiz_brandao.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1073/pl_37-2018_estrada_municipal_dona_nacleta_luiz_brandao.pdf</t>
   </si>
   <si>
     <t>Denomina estrada Municipal Dona Anacleta Luiz Brandão , o trecho da estrada Municipal que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1074/pl_38-2018_denomina_estrada_municipal_bertolina_K1FAno8.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1074/pl_38-2018_denomina_estrada_municipal_bertolina_K1FAno8.pdf</t>
   </si>
   <si>
     <t>Denomina estrada Municipal Bertolina Mendes Teixeira, o trecho da estrada Municipal que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1075/pl_39-2018_denomina_estrada_municipal_alexandre_VqSqLEs.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1075/pl_39-2018_denomina_estrada_municipal_alexandre_VqSqLEs.pdf</t>
   </si>
   <si>
     <t>Denomina estrada Municipal Alexandre da Costa Lima, o trecho da Estrada Municipal que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1076/pl_40-2018_denomina_estrada_municipal_alceu_sev_kDHooEl.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1076/pl_40-2018_denomina_estrada_municipal_alceu_sev_kDHooEl.pdf</t>
   </si>
   <si>
     <t>Denomina Estrada Municipal Alceu Severino Botelho, o trecho da estrada Municipal que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1077/pl_41-2018_denomina_estrada_municipal_ricardo_l_Rk6nCyt.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1077/pl_41-2018_denomina_estrada_municipal_ricardo_l_Rk6nCyt.pdf</t>
   </si>
   <si>
     <t>Denomina estrada Municipal Ricardo Brandão, o trecho da estrada municipal que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1078/pl_42-2018_denomina_estrada_municipal_vice-pref_M3F6OIN.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1078/pl_42-2018_denomina_estrada_municipal_vice-pref_M3F6OIN.pdf</t>
   </si>
   <si>
     <t>Denomina estrada Municipal Vice-Prefeito José Henrique Brandão - Zé Buriti, o trecho da estrada Municipal que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1079/pl_43-2018_denomina_estrada_municipal_prefeito__vfBFiF2.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1079/pl_43-2018_denomina_estrada_municipal_prefeito__vfBFiF2.pdf</t>
   </si>
   <si>
     <t>Denomina estrada Municipal Prefeito Sebastião Luiz Brandão, o trecho da estrada municipal que menciona e da outras providências.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1080/pl_44-2018_denomina_estrada_municipal_miguel_lu_RmGXpsD.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1080/pl_44-2018_denomina_estrada_municipal_miguel_lu_RmGXpsD.pdf</t>
   </si>
   <si>
     <t>Denomina estrada Municipal Miguel Luiz Brandão, o trecho da estrada Municipal que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1081/pl_45-2018_denomina_estrada_municipal_manoel_vi_W7jO8IR.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1081/pl_45-2018_denomina_estrada_municipal_manoel_vi_W7jO8IR.pdf</t>
   </si>
   <si>
     <t>Denomina estrada Municipal Manoel Vieira da Siva - Manelinho Vieira, o trecho da estrada Municipal que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1082/pl_46-2018_denomina_estrada_municipal_joaquim_g_aMXrd6F.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1082/pl_46-2018_denomina_estrada_municipal_joaquim_g_aMXrd6F.pdf</t>
   </si>
   <si>
     <t>Denomina estrada Municipal Joaquim Gonçalves Tavares Sobrinho, o trecho da estrada Municipal que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1086/pl_47-2018_estima_a_receita_e_fixa_a_despesa_2019.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1086/pl_47-2018_estima_a_receita_e_fixa_a_despesa_2019.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa para o Município de Bonfinópolis de Minas -MG, para o Exercício financeiro de 2019.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1087/pl_48-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1087/pl_48-2018.pdf</t>
   </si>
   <si>
     <t>Altera os anexos constantes do Plano Plurianual para o quadriênio 2018/2021, aprovados pela lei Municipal nº 1.234, de 14 de dezembro de 2017 e dá putras providências.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1088/pl_49-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1088/pl_49-2018.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Academia ao "AR LIVRE" do bairro Brasilinha e dá outras providências.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1089/pl_50-2018_circo_itinerante.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1089/pl_50-2018_circo_itinerante.pdf</t>
   </si>
   <si>
     <t>dispõe sobre circo itinerante instalado no Município de Bonfinópolis de Minas - MG.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1099/51-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1099/51-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o alienação dos imóveis públicos que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1100/pl_52-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1100/pl_52-2018.pdf</t>
   </si>
   <si>
     <t>Institui o fundo Municipal de Saneamento básico.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Fernanda Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1106/pl_53-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1106/pl_53-2018.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.106 de 05 de maio de 2014, que dispõe sobre a alteração na estrutura administrativa da administração direta do poder executivo de bonfinópolis de minas - MG e dá outras providências.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1107/pl_54-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1107/pl_54-2018.pdf</t>
   </si>
   <si>
     <t>Altera a denominação da rua Ouro Preto, que passa a denominar Rua João Nazário Alves e dá outras providências.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1108/pl_55-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1108/pl_55-2018.pdf</t>
   </si>
   <si>
     <t>altera a denominação da rua acre, que passa a denominar rua José Camilo Souza Primo e dá outras providências.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1109/pl_56-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1109/pl_56-2018.pdf</t>
   </si>
   <si>
     <t>altera a denominação da rua do comércio, que passa a denominar Rua Maria do Rosário Palma Bezerra - Dona Rosarinha e dá outras providências.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1110/pl_57-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1110/pl_57-2018.pdf</t>
   </si>
   <si>
     <t>Concede diploma de mérito profissional ao senhor Orismar Alves Rocha e da outras providências.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1112/pl_58-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1112/pl_58-2018.pdf</t>
   </si>
   <si>
     <t>Dá nova denominação ao logradouro público que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1113/pl_59-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1113/pl_59-2018.pdf</t>
   </si>
   <si>
     <t>dá nova redação ao logradouro público que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1002/1002_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1002/1002_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A RESOLUÇÃO N. 137, DE 8 DE OUTUBRO DE 2007. </t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1059/pr_02-2018_-_altera_regimento_interno_1.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1059/pr_02-2018_-_altera_regimento_interno_1.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução n.º 153, de 8 de setembro de 2014, que contém o Regimento Interno...</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Partido dos Trabalhadores</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/984/984_texto_integral.doc</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/984/984_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI ORGÂNICA DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS (MG)._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/975/975_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/975/975_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO PREFEITO MUNICIPAL QUE CONCEDA ESPAÇO FÍSICO E DEMAIS ELEMENTOS NECESSÁRIOS PARA QUE A PROFESSORA MARIA DO SOCORRO COIMBRA RODRIGUES PEIXOTO, POSSA AJUDAR OS ALUNOS DO MUNICÍPIO DA MELHOR FORMA POSSÍVEL.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/976/976_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/976/976_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUER AO PREFEITO SEJAM ENVIDADOS ESFORÇOS A FIM DE VIABILIZAR A INSTALAÇÃO DE SISTEMA DE CONTROLE DE ZOONOSES NO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, UMA VEZ QUE CONTAMOS COM UMA VETERINÁRIA DO MUNICÍPIO CEDIDA AO  CONVALES._x000D_
 		_x000D_
 				O MOTIVO DE TAL PLEITO, ILUSTRE PREFEITO, É O ELEVADO NÚMERO DE CÃES ERRANTES QUE ASSOLAM A MUNICIPALIDADE E DEMANDAM MAIOR CONTROLE, SOB PENA DE CONTRIBUIR PARA A PROLIFERAÇÃO DE DOENÇAS, TAIS COMO LEISHMANIOSE, RAIVA, ETC._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/977/977_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/977/977_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 		O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIAS NO SENTIDO DE FAZER PAVIMENTAÇÃO ASFÁLTICA NA RUA DALVA DE ABREU, CENTRO. _x000D_
 </t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>Fernanda Oliveira, Célia Morais, Lívia Matos</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/978/978_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/978/978_texto_integral.pdf</t>
   </si>
   <si>
     <t>AS VEREADORAS QUE SUBSCREVEM, NOS TERMOS REGIMENTAIS, REQUEREM DO  EXCELENTÍSSIMO SENHOR PRESIDENTE DESTA CASA, PROVIDÊNCIAS NO SENTIDO DE REALIZAR REUNIÃO ESPECIAL OU ATO COMEMORATIVO, EM HOMENAGEM AO DIA INTERNACIONAL DA MULHER.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/986/986_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/986/986_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUER AO PREFEITO SEJAM VIABILIZADOS ESTUDOS DE ENGENHARIA, MEDIANTE COLABORAÇÃO/CONVÊNIO COM A POLÍCIA MILITAR DO ESTADO DE MINAS GERAIS, CASO SEJA POSSÍVEL, A FIM DE AFERIR A CAPACIDADE DE PESO QUE A PONTE SOB O CÓRREGO SANTA CRUZ, LOCALIZADA NO LOCAL DENOMINADO MELANCIEIRA, NO CURSO DA ESTRADA QUE LIGA O MUNICÍPIO DE BONFINÓPOLIS DE MINAS AO DE SANTA FÉ, PODE SUPORTAR._x000D_
 _x000D_
 		VERIFICAMOS QUE CAMINHÕES CARREGADOS COM PESO MAIOR QUE 50 TONELADAS ESTÃO TRANSITANDO NO LOCAL, COLOCANDO A SI PRÓPRIOS EM SITUAÇÃO PERICLITANTE, BEM COMO BOTANDO EM RISCO O TRÂNSITO NO LOCAL._x000D_
 _x000D_
 RESSALTO, POR FIM, QUE TAIS ESTUDOS CONTRIBUIRÃO PARA FISCALIZAÇÃO DO LOCAL, A FIM DE EVITAR O TRÂNSITO DE VEÍCULOS COM SOBRECARGA, DE MODO QUE A MEDIDA É DE INARREDÁVEL INTERESSE PÚBLICO.._x000D_
 </t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/987/987_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/987/987_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUER AO PREFEITO SEJAM VIABILIZADOS ESTUDOS A FIM DE AMPLIAR/MODIFICAR O PERÍMETRO URBANO DE BONFINÓPOLIS DE MINAS, EM CONFORMIDADE COM AS EXIGÊNCIAS DO ARTIGO 42-B DO ESTATUTO DAS CIDADES._x000D_
 _x000D_
 		O PLEITO CONTIDO NO PRESENTE REQUERIMENTO SE DA EM RAZÃO DE EXISTIREM INÚMEROS IMÓVEIS URBANOS LOCALIZADOS FORA DO PERÍMETRO DE NOSSA CIDADE, PREJUDICANDO, POIS, TANTO OS MORADORES CIRCUNVIZINHOS QUANTO OS PROPRIETÁRIOS._x000D_
 _x000D_
 		TAL FATO POR SI SÓ DEMONSTRA A NECESSIDADE DE SE REALIZAR UM (RE)ESTUDO SOBRE O PERÍMETRO URBANO E ENCAMINHAR A ESTA CASA PROJETO DE LEI, A FIM DE MODIFICAR SEUS LIMITES._x000D_
 	_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/988/988_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/988/988_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA ABAIXO ASSINADA, REGIMENTALMENTE APOIADA, VEM À RESPEITÁVEL  PRESENÇA DE V. EXCIA. REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE ESTRUTURAR E EQUIPAR  A BIBLIOTECA MUNICIPAL, COM COMPUTADORES, IMPRESSORAS, ACESSO À INTERNET, LIVROS, MESAS, CADEIRAS, LIBERAÇÃO DE SALAS DE ESTUDOS, MELHORIAS NA CLIMATIZAÇÃO, DENTRE  OUTROS EQUIPAMENTOS QUE SE FIZEREM NECESSÁRIOS PARA QUE OS ALUNOS TENHAM MAIS SUPORTE EM SEUS ESTUDOS.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/989/989_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/989/989_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER QUE APÓS APROVAÇÃO DO PLENÁRIO SEJA ENCAMINHADO O REQUERIMENTO AO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, COM CÓPIA AO ILUSTRÍSSIMO SECRETÁRIO MUNICIPAL DE OBRAS, CARLOS BRAGA E SILVA, MOSTRANDO A NECESSIDADE DE PROCEDER A RETIRADA DA PONTE DENOMINADA BAIXA FUNDA LOCALIZADA NA COMUNIDADE LAJINHA DO BOI, QUE LIGA AS COMUNIDADES SÃO PEDRO E ASSA PEIXE. SOLICITO AINDA APÓS A RETIRADA DA MENCIONADA PONTE SEJA FEITO O ATERRAMENTO NO REFERIDO LOCAL.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>Geraldo de Henrique, Célia Morais, Lívia Matos, Robinho da Cruz, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/990/990_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/990/990_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADOS, REGIMENTALMENTE APOIADOS, VEM À RESPEITÁVEL  PRESENÇA DE V. EXCIA. REQUEREREM QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO  SENTIDO DE CONSTRUIR UMA PONTE MOLHADA NA LINHA ESCOLAR DA COMUNIDADE RIACHO DA LAGOA SOBRE O CÓRREGO RIACHO DA LAGOA, QUE DÁ ACESSO AS PROPRIEDADES DOS SENHORES EVALTEIR DE SOUZA E SILVA ( TÉ) E NOÉ VIEIRA</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/992/992_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/992/992_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES ABAIXO ASSINADOS, REGIMENTALMENTE APOIADOS, VEM À RESPEITÁVEL  PRESENÇA DE V. EXCIA. REQUEREREM QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE CASCALHAR AS SEGUINTES ESTRADAS:_x000D_
 -  ESTRADA QUE DÁ ACESSO À CASA DO SENHOR PAULO DE SOUZA E DA SENHORA JOANA DE SOUZA E SILVA, LOCALIZADO NA COMUNIDADE DA VOLTA;_x000D_
 - ESTRADA QUE DÁ ACESSO À CASA DE JOÃO DA CRUZ OLIVEIRA, NA COMUNIDADE RIACHO DA LAGOA._x000D_
 </t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>Lívia Matos, Célia Morais, Geraldo de Henrique, Robinho da Cruz, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/993/993_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/993/993_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADOS, REGIMENTALMENTE APOIADOS, VEM À RESPEITÁVEL  PRESENÇA DE V. EXCIA. REQUEREREM QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE INSTALAR MATA-BURRO NA ENTRADA DA ASSOCIAÇÃO RIACHO DA LAGOA.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/994/994_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/994/994_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADOS, REGIMENTALMENTE APOIADOS, VEM À RESPEITÁVEL  PRESENÇA DE V. EXCIA. REQUEREREM QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR BARRAGINHAS DE CONTENÇÃO NA CABECEIRA DA VEREDA DO CHAPÉU QUEIMADO, DIVISA COM MASSARO E ZÉ COSTA.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>Reginaldo Palma, Célia Morais</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/995/995_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/995/995_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTA SUBSCREVEM, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUEREM AO PREFEITO QUE SEJAM PRESTADAS INFORMAÇÕES RESPEITO DA AUSÊNCIA DE ADIMPLEMENTO DO DIREITO CONSTITUCIONAL À PERCEPÇÃO DE FÉRIAS E 1/3 DE FÉRIAS ÀS PROFESSORAS CONTRATADAS TEMPORARIAMENTE PELO MUNICÍPIO._x000D_
 		_x000D_
 		EMBORA TENHAMOS TOMADO CONHECIMENTO A RESPEITO DA FUNDAMENTAÇÃO LEVADA A EFEITO PELO PODER EXECUTIVO, NOS PARECE QUE NÃO FOI LEVADO EM CONSIDERAÇÃO O DISPOSTO NO ARTIGO 10 DA LEI 1.138, DE 19 DE DEZEMBRO DE 2014, QUE CONCEDE TODOS OS DIREITOS DISPOSTOS NO ARTIGO 39, §3º DA CONSTITUIÇÃO FEDERAL ÀQUELES CONTRATADOS TEMPORARIAMENTE._x000D_
 </t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>Zezinho Despachante, Célia Morais, Geraldo de Henrique, Reginaldo Palma, Robinho da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/996/996_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/996/996_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTA SUBSCREVEM, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUEREM AO PREFEITO QUE SEJAM PRESTADAS INFORMAÇÕES SOBRE A CONTRATAÇÃO DO TRANSPORTE ESCOLAR PARA O ANO DE 2018, PRINCIPALMENTE SE FOI REALIZADA LICITAÇÃO, QUAL A MODALIDADE REALIZADA OU SE FORAM ADITIVADOS OS CONTRATOS FIRMADOS NO ANO DE 2017, BEM QUE AS RESPECTIVAS CÓPIAS DE TODOS OS DOCUMENTOS (LICITAÇÃO E/OU TERMOS ADITIVOS) SEJAM ENCAMINHADAS A ESTA CASA.	</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>Robinho da Cruz, Célia Morais, Geraldo de Henrique, Reginaldo Palma, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/997/997_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/997/997_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTA SUBSCREVEM, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUEREM AO PREFEITO QUE SEJAM PRESTADAS INFORMAÇÕES A RESPEITO DE TODOS OS GASTOS DESPENDIDOS PELO MUNICÍPIO COM AS FESTIVIDADES DE CARNAVAL OCORRIDAS NO ANO DE 2018._x000D_
 		_x000D_
 </t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1009/1009_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1009/1009_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. SOLICITAR QUE SEJA REQUERIDO DO CHEFE DO PODER EXECUTIVO DE BONFINÓPOLIS DE MINAS, A EXTENSÃO DE REDE ELÉTRICA NAS SEGUINTES RUAS DE NOSSA CIDADE: RUA SANTA CRUZ, PRÓXIMO DA CAPUL; RUA VEREADOR JOÃO DA PALMA PRÓXIMO AO CLUB DA MELHOR IDADE; RUA ANTÔNIO LABOISSIERE, FUNDO DO DER E PRÓXIMO A SERRARIA DE DEUZIMAR NA MESMA RUA; RUA JOÃO RODRIGUES LOPES, PRÓXIMO Nº 81 BEM COMO EM OUTROS PONTOS QUE NECESSITA EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1000/1000_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1000/1000_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUER AO PREFEITO SEJA PRORROGADA A DATA DE VALIDADE DO ÚLTIMO CONCURSO REALIZADO PELO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, UMA VEZ QUE EXISTEM INÚMEROS CANDIDATOS APROVADOS DENTRO DO NÚMERO DE VAGAS E, COM A PRORROGAÇÃO, ALÉM DE RESPEITAR O DIREITO DE TAIS CANDIDATOS, CERTAMENTE REPRESENTARÁ ECONOMIA PARA O MUNICÍPIO, UMA VEZ QUE NÃO HAVERÁ NECESSIDADE DE REALIZAR NOVO CONCURSO PARA TAIS CARGOS DURANTE O PERÍODO EM QUE VIGORAR A PRORROGAÇÃO._x000D_
 </t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1001/1001_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1001/1001_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A VEREADORA QUE ESTA SUBSCREVE, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUER AO PREFEITO SEJA ENCAMINHADO PROJETO DE LEI A ESTA CASA, MODIFICANDO O ESTATUTO DOS SERVIDORES PÚBLICOS MUNICIPAIS, A FIM DE AMPLIAR O PERÍODO DESTINADO À LICENÇA MATERNIDADE PARA 180 (CENTO E OITENTA) DIAS._x000D_
 _x000D_
 		COMO SE SABE, A LICENÇA MATERNIDADE É UM DIREITO FUNDAMENTAL, PREVISTO NO ARTIGO 7º, INCISO XVIII DA CONSTITUIÇÃO FEDERAL._x000D_
 _x000D_
  A SOCIEDADE BRASILEIRA DE PEDIATRIA ENCAMPOU VERDADEIRA CAMPANHA A FIM DE DILATAR O PERÍODO DE LICENÇA MATERNIDADE, DEMONSTRANDO QUE OS 6 (SEIS) PRIMEIROS MESES SÃO FUNDAMENTAIS E INSUBSTITUÍVEIS PARA O CRESCIMENTO E DESENVOLVIMENTO DAS CRIANÇAS, EVITANDO INCLUSIVE DOENÇAS. POR TAL RAZÃO FOI REALIZADO, PELA SOCIEDADE, O MOVIMENTO QUE DEU ORIGEM ÀS MUDANÇAS NAS LEGISLAÇÕES NO ÂMBITO FEDERAL, ESTADUAL E MUNICIPAL._x000D_
 </t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1004/1004_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1004/1004_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUER AO PREFEITO SEJA REALIZADA A TROCA DO &amp;#8220;MATA-BURRO&amp;#8221; EM ESTRADA VICINAL, LOCALIZADO NO TRECHO QUE LIGA AS COMUNIDADES SACO DA ROÇA A CANABRAVA, LOGO APÓS A PONTE MOLHADA DO MATO FEIJÃO, APÓS A ENTRADA DA RESIDÊNCIA DO SENHOR MANOEL BISPO. REGISTRO QUE O MENCIONADO TRECHO É UTILIZADO PARA TRANSPORTE ESCOLAR E O &amp;#8220;MATA-BURRO&amp;#8221; ENCONTRA-SE QUEBRADO.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1005/1005_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1005/1005_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER QUE APÓS APROVAÇÃO DO PLENÁRIO SEJA ENCAMINHADO O REQUERIMENTO AO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, COM CÓPIA AO ILUSTRÍSSIMO SECRETÁRIO MUNICIPAL DE OBRAS, CARLOS BRAGA E SILVA, SOLICITANDO PROVIDÊNCIAS NO SENTIDO DE PATROLAR E  CASCALHAR A ESTRADA MUNICIPAL QUE DÁ ACESSO A PROPRIEDADE DO SENHOR MARCINHO NAZÁRIO.  O PATROLAMENTO DESSA ESTRADA BENEFICIARÁ OS SEGUINTES FAZENDEIROS: ARMANDO TAVARES, ZÉ BRANCO, ZÉ NAZÁRIO,  NAZARÉ NAZÁRIO, JOÃO PAULO NAZÁRIO E MARCINHO NAZÁRIO. VALE RESSALTAR QUE A MENCIONADA ESTRADA É ESCOAMENTO DA PRODUÇÃO LEITEIRA.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>Geraldo de Henrique, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1006/1006_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1006/1006_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER QUE APÓS APROVAÇÃO DO PLENÁRIO SEJA ENCAMINHADO O REQUERIMENTO AO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, SOLICITANDO A CONSTRUÇÃO DE UMA PASSARELA AÉREA NA ENTRADA DA CIDADE SENTIDO BRASILÂNDIA  DE MINAS, LIGANDO A RUA PADRE CHIQUINHO A AVENIDA ARGEMIRO BARBOSA DA SILVA ( LUGAR DENOMINADO CAVA).</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1007/1007_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1007/1007_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 	O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER QUE APÓS APROVAÇÃO DO PLENÁRIO SEJA ENCAMINHADO O REQUERIMENTO AO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, SOLICITANDO INSTALAÇÃO DE QUATRO POSTE COM LUMINÁRIA NA PRAÇA ARISTÓTELES ANTÔNIO DA MOTA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1008/1008_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1008/1008_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER QUE APÓS APROVAÇÃO DO PLENÁRIO SEJA ENCAMINHADO O REQUERIMENTO AO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, SOLICITANDO PATROLAMENTO E CASCALHAMENTO DA ESTRADA QUE DÁ ACESSO A PROPRIEDADE DO SENHOR SILVIO VIEIRA DA COMUNIDADE DE RIACHO DA LAGOA.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>Reginaldo Palma, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1011/ccf_000135.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1011/ccf_000135.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADOS, REGIMENTALMENTE APOIADOS, VÊM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUEREREM QUE APÓS APROVAÇÃO DO PLENÁRIO SEJA ENCAMINHADO O REQUERIMENTO AO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, SOLICITANDO CERCAMENTO DE NASCENTES DOS SEGUINTES CÓRREGOS: RIACHO DAS PEDRAS, SACO DA ROÇA E ARROZAL, TODAS NO MUNICÍPIO DE BONFINÓPOLIS DE MINAS.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1012/1012_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1012/1012_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUER AO PREFEITO SEJAM PRESTADAS INFORMAÇÕES A RESPEITO DO VEÍCULO CITROEN AIRCROSS QUE FOI DOADO POR MEIO DE EMENDA PARLAMENTAR DO DEPUTADO FEDERAL REGINALDO LOPES NO ANO DE 2017. EMBORA O VEÍCULO TENHA SIDO REPASSADO AO MUNICÍPIO EM MEADOS DE AGOSTO DE 2017, ATÉ A PRESENTE DATA NÃO FOI ENCAMINHADO PARA O CONSELHO TUTELAR.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>Robinho da Cruz, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1013/1013_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1013/1013_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ASSINADOS, REGIMENTALMENTE APOIADOS, VEM À R. PRESENÇA DE V. EXCIA. REQUERER DO PODER EXECUTIVO QUE FAÇA RECAPEAMENTO OU OPERAÇÃO TAPA BURACO NAS RUAS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1014/1014_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1014/1014_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE SUBSCREVEM, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUERES AO PREFEITO INFORMAÇÕES A RESPEITO DA VERBA REFERENTE A EMENDA PARLAMENTAR DESTINADA À PAVIMENTAÇÃO ASFÁLTICA DE PARTE DA RUA BELO HORIZONTE, COMPREENDENDO O TRECHO DO CRUZAMENTO COM A RUA SEVERIANO MARRA, SOBRETUDO SE O VALOR RELACIONADO À EMENDA FOI EFETIVAMENTE DEPOSITADO EM ALGUMA CONTA BANCÁRIA PERTENCENTE AO MUNICÍPIO._x000D_
 _x000D_
 		SOLICITO TAMBÉM SEJA ENCAMINHADA CÓPIA DO CONVÊNIO OU DOCUMENTO EQUIVALENTE, BEM COMO O VALOR TOTAL DA EMENDA._x000D_
 </t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>Zezinho Despachante, Robinho da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1015/1015_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1015/1015_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUER AO PREFEITO SEJA ENCAMINHADA RELAÇÃO CONTENDO NOME, CARGO OCUPADO, CARGA HORÁRIA, REMUNERAÇÃO DISCRIMINADA (INCLUSIVE HORAS EXTRAS) DE TODOS OS SERVIDORES, COMISSIONADOS E EFETIVOS, QUE ATUAM NA SECRETARIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1016/1016_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1016/1016_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS,  E ATENDENDO SOLICITAÇÕES DE PARTE DOS NOSSOS MUNÍCIPES, REQUER QUE APÓS OUVIDO O PLENÁRIO SEJA REQUERIDO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, A LIMPEZA DA BEIRA DO RIO DAS ALMAS ESPECIFICAMENTE NO LOCAL CONHECIDO COMO RIO DA _x000D_
 VILMA. SOLICITO AINDA A RECUPERAÇÃO DO INICIO DA RUA SÃO JOSÉ QUE DÁ ACESSO AO REFERIDO RIO._x000D_
 		_x000D_
 </t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>Zé Lúcio, Reginaldo Palma</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1017/1017_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1017/1017_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES ABAIXO ASSINADOS, REGIMENTALMENTE APOIADOS, VEEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA. REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE FAZEREM A TROCA DE DOIS MATA-BURROS, QUE SE ENCONTRAM EM CONDIÇÕES PRECÁRIAS. AMBOS LOCALIZADOS NA COMUNIDADE RIACHO DA CALDA NA PROPRIEDADE DO SENHOR VANDERLEY METRALHA E OUTRO NA DIVISA DA FAZENDA DO SENHOR VANDERLEY METRALHA COM O SENHOR JACÓ VIEIRA.                                                                                                                               </t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1018/1018_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1018/1018_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUER AO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, QUE SEJA COLOCADO PLACA INDICATIVA COM O NOME DO SENHOR LUCIO DE OLIVEIRA DOS SANTOS, NA PRAÇA CONHECIDA COMO PRAÇA DA ACADEMIA, NO BAIRRO FREI HUMBERTO._x000D_
 		NA OPORTUNIDADE ENCAMINHO A VOSSA A LEI 1020/2010, QUE FEZ A DENOMINAÇÃO DA MENCIONADA PRAÇA._x000D_
 _x000D_
 	_x000D_
 </t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
     <t>Geraldo de Henrique</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1021/1021_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1021/1021_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS,  PROVIDÊNCIAS NO SENTIDO DE REALIZAR O SERVIÇO DE  PATROLAMENTO E CASCALHAMENTO  DA ESTRADA MUNICIPAL QUE LIGA OS FAZENDEIROS LINDOMAR AZEVEDO, MARIA DA GRAÇAS  BRAGA SANTOS E O SENHOR PAULO MELGAÇO. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1022/1022_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1022/1022_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIAR CRITÉRIOS ISONÔMICOS E ARQUITETÔNICOS PARA MANUTENÇÃO E CONSTRUÇÃO DE CARNEIRAS E/OU OBRAS NO CEMITÉRIO LOCAL. </t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>Zezinho Despachante, Célia Morais, Geraldo de Henrique, Robinho da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1023/1023_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1023/1023_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTA SUBSCREVE VEM, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUERER AO PREFEITO SEJA PROVIDENCIADO VEÍCULO E O RESPECTIVO VENENO PARA REALIZAÇÃO DO CHAMADO &amp;#8220;FUMACÊ&amp;#8221; EM TODAS AS RUAS DA CIDADE, PARA COMBATE A INÚMERAS MOSCAS, SOBRETUDO AEDES AEGYPTI, ZIKA E CHIKUNGUNYA._x000D_
 _x000D_
 		REGISTRE-SE, POR FIM, QUE A MEDIDA É NECESSÁRIA NA CIDADE INTEIRA, UMA VEZ QUE ATUALMENTE O MUNICÍPIO ADOTA A PRÁTICA DE UTILIZAR A MEDIDA SOMENTE EM PONTOS LOCALIZADOS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>Pafúncio Brandão</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1027/1027_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1027/1027_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER QUE APÓS APROVAÇÃO DO PLENÁRIO SEJA ENCAMINHADO O REQUERIMENTO AO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, SOLICITANDO A CONSTRUÇÃO DE QUEBRA-MOLAS E FAIXA DE PEDESTRE NA RUA PADRE CHIQUINHO E NA AVENIDA TENENTE JOÃO BISPO PRÓXIMO DA APAE &amp;#8211; ASSOCIAÇÃO DE PAIS E AMIGOS DE EXCEPCIONAIS DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS.  </t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1028/1028_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1028/1028_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADOS, REGIMENTALMENTE APOIADOS, E A PEDIDO DOS MORADORES DA COMUNIDADE SANTA MARIA, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA SOLICITAR QUE APÓS APROVADO EM PLENÁRIO, SOLICITE DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE REFORMAR A PONTE SOBRE O CÓRREGO SANTO ANDRÉ, LOCALIZADA NA PROPRIEDADE DO SENHOR SEBASTIÃO DO BOI COMUNIDADE SANTA MARIA.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1030/1030_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1030/1030_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUER AO PREFEITO SEJA REALIZADO ESTUDO QUE ADUZ O ARTIGO 14, INCISO II DA LEI DE RESPONSABILIDADE FISCAL, PARA QUE SEJA CONCEDIDA ISENÇÃO TRIBUTÁRIA AOS IDOSOS DESTE MUNICÍPIO NO QUE DIZ RESPEITO AO PAGAMENTO DO IPTU._x000D_
 _x000D_
 		REGISTRE-SE QUE TAL MEDIDA VEM SENDO TOMADA EM DIVERSAS CIDADES E TRATA-SE DE QUESTÃO SALUTAR, POIS ALÉM DE DAR EFETIVIDADE AOS DIREITOS GARANTIDOS PELO ESTATUTO DO IDOSO, CERTAMENTE SERÁ MAIS UM MECANISMO A CONTRIBUIR, AINDA QUE MINIMAMENTE, PARA MELHORIA DE VIDA DAS PESSOAS QUE SE ENCONTRAM NESTA FAIXA ETÁRIA._x000D_
 _x000D_
 		REGISTRE-SE, ILUSTRE PREFEITO, QUE AVIAMOS O PRESENTE PEDIDO DE ESTUDO, POR ENTENDER QUE TAL ATRIBUIÇÃO CABE AO CHEFE DO EXECUTIVO, MORMENTE PARA QUE NÃO SEJA SURPREENDIDO COM MEDIDA ATRIBUÍDA POR ESTA CASA SEM QUALQUER PARTICIPAÇÃO DE TAL PODER._x000D_
 _x000D_
 		REGISTRE-SE, POR FIM, QUE, POR SE TRATAR DE COMPETÊNCIA CONCORRENTE, TÃO LOGO SEJA DISPONIBILIZADO TAL ESTUDO, ESTE VEREADOR FARÁ PROPOSIÇÃO DE PROJETO DE LEI CRIANDO A ISENÇÃO TRIBUTÁRIA AOS IDOSOS OU, CASO VOSSA EXCELÊNCIA ENTENDA POR BEM, TAMBÉM POSTULAMOS QUE O PODER EXECUTIVO ENCAMINHE PROJETO DE LEI REFERENTE À MATÉRIA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>Robinho da Cruz, Célia Morais, Geraldo de Henrique, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1031/1031_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1031/1031_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTES SUBSCREVEM, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUEREM AO PREFEITO SEJA ENCAMINHADA A ESTA CASA TODA DOCUMENTAÇÃO REFERENTE À FILIAÇÃO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS À ASSOCIAÇÃO MINEIRA DE MUNICÍPIOS, QUE SE DEU A PARTIR DE 1º DE JANEIRO DE 2012, CONTENDO INCLUSIVE COMPROVANTES DE PAGAMENTO, NOTAS DE EMPENHO, FORMALIZAÇÃO DA FILIAÇÃO E OUTROS QUE PORVENTURA TENHAM SIDO FIRMADOS NESTE PERÍODO.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1032/1032_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1032/1032_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, E ATENDENDO SOLICITAÇÕES DOS MORADORES DA COMUNIDADE SÃO PEDRO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIA NO SENTIDO DE REALIZAR O SERVIÇO DE PATROLAMENTO E CASCALHAMENTO DA ESTRADA MUNICIPAL DA COMIDADE SÃO PEDRO. TAL SOLICITAÇÃO FAZ NECESSÁRIO, UMA VEZ QUE HAVERÁ FESTA JUNINA NA MENCIONA COMUNIDADE.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1033/1033_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1033/1033_texto_integral.pdf</t>
   </si>
   <si>
     <t>O  VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, E ATENDENDO PEDIDO DO SENHOR BENÍCIO VIEIRA, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER QUE APÓS APROVAÇÃO DO PLENÁRIO SEJA ENCAMINHADO O REQUERIMENTO AO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, SOLICITANDO O LEVANTAMENTO DO MATA-BURRO INSTALADO NA ENTRADA DA FAZENDA MUNDO NOVO DE PROPRIEDADE DA SENHORA ELIANE BORBA, LOCALIZADA A MARGENS DO RIBEIRÃO SANTA CRUZ. SOLICITO AINDA O PATROLAMENTO E CASCALHAMENTO DA ESTRADA QUE INICIA NO MENCIONADO MATA-BURRO ATÉ A SEDE DA FAZENDA</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>Zé Lúcio, Pafúncio Brandão</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1037/1037_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1037/1037_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES ABAIXO ASSINADOS, REGIMENTALMENTE APOIADOS, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUEREREM QUE APÓS APROVAÇÃO DO PLENÁRIO SEJA ENCAMINHADO O REQUERIMENTO AO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, COM CÓPIA AO ILUSTRÍSSIMO SECRETÁRIO MUNICIPAL DE OBRAS, CARLOS BRAGA E SILVA, SOLICITANDO PROVIDÊNCIAS NO SENTIDO DE PATROLAR E  CASCALHAR A ESTRADA MUNICIPAL  DA COMUNIDADE IMBÉ, BEM COMO RECUPERAÇÃO DA PONTE SOBRE O CÓRREGO IMBAÚBA SITUADA NA COMUNIDADE ACIMA CITADA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1040/1040_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1040/1040_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUER AO PREFEITO SEJA REALIZADA A OBRA DE OPERAÇÃO TAPA BURACOS NO ASSOALHO DA PONTE MOLHADA NO CÓRREGO IMBAÚBA PRÓXIMO A FAZENDA DO SENHOR RAFAEL  CAMILO, ENTRE AS COMUNIDADES IMBÉ E RIACHO DA LAGOA. TAL SOLICITAÇÃO SE FAZ NECESSÁRIO DEVIDO AO TAMANHO DO BURACO EXISTENTE NA REFERIA PONTE, SEM CONTAR QUE A NÃO SOLUÇÃO DO PROBLEMA ACABA COLOCANDO EM RISCO A VIDA DAS PESSOAS QUE TRAFEGAM SOBRE A MESMA. DIANTE O EXPOSTO SOLICITO URGÊNCIA NA REALIZAÇÃO DA OBRA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1041/1041_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1041/1041_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, NOS TERMOS DO ARTIGO 209, INCISO XI DO REGIMENTO INTERNO, REQUER AO PREFEITO SEJA DISPONIBILIZADO VEÍCULO TIPO VAN PARA CONDUÇÃO DOS CIDADÃOS BONFINOPOLITANOS QUE PRETENDEM REALIZAR DOAÇÃO DE SANGUE ATÉ A CIDADE DE PATOS DE MINAS._x000D_
 		COMO SE SABE, INÚMEROS PACIENTES DE NOSSA CIDADE SÃO ATENDIDOS NA REGIONAL DE PATOS DE MINAS, RAZÃO PELA QUAL A DOAÇÃO PARA AQUELA CIDADE É MEDIDA IMPORTANTE._x000D_
 		POR FIM, CONSIGNO A IMPORTÂNCIA EM ATENDER A PRESENTE DEMANDA, POIS DOAR SANGUE É UM ATO ALTRUÍSTA E DE SOLIDARIEDADE QUE PODE SALVAR VIDAS._x000D_
 	_x000D_
 </t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1042/1042_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1042/1042_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">	O VEREADOR QUE ESTA SUBSCREVE, NOS TERMOS DO ARTIGO 209, INCISO XI DO REGIMENTO INTERNO, REQUER AO PREFEITO PARA QUE SEJA REAVALIADO O VALOR ATRIBUÍDO AO TICKET FEIRA OU O NÚMERO DE TICKETS DISTRIBUÍDOS AOS SERVIDORES, A FIM DE MELHORAR O PODER DE COMPRA DOS MESMOS._x000D_
 	_x000D_
 </t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>O vereador que este subscreve vem, à r. presença de Vossa Excelência, com fundamento no  Regimento Interno, requerer ao Prefeito do Município de Bonfinópolis de Minas, após aprovado pelo plenário e por intermédio da Mesa Diretora, solicitar a construção na praça Antônio Mario de Oliveira Pombo, uma quadra de areia para a prática de peteca e futebol. Tal solicitação faz necessário, pois sempre presencio as nossas crianças jogando bola dentro do parquinho de diversões, e isso acaba destruindo os brinquedos existentes.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1048/46-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1048/46-2018.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve vem, à r. presença de Vossa Excelência, com fundamento no  Regimento Interno, requerer ao Prefeito do Município de Bonfinópolis de Minas, após aprovado pelo plenário e por intermédio da Mesa Diretora, solicitar a construção de nova ponte sobre o córrego sapateiro localizado  na estrada que liga Bonfinópolis à Comunidade Saco da Roça, solicito ainda que seja patrolada e cascalhado onde fizer necessário a estrada que da acesso a Comunidade Canabrava via Saco da Roça.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1049/requerimento_48-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1049/requerimento_48-2018.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado, vem à respeitável presença de Vossa Excelência requerer que após aprovação do plenário seja encaminhado o requerimento ao Excelentíssimo senhor Prefeito do Município de Bonfinópolis de Minas, solicitando a construção de quebra-molas nas seguintes ruas: Belo Horizonte em frente o Parque de exposição, Rua Severiano Marra, no fundo do Parque de Exposição até as proximidades do bar do Zé Eduardo e Rua Acre, no fundo do Galpão de Obras. Solicito ainda que seja sinalizado todos os quebra-molas existentes no perímetro urbano, inclusive os  que serão construídos.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, nos termos regimentais, vem a respeitável presença de Vossa Excelência solicitar, que após ouvido o Plenário, seja requerido do Excelentíssimo Senhor Prefeito do Município de Bonfinópolis de Minas, providências no sentido reformar a ponte sobre o córrego Riacho da Porteira, na Comunidade Santa Maria, que da acesso a propriedade do senhor Diocleciano ( Dozinho) e Dona Adélia Brandão,  pois a mesma, da forma que se encontra, coloca em risco a vida de quem por ela trafega.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>Robinho da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1052/requerimento_49-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1052/requerimento_49-2018.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado, vem à r. presença de V. Excia. requerer do Poder Executivo que faça o patrolamento e cascalhamento da estrada municipal que dá acesso ao espolio do Senhor Petronilo Pereira Martins, estrada essa que é usada para escoamento de leite.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1053/requerimento_50-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1053/requerimento_50-2018.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, nos termos do artigo 209, inciso XI, do Regimento Interno, requer ao Prefeito sejam estabelecidos novos fomentos, seja em forma de contrapartida salarial ou benefícios, tais como vale refeição, auxilio moradia, à médica cubana Graciella Castells._x000D_
 _x000D_
 		O trabalho que a mencionada médica presta à comunidade é reconhecido, seja pelos usuários do sistema de saúde, seja pela sociedade organizada._x000D_
 _x000D_
 		Chegou ao conhecimento deste vereador que a mesma percebe apenas R$2.500,00 (dois mil e quinhentos reais) a título de contrapartida, o que é deveras insuficiente para uma profissional de tal nível._x000D_
 _x000D_
 		Em uma pesquisa rápida e informal em outros municípios da região, verificou-se que a contrapartida paga aos profissionais cubanos é maior, de modo que em determinados Municípios chega a R$4.000,00 (quatro mil reais)_x000D_
 _x000D_
 		Desta forma, valho-me do presente, a fim de requerer a Vossa Excelência que analise a questão, melhorando as condições de trabalho da médica acima descrita, o que certamente atenderá ao interesse público, pois acarretará melhora no atendimento aos cidadãos e satisfação profissional. Para maiores esclarecimentos segue em anexo o INFORME MAIS MEDICOS._x000D_
 _x000D_
 		Caso haja necessidade de encaminhar projeto de lei a esta casa ou de qualquer outra medida, este vereador se coloca à disposição.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1054/requerimento_51-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1054/requerimento_51-2018.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, nos termos do artigo 209, inciso XI, do Regimento Interno, requer ao Prefeito, que informe esta Casa de Leis,  porque da não execução do projeto de implantação de água da Comunidade Canabrava, bem como o porque da não compra da despolpadeira  de frutas da Agricultura Familiar de emenda parlamentar do Deputado André Quintão, uma vez que o recurso já se encontra a mais de três meses na conta do município.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, regimentalmente apoiados, vem à r. presença de V. Excia. Requererem que solicite do Prefeito do Município de Bonfinópolis de Minas, que através da Secretária da Agricultura, a construção de barraginhas, açudes e curva de nível para beneficiar  todas  Comunidades do nosso município. Solicito ainda que seja elaborado cronograma com cópia para o Poder Legislativo para atender todas as Comunidades do nosso município, Tendo em vista que o Município foi contemplado com uma pá carregadeira recentemente para fomentar a agricultura familiar e produtores rurais.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1056/requerimento_53-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1056/requerimento_53-2018.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, regimentalmente apoiados, vem à respeitável presença de Vossa Excelência, requererem que após ouvido o plenário, seja solicitado do Prefeito do Município de Bonfinópolis de Minas, providências no sentido de colocar placas com identificação das ruas em todo perímetro urbano da nossa cidade.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>Célia Morais</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1057/requerimento_54-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1057/requerimento_54-2018.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, regimentalmente apoiados, vem à r. presença de V. Excia. requererem que após aprovado em Plenário. Seja solicitado do Poder Executivo  providências no sentido de viabilizar forma de dar apoio financeiro a essas casas de apoio existentes em municípios que atende pacientes no tratamento de oncologia.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1058/requerimento_55-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1058/requerimento_55-2018.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, nos termos regimentais, e atendendo solicitações dos moradores da Comunidade Laginha do Boi,  solicita que após ouvido ao plenário, seja requerido do Excelentíssimo Senhor Prefeito Municipal, providencias no sentido de reformar a antiga sede da Escola José Henrique Brandão localizada na  mencionada comunidade. Vale ressaltar que tal solicitação se faz necessário uma vez às paredes encontram com varias rachaduras colocando em risco a estrutura física da sede. Sabemos que atualmente essa sede não funciona como escola, mas é utilizada para reuniões da Associação e serve também como deposito de insumos agrícolas.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1061/requerimento_56-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1061/requerimento_56-2018.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, regimentalmente apoiados vem à respeitável presença de V. Excia, requerem que seja solicitado do Prefeito do Município de Bonfinópolis de Minas,, providências no sentido de instalar mata-burro entre as propriedades dos Senhores:: Zuza Vieira e o espólio de João Damascena na comunidade Imbé.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado, vem à r. presença de V. Excia, requerer que após aprovação pelo plenário seja solicitado do Poder Executivo que ao executar os serviços de barragens, açúdes e curva de nível, que dê prioridade para os produtores de maracujá, e em sequência para os produtores de leite, para incentivá-los.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1083/requerimento_58-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1083/requerimento_58-2018.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, nos termos regimentais, vem a respeitável presença de Vossa Excelência solicitar, que após ouvido o Plenário, seja requerido do Excelentíssimo Senhor Prefeito do Município de Bonfinópolis de Minas, providências no sentido de construir uma ponte molhada sobre o córrego caraíbas que dá acesso a propriedade do Senhor Eliilson Aparecido Rocha, na Comunidade Saco da Roça.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1084/requerimento_59-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1084/requerimento_59-2018.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado, vem à r. presença de V. Excia. requerer do Poder Executivo que faça o patrolamento e cascalhamento da estrada Municipal que dá acesso a propriedade do Senhor Zé do Lau, estrada essa que e usada para transporte escolar.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, nos termos do artigo 209, inciso XI do Regimento Interno, requer que após aprovação do Plenário, seja solicitado do chefe do Poder Executivo, que construa uma ponte de madeira e um mata-burro na estrada da Comunidade Caldeirão próximo a sede da Associação, estrada esta que dá acesso às propriedades das Senhoras Ana Oliveira Brandão, Máxima Ferreira dos Reis e a Comunidade Lages</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1090/requerimento_61-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1090/requerimento_61-2018.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos do artigo 209 inciso XI, do Regimento Interno, requer ao Prefeito que seja encaminhado lista constando os valores das diárias pagas pelo Município de Bonfinópolis de Minas, especificando o montante atribuído a todos os lugares onde ocorrem viagens frequentes inclusive dos cargos comissionados e agentes políticos.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, regimentalmente apoiados, vem à respeitável presença de V. Excia. requererem que seja solicitado do Prefeito do Município de Bonfinópolis de Minas, providências no sentido de patrolar e cascalhar a estrada Municipal da fazenda Vargem Bonita que dá acesso a propriedade do senhor Dede Caetano.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1092/requerimento_63-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1092/requerimento_63-2018.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, regimentalmente apoiados, vem à respeitável presença de V. Excia. requererem que seja solicitado do Prefeito do Município de Bonfinopolis de Minas, providências no sentido de cascalhar a estrada principal da Comunidade de São Pedro, iniciando depois da Ponte sobre o ribeirão Santo André até a estrada do Assa Peixe.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1093/requerimento_64-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1093/requerimento_64-2018.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado, vem à respeitável presença de V. Excia. requerer que seja solicitado do Prefeito do Município de Bonfinópolis de Minas, providências no sentido de instalar mata-burro na Comunidade Saco da Roça que dá acesso as propriedades dos Senhores Gilson Melgaço, Avilmar Melgaço, Joaquim Maria Martins e Juveci Antônio Rocha. Vale ressaltar que a instalação desse mata-burro é necessário uma vez que essa estrada ´´e linha de leite.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1094/requerimento_65-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1094/requerimento_65-2018.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado, vem à respeitável presença de Vossa Excelência requerer que seja recuperado o forro da ponte de madeira sobre o córrego São Francisco próximo a propriedade do Senhor Rafael Botelho, localizada na comunidade Imbé.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1095/requerimento_66-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1095/requerimento_66-2018.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos do artigo 209, inciso XI, do Regimento Interno, requer que após aprovação pelo plenário seja solicitado do Prefeito Donizete Antônio dos Santos a construção de uma ponte molhada no córrego grotão, Comunidade Riacho da Calda, próximo a casa do Senhor Sebastião Muniz.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1096/requerimento_67-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1096/requerimento_67-2018.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado, vem à respeitável presença de Vossa Excelência requerer que seja recuperado o forro da ponte de madeira sobre o córrego Ribeirão das Almas, na estrada que liga as Comunidades Lagoa e Caldeirão, próximo a propriedade da Senhora Joaninha da Lagoa.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1097/requerimento_68-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1097/requerimento_68-2018.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, nos termos regimentais, vem a respeitável presença de Vossa Excelência solicitar, que após ouvido o Plenário, seja requerido do Excelentíssimo Senhor prefeito do Município de Bonfinópolis de Minas, providências no sentido de ampliar e fazer manutenção no parquinho localizado na Praça Antônio Mario de Oliveira Pombo no bairro Arrozal, bem como no parquinho da Praça Lúcio Oliveira Santos, localizado no bairro Frei Humberto.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Robinho da Cruz, Reginaldo Palma, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1098/requerimento_69-2018_.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1098/requerimento_69-2018_.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscreve, nos termos do Regimento Interno desta casa, requerem ao Prefeito que sejam encaminhado a esta casa cópia dos contratos de concessões celebrados entre o Município de Bonfinópolis de Minas com Companhia de Saneamento de Água - COPASA  MG, no ano de 2018.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1101/requerimento_70-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1101/requerimento_70-2018.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado, vem à respeitável presença de Vossa Excelência requerer que após aprovação do plenário seja encaminhado o requerimento ao Excelentíssimo senhor Prefeito do Município de Bonfinópolis de Minas, solicitando que seja asfaltado ou bloquetado a área externa da Sede da ADABEM (Associação Damas do Bem), ou que interceda junto aos órgãos competentes no intuito de beneficiar essa Associação que muito tem feito para os menos necessitados do nosso Município.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1102/requerimento_71-2018.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1102/requerimento_71-2018.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, nos termos regimentais, e atendendo solicitações de parte de nossos munícípes, requer que após ouvido o Plenário seja requerido do Prefeito do Município de bonfinópolis de Minas, que seja instalado no nosso Município bueiros inteligentes, conhecidos também como bueiro ecológico ou cestos para bueiros.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1103/requerimento_72-2018........pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1103/requerimento_72-2018........pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, regimentalmente apoiado vem à respeitável presença de Vossa Excelência requerer que após aprovação do plenário seja encaminhado o requerimento ao Excelentíssimo senhor Prefeito do Município de Bonfinópolis de Minas, solicitando que sejam instaladas com a máxima urgência, lâmpadas de emergência na Unidade Básica de Saúde, para garantir atendimento básico de saúde em caso de interrupção da energia no período da noite.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1104/requerimento_73-2018_.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1104/requerimento_73-2018_.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, nos termos regimentais, vem a respeitável presença de Vossa Excelência solicitar, que após ouvido o Plenário, seja requerido do Excelentíssimo Senhor Prefeito do Município de Bonfinópolis de Minas, providência no sentido de cascalhar a estrada municipal que dá acesso a propriedade do Senhor Claudio Onor da Siva Alves, na Comunidade Santa Maria, pois esta é a linha de leite e no período chuvoso o caminhão fica impossibilitado de trafegar devido às condições precárias da mesma. Dessa forma solicito maior brevidade no atendimento uma vez que o senhor Cláudio Onor fez alto investimento para escoação do seu leite.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2078,67 +2078,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/985/985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1111/ata_3_reuniao_especial_2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1038/1038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1003/1003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1029/1029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/971/971_texto_integral.zip" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/972/972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/973/973_texto_integral.zip" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/974/974_texto_integral.zip" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/980/980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/981/981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/982/982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/983/983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/998/998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/999/999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1010/1010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1019/1019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1020/1020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1024/1024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1025/1025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1036/1036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1034/1034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1035/1035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1039/1039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1043/1043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1044/1044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1045/1045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1046/projeto_de_lei_-_cessao_e_permuta_de_servidores.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1051/pl_25-2018_alteracao_lei_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1063/pl_27-2018_denominacao_de_estradas.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1064/pl_28-2018_.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1068/pl_32-2018_denomina_estrada_municipal_jose_luiz_brandao.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1069/pl_33-2018_estrada_municipal_jose_alves_ferreir_W38VaxL.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1070/pl_34-2018_estrada_municipal_noraldino_luiz_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1071/pl_35-2018_estrada_municipal_miguel_jose_pio.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1072/pl_36-2018_estrada_municipal_prefeito_jose_alve_qqqpZjc.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1073/pl_37-2018_estrada_municipal_dona_nacleta_luiz_brandao.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1074/pl_38-2018_denomina_estrada_municipal_bertolina_K1FAno8.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1075/pl_39-2018_denomina_estrada_municipal_alexandre_VqSqLEs.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1076/pl_40-2018_denomina_estrada_municipal_alceu_sev_kDHooEl.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1077/pl_41-2018_denomina_estrada_municipal_ricardo_l_Rk6nCyt.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1078/pl_42-2018_denomina_estrada_municipal_vice-pref_M3F6OIN.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1079/pl_43-2018_denomina_estrada_municipal_prefeito__vfBFiF2.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1080/pl_44-2018_denomina_estrada_municipal_miguel_lu_RmGXpsD.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1081/pl_45-2018_denomina_estrada_municipal_manoel_vi_W7jO8IR.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1082/pl_46-2018_denomina_estrada_municipal_joaquim_g_aMXrd6F.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1086/pl_47-2018_estima_a_receita_e_fixa_a_despesa_2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1087/pl_48-2018.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1088/pl_49-2018.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1089/pl_50-2018_circo_itinerante.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1099/51-2018.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1100/pl_52-2018.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1106/pl_53-2018.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1107/pl_54-2018.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1108/pl_55-2018.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1109/pl_56-2018.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1110/pl_57-2018.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1112/pl_58-2018.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1113/pl_59-2018.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1002/1002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1059/pr_02-2018_-_altera_regimento_interno_1.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/984/984_texto_integral.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/975/975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/976/976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/977/977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/978/978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/986/986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/987/987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/988/988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/989/989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/990/990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/992/992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/993/993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/994/994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/995/995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/996/996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/997/997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1009/1009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1000/1000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1001/1001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1004/1004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1005/1005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1006/1006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1007/1007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1008/1008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1011/ccf_000135.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1012/1012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1013/1013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1014/1014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1015/1015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1016/1016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1017/1017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1018/1018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1021/1021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1022/1022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1023/1023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1027/1027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1028/1028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1030/1030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1031/1031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1032/1032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1033/1033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1037/1037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1040/1040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1041/1041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1042/1042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1048/46-2018.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1049/requerimento_48-2018.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1052/requerimento_49-2018.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1053/requerimento_50-2018.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1054/requerimento_51-2018.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1056/requerimento_53-2018.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1057/requerimento_54-2018.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1058/requerimento_55-2018.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1061/requerimento_56-2018.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1083/requerimento_58-2018.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1084/requerimento_59-2018.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1090/requerimento_61-2018.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1092/requerimento_63-2018.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1093/requerimento_64-2018.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1094/requerimento_65-2018.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1095/requerimento_66-2018.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1096/requerimento_67-2018.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1097/requerimento_68-2018.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1098/requerimento_69-2018_.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1101/requerimento_70-2018.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1102/requerimento_71-2018.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1103/requerimento_72-2018........pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1104/requerimento_73-2018_.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/985/985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1111/ata_3_reuniao_especial_2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1038/1038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1003/1003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1029/1029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/971/971_texto_integral.zip" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/972/972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/973/973_texto_integral.zip" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/974/974_texto_integral.zip" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/980/980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/981/981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/982/982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/983/983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/998/998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/999/999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1010/1010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1019/1019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1020/1020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1024/1024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1025/1025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1036/1036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1034/1034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1035/1035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1039/1039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1043/1043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1044/1044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1045/1045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1046/projeto_de_lei_-_cessao_e_permuta_de_servidores.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1051/pl_25-2018_alteracao_lei_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1063/pl_27-2018_denominacao_de_estradas.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1064/pl_28-2018_.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1068/pl_32-2018_denomina_estrada_municipal_jose_luiz_brandao.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1069/pl_33-2018_estrada_municipal_jose_alves_ferreir_W38VaxL.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1070/pl_34-2018_estrada_municipal_noraldino_luiz_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1071/pl_35-2018_estrada_municipal_miguel_jose_pio.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1072/pl_36-2018_estrada_municipal_prefeito_jose_alve_qqqpZjc.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1073/pl_37-2018_estrada_municipal_dona_nacleta_luiz_brandao.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1074/pl_38-2018_denomina_estrada_municipal_bertolina_K1FAno8.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1075/pl_39-2018_denomina_estrada_municipal_alexandre_VqSqLEs.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1076/pl_40-2018_denomina_estrada_municipal_alceu_sev_kDHooEl.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1077/pl_41-2018_denomina_estrada_municipal_ricardo_l_Rk6nCyt.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1078/pl_42-2018_denomina_estrada_municipal_vice-pref_M3F6OIN.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1079/pl_43-2018_denomina_estrada_municipal_prefeito__vfBFiF2.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1080/pl_44-2018_denomina_estrada_municipal_miguel_lu_RmGXpsD.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1081/pl_45-2018_denomina_estrada_municipal_manoel_vi_W7jO8IR.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1082/pl_46-2018_denomina_estrada_municipal_joaquim_g_aMXrd6F.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1086/pl_47-2018_estima_a_receita_e_fixa_a_despesa_2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1087/pl_48-2018.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1088/pl_49-2018.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1089/pl_50-2018_circo_itinerante.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1099/51-2018.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1100/pl_52-2018.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1106/pl_53-2018.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1107/pl_54-2018.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1108/pl_55-2018.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1109/pl_56-2018.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1110/pl_57-2018.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1112/pl_58-2018.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1113/pl_59-2018.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1002/1002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1059/pr_02-2018_-_altera_regimento_interno_1.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/984/984_texto_integral.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/975/975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/976/976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/977/977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/978/978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/986/986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/987/987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/988/988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/989/989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/990/990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/992/992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/993/993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/994/994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/995/995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/996/996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/997/997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1009/1009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1000/1000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1001/1001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1004/1004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1005/1005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1006/1006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1007/1007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1008/1008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1011/ccf_000135.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1012/1012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1013/1013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1014/1014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1015/1015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1016/1016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1017/1017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1018/1018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1021/1021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1022/1022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1023/1023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1027/1027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1028/1028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1030/1030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1031/1031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1032/1032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1033/1033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1037/1037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1040/1040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1041/1041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/1042/1042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1048/46-2018.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1049/requerimento_48-2018.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1052/requerimento_49-2018.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1053/requerimento_50-2018.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1054/requerimento_51-2018.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1056/requerimento_53-2018.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1057/requerimento_54-2018.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1058/requerimento_55-2018.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1061/requerimento_56-2018.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1083/requerimento_58-2018.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1084/requerimento_59-2018.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1090/requerimento_61-2018.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1092/requerimento_63-2018.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1093/requerimento_64-2018.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1094/requerimento_65-2018.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1095/requerimento_66-2018.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1096/requerimento_67-2018.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1097/requerimento_68-2018.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1098/requerimento_69-2018_.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1101/requerimento_70-2018.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1102/requerimento_71-2018.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1103/requerimento_72-2018........pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/1104/requerimento_73-2018_.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H142"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="135" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="144" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="143.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>