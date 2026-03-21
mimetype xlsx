--- v0 (2026-01-19)
+++ v1 (2026-03-21)
@@ -54,1839 +54,1839 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
     <t>Partido dos Trabalhadores</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/966/966_texto_integral.zip</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/966/966_texto_integral.zip</t>
   </si>
   <si>
     <t xml:space="preserve">COMUNICO A VOSSA EXCELÊNCIA QUE, NOS TERMOS DO § 1O DO ART. 64 DA LEI ORGÂNICA MUNICIPAL, DECIDI VETAR PARCIALMENTE, POR CONTRARIEDADE AO INTERESSE PÚBLICO, O PROJETO DE LEI NO 15, DE 2017, DE AUTORIA DA CÂMARA MUNICIPAL, QUE &amp;#8220;ALTERA A DENOMINAÇÃO DAS RUAS A, B, C, D E RUAS 6, 7 E 10 DO CONJUNTO HABITACIONAL DONA MARIQUITA&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/836/836_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/836/836_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE CARGO COMISSIONADO QUE MENCIONA NA ESTRUTURA ADMINISTRATIVA DA SECRETARIA MUNICIPAL DE FAZENDA DA PREFEITURA MUNICIPAL DE BONFINÓPOLIS DE MINAS - MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/862/862_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/862/862_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A REESTRUTURAÇÃO DO FUNDO MUNICIPAL DE SAÚDE - FMS, REVOGA A LEI MUNICIPAL Nº 416/1991 E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Reginaldo Palma</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/873/873_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/873/873_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ATENDIMENTO A USUÁRIO EM ESTABELECIMENTO BANCÁRIO E DEMAIS INSTITUIÇÕES FINANCEIRAS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/874/874_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/874/874_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL E ANUAL SOBRE A REMUNERAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS, CONFORME DISPÕE O ART. 37, INCISO X, DA CONSTITUIÇÃO FEDERAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/875/875_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/875/875_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA TABELA DE VALORES CONSTANTES NO ANEXO III DA LEI Nº 1.065, DE 26 DE JUNHO DE 2012, QUE &amp;#8220;REESTRUTURA O PLANO DE CARREIRA DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/890/890_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/890/890_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVISA REMUNERAÇÃO DOS SERVIDORES DO PODER LEGISLATIVO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/904/904_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/904/904_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A CELEBRAR CONTRATO DE PATROCÍNIO E A APOIAR O SINDICATO  DOS PRODUTORES RURAIS DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS - MG PARA REALIZAÇÃO DA EXPOSIÇÃO AGROPECUÁRIA DO ANO DE 2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/910/910_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/910/910_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA INCLUSÃO DE FONTES DE RECURSOS EM DOTAÇÕES DO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Partido dos Trabalhadores, Prefeito do Município de Bonfinópolis de Minas</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/911/911_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/911/911_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2018 E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/916/916_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/916/916_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO ÚNICO DA LEI Nº 1.136, DE 19 DE DEZEMBRO DE 2014, QUE INSTITUI GRATIFICAÇÃO ESPECÍFICA DE APOIO TÉCNICO ADMINISTRATIVO E TÉCNICO-OPERACIONAL AOS ÓRGÃOS DA CÂMARA MUNICIPAL &amp;#8211; GEAT E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/922/922_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/922/922_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.219, DE 10 DE MAIO DE 2017, QUE &amp;#8220;CONCEDE REVISÃO GERAL E ANUAL SOBRE A REMUNERAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS, CONFORME DISPÕE O ART. 37, INCISO X, DA CONSTITUIÇÃO FEDERAL, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/923/923_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/923/923_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FIXA O PISO SALARIAL DOS AGENTES COMUNITÁRIOS DE SAÚDE E DOS AGENTES DE COMBATE A ENDEMIAS E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/924/924_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/924/924_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE TURISMO E DO FUNDO MUNICIPAL DE TURISMO E INSTITUI A POLÍTICA MUNICIPAL DE TURISMO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/927/927_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/927/927_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ESTABELECE OS MEIOS OFICIAIS DE PUBLICAÇÃO DOS ATOS NORMATIVOS E ADMINISTRATIVOS DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS-MG E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Lívia Matos</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A DENOMINAÇÃO DAS RUAS A, B, C, D E RUAS 6, 7 E 10 DO CONJUNTO HABITACIONAL DONA MARIQUITA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/938/938_texto_integral.zip</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/938/938_texto_integral.zip</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BONFINÓPOLIS DE MINAS A RECEBER, A TÍTULO DE DOAÇÃO OU DE REVERSÃO DE DOAÇÃO, O IMÓVEL QUE ESPECIFICA, DE PROPRIEDADE DO DEPARTAMENTO DE EDIFICAÇÕES E ESTRADAS DE RODAGEM DO ESTADO DE MINAS GERAIS - DEER E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2017/939/17-2017.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2017/939/17-2017.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BONFINÓPOLIS DE MINAS-MG A CONTRATAR COM O BANCO DE DESENVOLVIMENTO DE MINAS GERAIS &amp;#8211; S/A &amp;#8211; BDMG, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Zé Lúcio, Geraldo de Henrique, Pafúncio Brandão, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/950/950_texto_integral.zip</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/950/950_texto_integral.zip</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI Nº 906, DE 27 DE JUNHO DE 2006, QUE &amp;#8220;DISPÕE SOBRE PARCERIAS ENTRE O PODER EXECUTIVO MUNICIPAL E A INICIATIVA PRIVADA, PARA OS CASOS QUE MENCIONA E DÁ OUTRAS PROVIDENCIAS&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/954/954_texto_integral.zip</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/954/954_texto_integral.zip</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O MUNICÍPIO DE BONFINÓPOLIS DE MINAS-MG, PARA O EXERCÍCIO FINANCEIRO DE 2018&amp;#8221;.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/955/955_texto_integral.zip</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/955/955_texto_integral.zip</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O QUADRIÊNIO 2018/2021 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/959/959_texto_integral.zip</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/959/959_texto_integral.zip</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A PATROCINAR EVENTOS REALIZADOS NO MUNICÍPIO DE BONFINÓPOLIS DE MINAS-MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/965/965_texto_integral.zip</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/965/965_texto_integral.zip</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CUSTEAR DESPESAS DE EMPLACAMENTOS DE VEÍCULOS PARTICULARES NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA A LEI COMPLEMENTAR Nº 008, DE 19 DE DEZEMBRO DE 2012, QUE INSTITUI O CÓDIGO TRIBUTÁRIO MUNICIPAL E ESTABELECE NORMAS GERAIS DE DIREITO TRIBUTÁRIO APLICÁVEIS AO MUNICÍPIO DE BONFINÓPOLIS DE MINAS - MG."</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/970/970_texto_integral.zip</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/970/970_texto_integral.zip</t>
   </si>
   <si>
     <t>AUTORIZA INCLUSÃO DE FONTE DE RECURSOS EM DOTAÇÃO DO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/964/964_texto_integral.zip</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/964/964_texto_integral.zip</t>
   </si>
   <si>
     <t>DENOMINA VEREADOR OSCAR MENDES DE SOUZA A SALA DAS COMISSÕES DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS (MG).</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/932/932_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/932/932_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 151 DA LEI ORGÂNICA, PARA TORNAR OBRIGATÓRIA A EXECUÇÃO DA PROGRAMAÇÃO ORÇAMENTÁRIA QUE ESPECIFICA</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/824/824_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/824/824_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, VEM A RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA SOLICITAR, QUE APÓS OUVIDO O PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDENCIAS NO SENTIDO DE ENVIAR A ESTA CASA UM PROJETO DE LEI, CRIANDO UM PROGRAMA DE CERCAMENTO DE NASCENTES EM NOSSO MUNÍCIPIO.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/825/825_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/825/825_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, VEM A RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA SOLICITAR, QUE APÓS OUVIDO O PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UM GALPÃO 10/16 METROS, NA COMUNIDADE RIACHO DA CALDA.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/826/826_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/826/826_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, VEM A RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA SOLICITAR, QUE APÓS OUVIDO O PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDENCIAS NO SENTIDO DE CANALIZAR ÁGUA DO RIBEIRÃO SANTO ANDRÉ ATÉ A LOCALIDADE CARAÍBAS PARA ATENDER QUATORZE FAMÍLIAS, BEM COMO NAS COMUNIDADES CANABRAVA E SÃO PEDRO, CONFORME PROJETO ANEXO.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/827/827_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/827/827_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, VEM A RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA SOLICITAR, QUE APÓS OUVIDO O PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDENCIAS NO SENTIDO DE CONSTRUIR AS SEGUINTES PONTES: CÓRREGO SAPATEIRO, CÓRREGO FURADO DO ENGENHO, CÓRREGO RIACHO DAS PEDRAS E RIO SANTO ANDRÉ VIA CANABRAVA, QUE DÁ ACESSO A COMUNIDADE SÃO PEDRO.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/828/828_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/828/828_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, VEM A RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA SOLICITAR, QUE APÓS OUVIDO O PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE BONFINÓPOLIS DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UMA PINGUELA DE CABO DE AÇO NO CÓRREGO CANABRAVA, NAS PROXIMIDADES DOS SENHORES GABRIEL DA COSTA LIMA E ZÉ LEITE.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/829/829_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/829/829_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, VEM A RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA SOLICITAR, QUE APÓS OUVIDO O PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PRESIDENTE DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS, PROVIDENCIAS NO SENTIDO DE ENTREGAR OS TÍTULOS HONORÍFICOS QUE SE ENCONTRAM APROVADOS NESTA CASA, PREFERENCIALMENTE NO DIA DO ANIVERSÁRIO DA CIDADE._x000D_
 </t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/830/830_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/830/830_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, VEM A RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA SOLICITAR, QUE APÓS OUVIDO O PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDENCIAS NO SENTIDO DE INICIAR URGENTEMENTE UM MUTIRÃO DE LIMPEZAS DAS RUAS E LOTES VAGOS DA NOSSA CIDADE, UTILIZANDO SE PRECISO DE TRATORES DESSA MUNICIPALIDADE, QUE SE ENCONTRAM CEDIDOS À COMUNIDADES RURAIS.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>Robinho da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/831/831_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/831/831_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SOLICITE DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS PROVIDÊNCIAS NO SENTIDO DE REFORMAR O GINÁSIO POLIESPORTIVO LOCAL.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/832/832_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/832/832_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SOLICITE DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS PROVIDÊNCIAS NO SENTIDO DE FAZER LIMPEZA COM MAIOR URGÊNCIA POSSÍVEL NO CEMITÉRIO LOCALIZADO NO BAIRRO JARDIM CINELÂNDIA, BONFINÓPOLIS DE MINAS.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>Geraldo de Henrique</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/833/833_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/833/833_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS  O PATROLAMENTO E CASCALHAMENTO DA ESTRADA MUNICIPAL QUE DA ACESSO AS PROPRIEDADES DOS SENHORES GERALDO PIO, WILSON MELGAÇO E ADEMAR MELGAÇO, COMUNIDADE SANTO ANDRÉ, POIS A ESTRADA NÃO SE ENCONTRA EM CONDIÇÕES ADEQUADAS PARA AS ATIVIDADES DE ENTREGA DE LEITE E LINHA ESCOLAR. </t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/863/863_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/863/863_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, VEM A RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA SOLICITAR, QUE APÓS OUVIDO O PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UMA PONTE MOLHADA SOBRE O CÓRREGO SACO DA ROÇA QUE LIGA A PROPRIEDADE DO SENHOR GILMAR MELGAÇO, LOCALIZADA NA COMUNIDADE SACO DA ROÇA.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/864/864_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/864/864_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, VEM A RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA SOLICITAR, QUE APÓS OUVIDO O PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UMA PONTE MOLHADA SOBRE O CÓRREGO CARAÍBAS QUE DÁ ACESSO A PROPRIEDADE DO SENHOR ELIILSON APARECIDO ROCHA, NA COMUNIDADE SACO DA ROÇA.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>Fernanda Oliveira, Célia Morais, Lívia Matos</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/837/837_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/837/837_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AS VEREADORAS QUE SUBSCREVEM, NOS TERMOS REGIMENTAIS, REQUEREM DO EXCELENTÍSSIMO SENHOR PRESIDENTE DESTA CASA, PROVIDÊNCIAS NO SENTIDO DE REALIZAR REUNIÃO ESPECIAL OU ATO COMEMORATIVO, EM HOMENAGEM AO DIA INTERNACIONAL DA MULHER.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/838/838_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/838/838_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA, SOLICITAR QUE SEJA REQUERIDO DO PODER EXECUTIVO DE BONFINÓPOLIS DE MINAS, A REFORMA DA PONTE SOBRE O CÓRREGO CEDRO, LOCALIZADO NA COMUNIDADE SANTO ANDRÉ QUE DÁ ACESSO AO POVOADO DE CAIO MARTINS. O PEDIDO FAZ NECESSÁRIO UMA VEZ QUE A PONTE POR ONDE ESSES MORADORES TRAFEGAM ESTA EM ESTADO PRECÁRIO, COLOCANDO EM RISCO A VIDA DAQUELAS PESSOAS, POIS QUANDO PASSAM POR ELA A IMPRESSÃO QUE SE TEM É QUE VAI DESABAR A QUALQUER MOMENTO. E ISSO COLEGAS VEREADORES DIFICULTA MUITO À VISA DAQUELES PRODUTORES RURAIS QUE MORAM NAQUELA LOCALIDADE. POR ESSAS RAZÕES QUE SOLICITO O APOIO DOS COLEGAS VEREADORES NA APROVAÇÃO DESSA PROPOSIÇÃO.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>Célia Morais</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/839/839_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/839/839_texto_integral.jpeg</t>
   </si>
   <si>
     <t>A VEREADORA ABAIXO ABAIXO ASSINADA, REGIMENTALMENTE APOIADA, VEM À RESPEITÁVEL PRESENÇA DE V. EXCIA, REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS A REFORMA OU CONSTRUÇÃO DO DOIS QUEBRA MOLAS NA AVENIDA ARGEMIRO BARBOSA DA SILVA, EM FRENTE À RÁDIO LÍDER FM E OS OUTROS EM FRENTE  A OFICINA DO SENHOR YUGI IDA.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/840/840_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/840/840_texto_integral.jpeg</t>
   </si>
   <si>
     <t>A VEREADORA ABAIXO ASSINADA, REGIMENTALMENTE APOIADA, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SOLICITE DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS PROVIDÊNCIAS NO SENTIDO DE CRIAR ALMOXARIFADO, RAMPA DE LAVA-JATO E LUBRIFICAÇÃO DA FROTA DE VEÍCULOS DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/841/841_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/841/841_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NOS TERMOS DO ARTIGO 209, INCISO XIX, DO REGIMENTO INTERNO, REQUER AO PREFEITO PROVIDÊNCIAS VISANDO PROCEDER A REVISÃO ANUAL DA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS COM BASE NA VARIAÇÃO ANUAL DA INFLAÇÃO.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/842/842_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/842/842_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NOS TERMOS DO ARTIGO 209, INCISO XIX, DO REGIMENTO INTERNO, REQUER AO PREFEITO PROVIDÊNCIAS VISANDO A CORREÇÃO DA TABELA DOS PROFISSIONAIS DO MAGISTÉRIO EM 19,9% PARA ADEQUAÇÃO DO PISO NACIONAL.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/843/843_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/843/843_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SOLICITE DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS PROVIDÊNCIAS NO SENTIDO DE FAZER QUEBRA--MOLAS NA RUA SÃO JOSÉ EM FRENTE AO PSF VANDEIR JOSÉ BRANDÃO.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/844/844_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/844/844_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA, REQUERER DO PODER EXECUTIVO QUE FAÇA RECAPEAMENTO OU OPERAÇÃO TAPA BURACO NAS RUAS DE NOSSA CIDADE, ESPECIALMENTE NA AVENIDA JOSÉ AMARO BRANDÃO FILHO, LOCALIZADA NO BAIRRO BRASILINHA.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/845/845_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/845/845_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE VEM À R. PRESENÇA DE VOSSA EXCELÊNCIA, COM FUNDAMENTO NO ARTIGO 209, INCISO XIX, DO REGIMENTO INTERNO, SOLICITAR AO PREFEITO, APÓS APROVADO PELO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, QUE DETERMINE O CUMPRIMENTO DA EMENDA À LEI ORGÂNICA Nº 06, DE 20 DE AGOSTO DE 2015, QUE ALTERA O ARTIGO 101 DA LEI ORGÂNICA DO MUNICÍPIO QUE PASSA VIGORAR COM A SEGUINTE REDAÇÃO: " A REMUNERAÇÃO DOS SERVIDORES PÚBLICOS E SUBSÍDIO DE QUE TRATA O ARTIGO 42 DESTA LEI ORGÂNICA SOMENTE PODERÃO SER FIXADOS OU ALTERADOS POR LEI ESPECÍFICA OBSERVADA A INICIATIVA PRIVATIVA EM CADA CASO, ASSEGURADA REVISÃO GERAL ANUAL, SEMPRE NO MÊS DE JANEIRO DE CADA ANO SEM DISTINÇÃO DE ÍNDICES.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/846/846_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/846/846_texto_integral.jpeg</t>
   </si>
   <si>
     <t>A VEREADORA ABAIXO ASSINADA, REGIMENTALMENTE APOIADA, VEM À RESPEITÁVEL PRESENÇA DE V. EXCIA. REQUERER QUE SEJA SOLICITADO DO PREFEITO DE MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UM PARQUINHO DE DIVERSÃO NA ESCOLA RURAL MUNICIPAL GETÚLIO VARGAS, LOCALIZADA NA CHAPADA.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/847/847_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/847/847_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">A VEREADORA ABAIXO ASSINADA, REGIMENTALMENTE APOIADA, VEM À RESPEITÁVEL PRESENÇA DE V. EXCIA. REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE CERCAR A ESCOLA RURAL MUNICIPAL GETÚLIO VARGAS, LOCALIZADA NA CHAPADA, BEM COMO FAZER COBERTURA DA ÁREA DE LAZER EM FRENTE A REFERIDA ESCOLA. SOLICITO AINDA QUE EQUIPE A ESCOLA COM COMPUTADOR E IMPRESSORA PARA FACILITAR O TRABALHO DOS PROFESSORES E ALUNOS. </t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>Pafúncio Brandão, Célia Morais</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/848/848_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/848/848_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTES SUBSCREVEM, NOS TERMOS DO ARTIGO 209, INCISO XIX, DO REGIMENTO INTERNO, REQUEREM AO PREFEITO A DESTINAÇÃO DA ATUAL SEDE DO PODER EXECUTIVO, SITUADA NA AVENIDA ARGEMIRO BARBOSA DA SILVA, Nº 562, PARA INSTALAÇÃO DA SEDE DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Zé Lúcio</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/849/849_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/849/849_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER QUE SOLICITE DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR QUEBRA-MOLAS NA RUA PAULO LÚCIO DE MENEZES. UMA VEZ QUE OS VEÍCULOS NO MENCIONADO LOCAL EM ALTA VELOCIDADE, COLOCANDO VIDAS EM RISCO.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/850/850_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/850/850_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM A RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER QUE SOLICITE DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE RECUPERAR AS ESTRADAS VICINAIS NOS PONTOS CRÍTICOS NAS LINHAS DE LEITE E ESCOLARES, NAS COMUNIDADES DE ASSA PEIXE, SANTA MARIA E NAS PROXIMIDADES DAS COMUNIDADES DE LAJES, RIACHO DA LAGOA, IMBÉ E CALDEIRÃO.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>VENHO ATRAVÉS DESTE, COMO VEREADOR DESTA CASA DE LEIS INFORMAR QUE ESTOU TRABALHANDO EM PROL DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS ATRAVÉS DA BUSCA PELO MELHORAMENTO DAS CONDIÇÕES AMBIENTAIS DA REGIÃO. NO PRESENTE MOMENTO NÃO TEMOS CONHECIMENTO DA ATUAL SITUAÇÃO DO MUNICÍPIO E PARA QUE SEJA TOMADA QUALQUER PROVIDÊNCIA OU MESMO APRESENTAÇÃO DE QUALQUER PROJETO PARA SOLUCIONAR/AMENIZAR O PROBLEMA HÁ NECESSIDADE DE CONTRATAÇÃO DE PROFISSIONAL CAPACITADO PARA REALIZAR UM LEVANTAMENTO DO QUADRO AMBIENTAL DO TERRITÓRIO.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/851/851_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/851/851_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, VEM A RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA SOLICITAR, QUE APÓS OUVIDO O PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UMA PONTE MOLHADA NA LINHA ESCOLAR DA COMUNIDADE RIACHO DA LAGOA SOBRE O CÓRREGO RIACHO DA LAGOA, NA PROPRIEDADE DO SENHOR NATIVO VIEIRA.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/852/852_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/852/852_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, VEM A RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA SOLICITAR, QUE APÓS OUVIDO O PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UM MATA-BURRO NA ESTRADA QUE LIGA AS COMUNIDADES CALDEIRÃO A LAGOA, MAS PRECISAMENTE NA ENTRADA DA ESCOLA MUNICIPAL DA COMUNIDADE LAGOA.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/854/854_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/854/854_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NOS TERMOS DO ARTIGO 209, INCISO XIX, DO REGIMENTO INTERNO, REQUER AO PREFEITO PROVIDÊNCIAS NO SENTIDO DE ENCAMINHAR À CÂMARA MUNICIPAL PROJETO DE LEI QUE FIXA O PISO SALARIAL DOS AGENTES COMUNITÁRIOS DE SAÚDE E DOS AGENTES DE COMBATE A ENDEMIAS.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/855/855_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/855/855_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA, REQUERER QUE APÓS OUVIDO O PLENÁRIO, SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UM MATA-BURRO NA COMUNIDADE GRAVISTA PARA DÁ ACESSO AS PROPRIEDADES DOS SENHORES LINDOLFO (SAUL) ZÉ DO BREJO; ZÉ BAIANO E APARECIDA (ZÉ DE ARLÍRIO).</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/856/856_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/856/856_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA, REQUER QUE APÓS OUVIDO O PLENÁRIO, SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE REATIVAR O PROJETO CARATÊ DESENVOLVIDO PELO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, ATRAVÉS DO CENTRO DE REFERÊNCIA DA ASSISTÊNCIA SOCIAL - CRAS.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/857/857_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/857/857_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA, REQUERER QUE APÓS OUVIDO O PLENÁRIO, SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UM MATA-BURRO NA ENTRADA DA ASSOCIAÇÃO RIACHO DA LAGOA, ONDE BENEFICIARÁ.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/853/853_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/853/853_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA, REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UM MATA-BURRO NA ENTRADA DA FAZENDA DO SENHOR RAFAEL LOURENÇO SENTIDO COMUNIDADE LAJINHA DO BOI.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/860/860_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/860/860_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> O VEREADOR QUE ESTE SUBSCREVE, REQUER NA FORMA REGIMENTAL, QUE SEJA ENVIADO OFÍCIO AO INSTITUTO DE DESENVOLVIMENTO DO NORTE E NORDESTE DE MINAS GERAIS- IDENE, E À ASSEMBLEIA LEGISLATIVA DO ESTADO DE MINAS GERAIS, NO SENTIDO DE VIABILIZAR A ENTRADA DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, NA ÁREA DE ATUAÇÃO DO SISTEMA SEDINOR/IDENE. TAL PEDIDO SE JUSTIFICA, UMA VEZ QUE O REFERIDO INSTITUTO TEM ATENDIDO AS DEMANDAS ESSENCIAIS DA REGIÃO NORTE E NORDESTE DO ESTADO, EQUIVALENTES A REALIDADE VIVIDA POR NOSSO MUNICÍPIO E QUE, SEM A SUA INCLUSÃO NA ÁREA DE ATENDIMENTO DO REFERIDO ÓRGÃO, NÃO PERMITINDO A NOSSA POPULAÇÃO, MELHORES CONDIÇÕES DE ATENDIMENTO DAS POLÍTICAS PÚBLICAS E ACESSO A PROGRAMAS E PROJETOS FUNDAMENTAIS PARA O NOSSO DESENVOLVIMENTO. PROGRAMAS COMO O ÁGUA PARA TODOS, LEITE PELA VIDA, BRASIL ALFABETIZADO, ENFRENTAMENTO À SECA, ARRANJOS PRODUTIVOS E OUTROS, NÃO SÃO ACESSÍVEIS AO MUNICÍPIO POR ESTE MOTIVO. ESPERAMOS PODER CONTAR COM O APOIO DOS NOBRES PARES, MOTIVO PELO QUAL JUSTIFICAMOS TAL REQUERIMENTO.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/859/859_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/859/859_texto_integral.jpeg</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADOS, REGIMENTALMENTE APOIADOS, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA, REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR DOIS MATA-BURROS NA COMUNIDADE DE RIACHO DA CALDA NA PROPRIEDADE DO SENHOR VANDERLEY METRALHA E OUTRO NA DIVISA DA FAZENDA DO SENHOR VANDERLEY METRALHA COM JACÓ VIEIRA.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/865/865_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/865/865_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NOS TERMOS DO ARTIGO 209, INCISO XIX, DO REGIMENTO INTERNO, REQUER AO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR GALERIA DE REDES PLUVIAIS NA RUA BELO HORIZONTE E NAS AVENIDAS JOSÉ AMARO BRANDÃO FILHO E ARGEMIRO BARBOSA DA SILVA.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/866/866_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/866/866_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE FAZER A PAVIMENTAÇÃO ASFÁLTICA NO INÍCIO DA RUA NOSSA SENHORA APARECIDA EM FRENTE A PRAÇA ANTÔNIO MÁRIO DE OLIVEIRA POMBO, BEM COMO A RUA DALVA DE ABREU.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Zezinho Despachante, Geraldo de Henrique, Robinho da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/867/867_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/867/867_texto_integral.jpeg</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUEREM AO PREFEITO SEJAM PRESTADAS AS SEGUINTES INFORMAÇÕES: 1) RELAÇÃO DE TODOS OS CANDIDATOS APROVADOS NO CONCURSO PÚBLICO ABERTO PELO EDITAL Nº 1/2014 E HOMOLOGADO PELO DECRETO Nº 661, DE 29 DE ABRIL DE 2016; E 2) RELAÇÃO DE TODOS OS CANDIDATOS APROVADOS QUE JÁ FORAM EMPOSSADOS, CONSTANDO A DATA EM QUE CADA QUAL TOMOU POSSE.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/868/868_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/868/868_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DDE VOSSA EXCELÊNCIA REQUERER QUE APÓS OUVIDO O PLENÁRIO, SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS,PROVIDÊNCIAS NO SENTIDO DE REATIVAR O PROJETO "BOM DE BOLA BOM NA ESCOLA" DESENVOLVIDO PELO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, ATRAVÉS DA SECRETARIA DE ESPORTE DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/869/869_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/869/869_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, VEM A RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA, REQUERER QUE APÓS OUVIDO O PLENÁRIO, SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE INSTALAR DOIS MATA-BURROS QUE DÁ ACESSO AS PROPRIEDADES DOS SENHORES WILSON MELGAÇO E DEMAR MELGAÇO, POR SEREM ESTRADAS ATENDIDAS COM SERVIÇO DE TRANSPORTE ESCOLAR E QUE DÃO ACESSO A TANQUES COMUNITÁRIOS DE ARMAZENAMENTO DE PRODUÇÃO LEITEIRA. SENDO ESTAS ASSEGURADAS PELA LEI N° 1.100, DE 20 DE DEZEMBRO DE 2013, ART. 6º, INCISO II.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Robinho da Cruz, Geraldo de Henrique, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/871/871_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/871/871_texto_integral.jpeg</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTA SUBSCREVEM, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUEREM AO PREFEITO SEJAM PRESTADAS AS SEGUINTES INFORMAÇÕES:  1) RELAÇÃO DE QUANTAS LINHAS DE TRANSPORTE ESCOLAR ESTÃO ATIVAS NO MUNICÍPIO; 2) A ESPECIFICAÇÃO DE QUILOMETRAGEM REALIZADA POR CADA LINHA; 3) DADOS PESSOAIS DOS CONTRATADOS PARA REALIZAÇÃO DO TRANSPORTE NAS MENCIONADAS LINHAS; 4) NOME DOS RESPECTIVOS MOTORISTAS DE CADA ÔNIBUS (CASO O CONTRATADO NÃO SEJA O MOTORISTA); 5) A PLACA DE CADA VEÍCULO; 6) O NOME DADO À LINHA; 7) O VALOR PAGO POR QUILOMETRAGEM RODADA PARA CADA CONTRATADO; 8) QUANTAS LINHAS NÃO FORAM TERCEIRIZADAS PELA ADMINISTRAÇÃO MUNICIPAL; 9) DADOS DOS ÔNIBUS PERTENCENTES À MUNICIPALIDADE QUE REALIZAM O TRANSPORTE ESCOLAR E DOS RESPECTIVOS MOTORISTAS E, POR FIM, 10) QUILOMETRAGEM DAS LINHAS NÃO TERCEIRIZADAS.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Geraldo de Henrique, Robinho da Cruz, Zezinho Despachante</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/870/870_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/870/870_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM VEM À R. PRESENÇA DE VOSSA EXCELÊNCIA, COM FUNDAMENTO NO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, SOLICITAR AO PREFEITO, APÓS APROVADO PELO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, QUE ENVIE À CÂMARA MUNICIPAL, A TÍTULO DE INFORMAÇÃO, A RELAÇÃO COMPLETA, CONTENDO O NOME, CARGO, LOCAL DE TRABALHO E RESPECTIVO VENCIMENTO BÁSICO, DE TODOS OS SERVIDORES ATIVOS DA PREFEITURA MUNICIPAL DE BONFINÓPOLIS DE MINAS, INDEPENDENTEMENTE DA NATUREZA DA INVESTIDURA (SE EFETIVO, COMISSIONADO OU CONTRATADO) OU DO RESPECTIVO CARGO/FUNÇÃO.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/876/876_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/876/876_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">	O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER QUE APÓS APROVAÇÃO DO PLENÁRIO SEJA ENCAMINHADO O REQUERIMENTO AO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE  MINAS, COM CÓPIA AO ILUSTRÍSSIMO SECRETÁRIO DE OBRAS MUNICIPAIS, CARLOS BRAGA E SILVA, MOSTRANDO A NECESSIDADE DE PROCEDER A IMPLANTAÇÃO DA REDE DE ESGOTO E GALERIA ÁGUAS PLUVIAIS NOS SEGUINTES LOCAIS: NAS RUAS SEVERIANO MARA E DIAMANTINA LOCALIZADAS NO BAIRRO JARDIM CINELÂNDIA; RUA JOAQUIM VIEIRA DE MELO, LOCALIZADA NO CONJUNTO HABITACIONAL DONA MARIQUITA E FINAL DA RUA NOSSA SENHORA APARECIDA, BAIRRO ARROZAL.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/877/877_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/877/877_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">	O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER QUE APÓS APROVAÇÃO DO PLENÁRIO, SEJA ENCAMINHADO O REQUERIMENTO AO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, COM CÓPIA PARA O SENHOR SECRETÁRIO MUNICIPAL DE OBRAS, CARLOS BRAGA E SILVA, MOSTRANDO A NECESSIDADE DE PROCEDER A IMPLANTAÇÃO DE RAMAIS NA REDE DE ESGOTO DO FINAL DA RUA ACRE, BAIRRO JARDIM CINELÂNDIA. SOLICITO AINDA, QUE SEJA IMPLANTADO TAMBÉM  A REDE  E A GALERIA DE ÁGUAS PLUVIAIS NO MENCIONADO LOCAL.   TAL SOLICITAÇÃO FAZ NECESSÁRIA UMA VEZ QUE JÁ FOI LIBERADO RECURSOS FINANCEIROS  PARA PAVIMENTAÇÃO ASFÁLTICA DA REFERIDA RUA. E SABEMOS QUE TORNA INVIÁVEL A REALIZAÇÃO DA OBRA DE PAVIMENTAÇÃO SEM AS INFRAESTRUTURAS SUPRACITADA.                                                                                                               </t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Pafúncio Brandão</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/878/878_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/878/878_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUER AO PREFEITO SEJAM TOMADAS AS SEGUINTES MEDIDAS NA REGIÃO DA COMUNIDADE DE SÃO PEDRO:_x000D_
 _x000D_
 1.	MANUTENÇÃO DA PONTE QUE DÁ ACESSO AOS MORADORES DA COMUNIDADE SÃO PEDRO E CANABRAVA, LOCALIZADA SOB O RIO SANTO ANDRÉ;_x000D_
 2.	CONSTRUÇÃO DE UMA NOVA PONTE PARA ACESSO AOS MORADORES, UMA VEZ QUE NO PERÍODO CHUVOSO HÁ DIFICULDADE DE LOCOMOÇÃO;_x000D_
 3.	SEJAM REALIZADOS TRABALHOS DE CONSTRUÇÃO DE BARRAGINHAS, CURVAS DE NÍVEL, LIMPEZA, REALIZAÇÃO DE AÇUDES AOS PROPRIETÁRIOS NOS PERÍODOS DE ESCASSEZ;_x000D_
 4.	CONSTRUÇÃO DE MATA-BURROS E RECUPERAÇÃO E ESTRADAS (CASCALHAMENTO)_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/879/879_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/879/879_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTA SUBSCREVEM, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUEREM AO PREFEITO SEJAM PRESTADAS INFORMAÇÕES A RESPEITO DOS GASTOS EFETUADOS PELO MUNICÍPIO COM O CARNAVAL DE 2017, EM ESPECIAL O CARNAVAL KIDS.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/880/880_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/880/880_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUER AO PREFEITO AS SEGUINTES INFORMAÇÕES REFERENTES AO NOVO EDIFÍCIO DA PREFEITURA MUNICIPAL: 1) A EXISTÊNCIA DE TERMO(S) ADITIVO(S) REFERENTES AO CONTRATO DA OBRA; 2) A EXISTÊNCIA DE ALGUMA PARCELA LIBERADA PELO BDMG PARA A CONSTRUÇÃO DE OUTRO(S) PAVIMENTO(S); 3) A PORCENTAGEM DA OBRA EXECUTADA ATÉ A PRESENTE DATA; E 4) O VALOR PAGO ATÉ A PRESENTE DATA. REQUER QUE AS INFORMAÇÕES SEJAM ACOMPANHADAS COM CÓPIAS DOS TERMOS ADITIVOS, DOS RELATÓRIOS E DE OUTROS DOCUMENTOS PERTINENTES. </t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/881/881_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/881/881_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">A VEREADORA ABAIXO ASSINADA, REGIMENTALMENTE APOIADA, VEM À RESPEITÁVEL  PRESENÇA DE V. EXCIA. REQUERER QUE APÓS OUVIDO O PLENÁRIO, SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, AS SEGUINTE INFORMAÇÕES:_x000D_
 _x000D_
 INFORMAÇÕES SOBRE A EXATA LOCALIZAÇÃO DE ONDE OS MATA-BURROS ENVIADOS AO MUNICÍPIO PELO GOVERNO DO ESTADO, POR INTERMÉDIO DA SECRETARIA DE ESTADO DE TRANSPORTE E OBRAS PÚBLICAS SETOP, FORAM INSTALADOS._x000D_
 SOLICITO, QUE CASO OS MESMOS NÃO TENHAM SIDO INSTALADOS QUE INFORME O MOTIVO DA NÃO INSTALAÇÃO. _x000D_
 </t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/882/882_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/882/882_texto_integral.jpeg</t>
   </si>
   <si>
     <t>A VEREADORAS QUE ESTA SUBSCREVE, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUER AO PREFEITO DO PREFEITO QUE SEJA(M) VIABILIZADOS(S) CURSO(S) PARA OS SERVIDORES QUE OCUPAM O CARGO DE MOTORISTA E QUE ESTÃO LOTADOS NA SECRETARIA MUNICIPAL DE SAÚDE NA CONDUÇÃO DE VEÍCULOS E DE EMERGÊNCIA (AMBULÂNCIA), CONSISTENTE EM TÉCNICAS DE ATENDIMENTO PRÉ-HOSPITALAR (APH) E OUTRAS QUE SE FIZEREM NECESSÁRIAS._x000D_
 EMBORA SEJA REQUISITO LEGAL PARA APROVAÇÃO NO EXAME DESTINADO A AQUISIÇÃO DA CARTEIRA NACIONAL DE HABILITAÇÃO, BEM COMO PARA SUA RENOVAÇÃO, O APERFEIÇOAMENTO DE SERVIDORES, SOBRETUDO DOS QUE ATUAM EM ÁREA SENSÍVEL COMO A SAÚDE, SEMPRE VEM A CALHAR E BENEFICIAR OS USUÁRIOS DO SISTEMA COM QUALIDADE DO SERVIÇO PÚBLICO, TAL COMO PREVISTO NO ARTIGO 102 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/883/883_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/883/883_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">	A VEREADORA ABAIXO ASSINADA, REGIMENTALMENTE APOIADA, VEM À RESPEITÁVEL. PRESENÇA DE VOSSA EXCELÊNCIA. REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS PROVIDÊNCIA NO SENTIDO DE CONSTRUIR UMA PRAÇA COM BANCO, ARBORIZAÇÃO E TODA INFRAESTRUTURA NA ÁREA EXISTENTES EM FRENTE A ESCOLA MUNICIPAL JOÃO LUIZ DOS SANTOS, NO BAIRRO BRASILINHA. _x000D_
 </t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/884/884_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/884/884_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. SOLICITAR QUE SEJA REQUERIDO DO CHEFE DO PODER EXECUTIVO DE BONFINÓPOLIS DE MINAS, A INSTALAÇÃO DE UM PORTÃO NO CEMITÉRIO JARDIM DOS IPÊS, BAIRRO BRASILINHA. </t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Célia Morais, Reginaldo Palma</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/885/885_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/885/885_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTES SUBSCREVEM, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUER AO PREFEITO O SEGUINTE:_x000D_
 _x000D_
 		COMO SE DENOTA DA DOCUMENTAÇÃO ANEXA, EXISTE ILEGALIDADE NA TRIBUTAÇÃO DO IMPOSTO SOBRE CIRCULAÇÃO DE SERVIÇOS (ICMS) SOBRE A CONTA DE ENERGIA. É QUE, PELO QUE SE EXTRAI, VERIFICA-SE QUE É ILEGAL A COBRANÇA DE ICMS SOBRE A DISTRIBUIÇÃO E TRANSMISSÃO DE ENERGIA, COMO ATUALMENTE FAZ A CEMIG._x000D_
 _x000D_
 		DESTA FORMA, VALHO-ME DO PRESENTE PARA REQUERER AO DOUTO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS QUE PROVIDENCIE, VIA PROCURADORIA OU ASSESSORIA JURÍDICA, AÇÕES EM FACE DA CEMIG, PARA DESONERAR A MUNICIPALIDADE DA COBRANÇA ILEGAL DE ICMS NAS CONTAS DE ENERGIA._x000D_
 </t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/886/886_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/886/886_texto_integral.jpeg</t>
   </si>
   <si>
     <t>A VEREADORA ABAIXO ASSINADO, REGIMENTALMENTE APOIADA, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SOLICITE DO PODER EXECUTIVO A SINALIZAÇÃO DAS RAMPAS PARA DEFICIENTES E AS PARADAS DE ÔNIBUS ESCOLAR MUNICIPAL, COLOCANDO PLACA PROIBIDO PARAR E E</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/887/887_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/887/887_texto_integral.jpeg</t>
   </si>
   <si>
     <t>A VEREADORA ABAIXO ASSINADO, REGIMENTALMENTE APOIADA, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SOLICITE DO PODER EXECUTIVO A CONSTRUÇÃO DE QUEBRA-MOLAS NA RUA AGOSTINHO NAZÁRIO, BAIRRO BRASILINHA.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/888/888_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/888/888_texto_integral.jpeg</t>
   </si>
   <si>
     <t>A VEREADORA ABAIXO ASSINADO, REGIMENTALMENTE APOIADA, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SOLICITE DO PODER EXECUTIVO A INSTALAÇÃO DE PLACAS DE SINALIZAÇÃO DE TRANSITO EM TODA A CIDADE, PRINCIPALMENTE EM FRENTE AS ESCOLAS MUNICIPAIS E ESTADUAIS,  BEM COMO A PINTURA DE FAIXA AMARELA PARA SINALIZAÇÃO  NOS QUEBRA &amp;#8211; MOLAS EXISTENTES EM NOSSO MUNICÍPIO. TAL SOLICITAÇÃO FAZ NECESSÁRIA PARA ORGANIZAÇÃO DO TRÂNSITO  NA NOSSA CIDADE E PROPICIAR SEGURANÇA AOS NOSSOS MUNÍCIPES.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/889/889_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/889/889_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SOLICITE DO PODER EXECUTIVO A CONTRATAÇÃO DO PROFESSOR  TARCÍSIO OFUJI PARA DESENVOLVER O PROJETO  VIDA ATIVA NA ACADEMIA DE SAÚDE DO BAIRRO FREI HUMBERTO. REQUEIRO AINDA QUE SEJA ADQUIRIDOS COLCHONETES PARA AS AULAS DE PILATES, REALIZADA NO PSF VANDEIR JOSÉ BRANDÃO.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/891/891_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/891/891_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NOS TERMOS DO ARTIGO 209, INCISO XI C/C ARTIGO 43, INCISO III DO REGIMENTO INTERNO, REQUER À MESA DIRETORA SEJAM PRESTADAS INFORMAÇÕES A RESPEITO DA REQUISIÇÃO DE VEÍCULO DATADA DE 16 DE FEVEREIRO DE 2017 PARA VIAGEM A JOÃO PINHEIRO, UMA VEZ QUE NO CONTROLE DE EQUIPAMENTO &amp;#8211; MEDIÇÃO CONSTA QUE TAL VIAGEM FOI REALIZADA SOMENTE NO DIA 18 DE FEVEREIRO, COM SAÍDA ÀS 18 HORAS E CHEGADA ÀS 22 HORAS, CONFORME DOCUMENTAÇÃO EM ANEXO.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/898/898_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/898/898_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER QUE SEJA RECUPERADO O FORRO DA PONTE DE MADEIRA SOBRE O CÓRREGO SÃO FRANCISCO QUE LIGA AS PROPRIEDADES DAS FAMÍLIAS ALVES DAMASCENA AO SENHOR QUIRINO , LOCALIZADA NA COMUNIDADE IMBÉ.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/894/894_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/894/894_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER QUE SEJA CONSTRUÍDO MATA-BURROS NA ESTRADA QUE LIGA O PROJETO DE ASSENTAMENTO SANTO ANTÔNIO DE LAGES  AO PROJETO DE ASSENTAMENTO DE ASSA-PEIXE.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/892/892_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/892/892_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER QUE SEJA CONSTRUÍDA UMA PONTE MOLHADA SOBRE CÓRREGO SÃO FRANCISCO NA COMUNIDADE IMBÉ, QUE DÁ ACESSO A PROPRIEDADE DO SENHOR JACINTO.                                      </t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/893/893_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/893/893_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUER A VOSSA SENHORIA QUE SEJAM ENCAMINHADAS INFORMAÇÕES SOBRE O SEGUINTE:_x000D_
 _x000D_
 1.	RELATÓRIO DE VIAGEM DE TODOS OS VEREADORES DA CASA, INCLUINDO O PRESIDENTE, CONTENDO O DESTINO E O MOTIVO;_x000D_
 2.	RELATÓRIO CONSTANDO O VALOR DESPENDIDO PELA CÂMARA MUNICIPAL COM CURSOS DE FORMAÇÃO DE PARLAMENTARES E SERVIDORES, DESCREVENDO NOMINALMENTE AS PESSOAS QUE REALIZARAM OS CURSOS._x000D_
 </t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/899/899_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/899/899_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, REGIMENTALMENTE APOIADO, VEM A RESPEITÁVEL PRESENÇA DE V. EXCIA, SOLICITAR CÓPIAS DOS RELATÓRIOS E DAS NOTIFICAÇÕES DO CONTROLE INTERNO ENVIADO A PRESIDÊNCIA DESTA CASA, NOS ANOS DE 2013 A 2017. </t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/895/895_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/895/895_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, VEM A RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA SOLICITAR, QUE APÓS OUVIDO O PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO REFORMAR A PONTE SOBRE O CÓRREGO RIACHO DA PORTEIRA, NA COMUNIDADE SANTA MARIA.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/896/896_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/896/896_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, VEM A RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA SOLICITAR, QUE APÓS OUVIDO O PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO CONSTRUIR UMA PONTE MOLHADA SOBRE O CÓRREGO CARAÍBAS  PRÓXIMO A PROPRIEDADE DO SENHOR CADENCIO, LOCALIZADA NA COMUNIDADE SACO DA ROÇA.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/897/897_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/897/897_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. SOLICITAR QUE SEJA REQUERIDO DO CHEFE DO PODER EXECUTIVO DE BONFINÓPOLIS DE MINAS, COPIA DO PROJETO DE AMPLIAÇÃO E PLANILHAS DE CUSTO DA OBRA DA PRAÇA ANTÔNIO MARIO DE OLIVEIRA POMBO. _x000D_
 SOLICITO AINDA QUE ENCAMINHE TAMBÉM, COPIAS DOS PROJETOS OU OFÍCIOS QUE MOSTRA O EMPENHO DO PODER EXECUTIVO NA REFORMA DA PONTE SOBRE O CÓRREGO RIACHO DAS PEDRAS, QUE LIGA BONFINÓPOLIS DE MINAS A COMUNIDADE RIACHO DAS PEDRAS.  _x000D_
 </t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/900/900_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/900/900_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. SOLICITAR QUE SEJA REQUERIDO DO CHEFE DO PODER EXECUTIVO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE INSTALAR ILUMINAÇÃO NA PRAÇA DA ACADEMIA DA SAÚDE, DA ENTRADO DO BAIRRO BRASILINHA, DEVIDO JÁ TER INSTALADO OS APARELHOS E A PRAÇA SE ENCONTRA SEM A DEVIDA CONDIÇÕES DE USO POR FALTA DE ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/901/901_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/901/901_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, REGIMENTALMENTE APOIADO, VEM Á DOUTA PRESENÇA DE VOSSA EXCELÊNCIA, SOLICITAR QUE SEJA REQUERIDO DO CHEFE DO PODER EXECUTIVO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE DESTINAR IMPLEMENTOS AGRÍCOLAS DO PROGRAMA PAC II, PARA QUE A SECRETARIA DE AGRICULTURA FAMILIAR PARA ATENDER NOSSOS PRODUTORES RURAIS NA CONSTRUÇÃO DE AÇUDES E BARRAGINHAS._x000D_
 _x000D_
 		REGISTRE-SE QUE TAIS CONSTRUÇÕES ESTÃO DE ACORDO COM OS OBJETIVOS DO PAC 2, CONFORME PODE-SE OBSERVAR DO SEGUINTE INFORMATIVO DISPONÍVEL NO SITE DO MINISTÉRIO DO DESENVOLVIMENTO AGRÁRIO (HTTP://WWW.MDA.GOV.BR/PAC2/):_x000D_
 _x000D_
 &amp;#8220;ENTRE OS OBJETIVOS DO PAC2 DESTACAM-SE: UNIVERSALIZAÇÃO DO ACESSO À ENERGIA ELÉTRICA E À ÁGUA TRATADA NO CAMPO E NA CIDADE; AMPLIAÇÃO DA AGRICULTURA IRRIGADA; REVITALIZAÇÃO DE BACIAS HIDROGRÁFICAS; AMPLIAÇÃO DO ACESSO À HABITAÇÃO; EXPANSÃO DAS MALHAS RODOVIÁRIA E FERROVIÁRIA E SUA INTEGRAÇÃO COM PORTOS, HIDROVIAS E AEROPORTOS; E CONSERVAÇÃO DAS ESTRADAS VICINAIS, IMPORTANTES PARA O ESCOAMENTO DA PRODUÇÃO E PARA A SEGURANÇA DO TRÁFEGO NOS PEQUENOS MUNICÍPIOS.&amp;#8221;_x000D_
 AS AÇÕES DO MDA (ACESSE), RESPONSÁVEL PELA OPERACIONALIZAÇÃO DO PAC2 EQUIPAMENTOS, INCLUEM DOTAR AS ADMINISTRAÇÕES MUNICIPAIS DE MEIOS PARA ABERTURA, RECUPERAÇÃO, READEQUAÇÃO E CONSERVAÇÃO DE ESTRADAS VICINAIS NA ZONA RURAL DE MUNICÍPIOS COM PREDOMINÂNCIA DE AGRICULTORES FAMILIARES E PARA MITIGAÇÃO DOS EFEITOS DA SECA NAS REGIÕES DO SEMIÁRIDO._x000D_
 PARA TANTO, EM JULHO DE 2010, O MINISTÉRIO DO DESENVOLVIMENTO AGRÁRIO (MDA) E O COMITÊ GESTOR DO PAC LANÇOU A AÇÃO DE AQUISIÇÃO DE MÁQUINAS E EQUIPAMENTOS PARTA RECUPERAÇÃO DE ESTRADAS VICINAIS. ESSA AÇÃO VISA FOMENTAR A INFRAESTRUTURA DE PEQUENOS MUNICÍPIOS (ABAIXO DE 50 MIL HABITANTES), POR MEIO DA COMPRA DIRETA DE RETROESCAVADEIRA, MOTONIVELADORA E CAMINHÃO CAÇAMBA E POSTERIORMENTE SUA DOAÇÃO, GARANTINDO A MELHORIA NO TRANSPORTE DE PRODUTOS E PESSOAS NO MEIO RURAL.&amp;#8221;_x000D_
 _x000D_
 COMO SE OBSERVA, AS MÁQUINAS ENCAMINHADAS PELO PAC 2, PODE E DEVEM BENEFICIAR A AGRICULTURA FAMILIAR, SOBRETUDO NA CONSTRUÇÃO DE AÇUDES E BARRAGINHAS, A FIM DE MITIGAR OS EFEITOS DA SECA E BENEFICIAR O ESCOAMENTO DA PRODUÇÃO._x000D_
 		_x000D_
 		NESTES TERMOS, PEDE DEFERIMENTO._x000D_
 </t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/902/902_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/902/902_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUEREM AO PREFEITO QUE SEJAM ENCAMINHADAS A ESTA CASA CÓPIAS INTEGRAIS DE TODOS OS PROCESSOS LICITATÓRIO E NOTAS DE EMPRENHO REFERENTES A SERVIÇOS PRESTADOS NO PERÍODO DE JANEIRO DE 2016 A ABRIL DE 2017, PELA PESSOA JURÍDICA RAFAEL DOS SANTOS, CNPJ 24.349.905/0001-30. </t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Reginaldo Palma, Célia Morais, Lívia Matos</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/921/921_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/921/921_texto_integral.jpeg</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTA SUBSCREVEM, REGIMENTALMENTE APOIADOS, VÊM À VOSSA ILUSTRE PRESENÇA EXPOR E REQUERER O SEGUINTE._x000D_
 É DE CONHECIMENTO COMUM QUE VOSSA SENHORIA E O DOUTO PREFEITO MUNICIPAL ESTÃO ENGEDRANDO ESFORÇOS A FIM DE ADQUIRIR TERRENO PARA CONSTRUÇÃO DO NOVO PRÉDIO DA CÂMARA MUNICIPAL._x000D_
 PELO QUE NOS CONSTA, A CÂMARA MUNICIPAL ARCARIA COM PARTE DO VALOR NECESSÁRIO PARA ADQUIRIR O IMÓVEL E O RESTANTE SERIA DESPENDIDO PELO PODER EXECUTIVO._x000D_
 CONTUDO, OS SUBSCRITORES DO PRESENTE, SEMPRE ATENTOS AO MOMENTO ECONÔMICO EM QUE O PAÍS E A CIDADE DE BONFINÓPOLIS DE MINAS ATRAVESSAM, SUGEREM QUE O LEGISLATIVO E O EXECUTIVO DESTINEM TAIS VALORES PARA A CONSTRUÇÃO DO MURO DO CEMITÉRIOS JARDIM DOS IPÊS E REALIZAM A CONSTRUÇÃO DE UMA CAPELA PARA VELÓRIO NO INTERIOR DO CEMITÉRIO. CONFORME PROJETO IDEALIZADO INICIALMENTE.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, E ATENDENDO SOLICITAÇÕES DE ALGUNS UNIVERSITÁRIOS DO NOSSO MUNICÍPIO SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, QUE PROVIDENCIE A INSTALAÇÃO DOS CINTOS DE SEGURANÇA NO ÔNIBUS, PLACA GMQ 0189, QUE TRANSPORTA OS UNIVERSITÁRIOS DE BONFINÓPOLIS DE MINAS A UNAÍ, CUJO O MOTORISTA É O SENHOR JOSÉ AILTON._x000D_
 TAL SOLICITAÇÃO SE FAZ NECESSÁRIA UMA VEZ QUE O CINTO DE SEGURANÇA É OBRIGATÓRIO POR LEI, E O REFERIDO VEÍCULO NÃO POSSUI CINTO DE SEGURANÇA PARA OS ALUNOS, SOMENTE PARA O MOTORISTA.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/905/905_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/905/905_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER QUE APÓS APROVAÇÃO DO PLENÁRIO SEJA ENCAMINHADO AO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, COM CÓPIA AO ILUSTRÍSSIMO SECRETÁRIO DE OBRAS MUNICIPAIS, CARLOS BRAGA E SILVA, MOSTRANDO A NECESSIDADE DE PROCEDER A PAVIMENTAÇÃO ASFÁLTICA NAS SEGUINTES RUAS: SEVERIANO MARA E DIAMANTINA LOCALIZADAS NO BAIRRO JARDIM CINELÂNDIA; RUA JOAQUIM VIEIRA DE MELO, LOCALIZADA NO CONJUNTO HABITACIONAL DONA MARIQUITA, FINAL DA RUA NOSSA SENHORA APARECIDA, BAIRRO ARROZAL E FINAL DA RUA ACRE, BAIRRO JARDIM CINELÂNDIA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/906/906_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/906/906_texto_integral.jpeg</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTES SUBSCREVEM, REGIMENTALMENTE APOIADOS, REQUEREM A VOSSA SENHORIA QUE SEJA ENCAMINHADO OFÍCIO AO PREFEITO MUNICIPAL A RESPEITO DAS RESPOSTAS DOS REQUERIMENTOS DESTES VEREADORES, UMA VEZ QUE, TEM SIDO ENVIADOS INÚMEROS REQUERIMENTOS E ATÉ O MOMENTO NÃO OBJETIVEMOS RESPOSTAS.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Lívia Matos, Célia Morais</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/907/907_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/907/907_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AS VEREADORAS QUE ESTAS SUBSCREVEM, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUEREM AO EXCELENTÍSSIMO SENHOR  PREFEITO, QUE SEJAM PRESTADAS AS SEGUINTES INFORMAÇÕES: _x000D_
 _x000D_
 1.	A LISTA DE CARGOS OCUPADOS PELOS SERVIDORES PÚBLICOS MUNICIPAIS, CONSTANDO INCLUSIVE O NÚMERO DE CARGOS VAGOS;_x000D_
 2.	RELAÇÃO DE TODOS OS SERVIDORES MUNICIPAIS, INCLUSIVE CARGOS COMISSIONADOS, INCLUINDO NOME, CARGO OCUPADO E A SITUAÇÃO ADMISSIONAL DE CADA QUAL (SE EFETIVO, CONTRATADO, CONCURSADO OU COMISSIONADO) E O LOCAL ONDE SE ENCONTRA LOTADO NO MOMENTO._x000D_
 </t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Célia Morais, Lívia Matos</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/908/908_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/908/908_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AS VEREADORAS QUE ESTAS SUBSCREVEM, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUER QUE APÓS APROVAÇÃO DO PLENÁRIO, SEJA SOLICITADO DO CHEFE DO PODER EXECUTIVO, QUE CONSTRUA UM BANHEIRO NA ASSOCIAÇÃO DA COMUNIDADE CALDEIRÃO.  </t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/909/909_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/909/909_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AS VEREADORAS QUE ESTAS SUBSCREVEM, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUER QUE APÓS APROVAÇÃO DO PLENÁRIO, SEJA SOLICITADO DO CHEFE DO PODER EXECUTIVO, QUE CONSTRUA UMA PONTE DE MADEIRA E UM MATA-BURRO NA ESTRADA DA COMUNIDADE CALDEIRÃO PRÓXIMO A SEDE DA ASSOCIAÇÃO,  ESTRADA ESTA QUE DÁ ACESSO ÀS PROPRIEDADES DAS SENHORAS ANA OLIVEIRA BRANDÃO. MÁXIMA FERREIRA DOS REIS E A COMUNIDADE LAGOA.  </t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/912/912_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/912/912_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, VEM A RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA SOLICITAR, QUE APÓS OUVIDO O PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UMA PONTE MOLHADA SOBRE O CÓRREGO CURRALIM  NA COMUNIDADE SANTA MARIA, NAS PROXIMIDADE DA PROPRIEDADE DO SENHOR CRISTÓVÃO BRANDÃO DOS SANTOS. SOLICITO AINDA QUE SEJA FEITO O CASCALHAMENTO DE APROXIMADAMENTE UM KM  DE ESTRADA CHEGANDO A PROPRIEDADE  DO SENHOR CRISTÓVÃO.  </t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/913/913_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/913/913_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, VEM A RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA SOLICITAR, QUE APÓS OUVIDO O PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, , PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UMA PASSARELA AÉREA NA ENTRADA DA CIDADE, SENTIDO BRASILÂNDIA DE MINAS, LIGANDO A RUA PE. CHIQUINHO E AV. ARGEMIRO BARBOSA DA SILVA.   LUGAR DENOMINADO (CAVA)</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/914/914_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/914/914_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, VEM A RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA SOLICITAR, QUE APÓS OUVIDO O PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDENCIAS NO SENTIDO DE CRIAR O PLANO DE CARGO E CARREIRA DOS SERVIDORES DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, UMA VEZ QUE JÁ FOI APROVADO NESTA CASA DE LEIS UMA INDICAÇÃO DE NOSSA AUTORIA NO ANO DE 2013 E NENHUMA AÇÃO FOI FEITA EM RELAÇÃO A MENCIONADA MATÉRIA.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/915/915_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/915/915_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, VEM A RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA SOLICITAR, QUE APÓS APROVADO NO PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDENCIAS NO SENTIDO DE FAZER ABERTURA DA SEQUÊNCIA DA RUA ANTÔNIO LABOISSIÉRE ATÉ ADENTRAR NA AVENIDA JOSÉ AMARO  BRANDÃO FILHO, UMA VEZ QUE JÁ FOI APROVADO UM REQUERIMENTO DE NOSSA AUTORIA NO ANO DE 2015, E PROVIDÊNCIAS NENHUMA FOI TOMADA ATÉ O MOMENTO.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Reginaldo Palma, Célia Morais, Fernanda Oliveira, Lívia Matos</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/917/917_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/917/917_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, VEM A RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA SOLICITAR, QUE APÓS OUVIDO O PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDENCIAS NO SENTIDO DE VIABILIZAR PARCERIA COM OS MORADORES DE NOSSA CIDADE NA CONSTRUÇÃO DE CALÇADAS NAS VIAS PÚBLICAS EM FRENTES SUAS CASAS E LOTES VAGOS, NO INTUITO DE COM ISSO DEIXAR A NOSSA CIDADE MAIS LIMPA E ATRAENTE PARA SE VIVER. </t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/918/918_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/918/918_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">A VEREADORA ABAIXO ASSINADO, REGIMENTALMENTE APOIADA, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SOLICITE DO PODER EXECUTIVO A CONSTRUÇÃO DE RAMPAS DE ACESSIBILIDADE, NA ENTRADA DO PRÉDIO DA SECRETÁRIA DE AGRICULTURA, PARA PESSOAS COM MOBILIDADE REDUZIDA E CADEIRANTES, DENTRO DOS PADRÕES EXIGIDOS POR LEI._x000D_
 </t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/919/919_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/919/919_texto_integral.jpeg</t>
   </si>
   <si>
     <t>A VEREADORA ABAIXO ASSINADA, REGIMENTALMENTE APOIADA, VEM À RESPEITÁVEL  PRESENÇA DE V. EXCIA. REQUERER QUE APÓS OUVIDO O PLENÁRIO, SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, INFORMAÇÕES REFERENTE AO FUNDEB A SABER:</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/920/920_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/920/920_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA. REQUERER QUE APÓS OUVIDO O PLENÁRIO, SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UM QUEBRA-MOLAS NA RUA SEVERIANO MARRA, PRÓXIMO AO BAR DO ZÉ EDUARDO, NO CONJUNTO HABITACIONAL FREI HUMBERTO. DEVIDO A RUA SER ESTREITA E MOVIMENTADA POR MUITAS CRIANÇAS, E OS VEÍCULOS TRAFEGAM EM ALTA VELOCIDADE.  </t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/926/926_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/926/926_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER QUE APÓS APROVAÇÃO DO PLENÁRIO, SEJA ENCAMINHADO O REQUERIMENTO AO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, COM CÓPIA PARA O SENHOR SECRETÁRIO MUNICIPAL DE OBRAS, CARLOS BRAGA E SILVA, MOSTRANDO A NECESSIDADE DE PROCEDER A IMPLANTAÇÃO DE REDE DE ESGOTO NO FINAL DA AV. ARGEMIRO BARBOSA DA SILVA, NO TRECHO ENTRE AS OFICINAS DOS SENHORES YUGI IDA E VALDEMAR MARTINS DE AZEVEDO (CATIREIRO).                                                                                                               </t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/925/925_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/925/925_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER QUE APÓS APROVADO PELO PLENÁRIO, SEJA ENCAMINHADO AO PODER EXECUTIVO COM CÓPIA PARA O SECRETÁRIO MUNICIPAL DE OBRAS, PROVIDÊNCIAS NOS SENTIDO DE INSTALAR 3 (TRÊS ) MATA BURROS, NA REGIÃO RIACHO DAS PEDRA, SENDO 01 (UM)  NA ESTRADA QUE DA ACESSO A PROPRIEDADE DO SENHOR GÉSU LUIZ DOS SANTOS E  OS OUTROS 02 (DOIS) NA ESTRADA QUE DA ACESSO A PROPRIEDADE DO SENHOR ARCELINO LUIZ DA SILVA. TAL SOLICITAÇÃO FAZ NECESSÁRIO, UMA VEZ QUE A ESTRADA É POR ONDE TRAFEGAM OS VEÍCULOS QUE ENTREGAM LEITE NA COMUNIDADE RIACHO DAS PEDRAS.                                                                                                        </t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/928/928_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/928/928_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, REGIMENTALMENTE APOIADO, VEM À DOUTA PRESENÇA DE VOSSA EXCELÊNCIA, SOLICITAR QUE SEJA REQUERIDO DO CHEFE DO PODER EXECUTIVO DE BONFINÓPOLIS DE MINAS, A REGULARIZAÇÃO DOS BENEFICIÁRIOS DE DOAÇÃO DE IMÓVEIS DEVIDAMENTE REALIZADA PELA MUNICIPAL 1.057, DE 29 DE DEZEMBRO DE 2011 E, NO ENTANTO, NÃO RECEBERAM ESCRITURA PÚBLICA DE DOAÇÃO._x000D_
 COMO SE SABE, EXISTEM INÚMERAS PESSOAS QUE, APESAR DE CADASTRADAS, NÃO TIVERAM SEUS NOMES INCLUSOS NA MENCIONADA LEGISLAÇÃO.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/929/929_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/929/929_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA, SOLICITAR QUE SEJA REQUERIDO DO DO CHEFE DO PODER EXECUTIVO DE BONFINÓPOLIS DE MINAS, REFORMA DO ASSOALHO DA PONTE QUE LIGA BONFINÓPOLIS DE MINAS AS PROPRIEDADES RURAIS DOS SENHORES: JOSÉ BERNARDES DA SILVA, ADÃO QUININHO, PETRÔNIO PEREIRA, TÕE PEBA, MANOEL CEARÁ E OUTROS A MENCIONADA PONTE FICA LOCALIZADA ANTES DA PONTE DO RIBEIRÃO RETIRO.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/930/930_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/930/930_texto_integral.jpeg</t>
   </si>
   <si>
     <t>A VEREADORA ABAIXO ASSINADO, REGIMENTALMENTE APOIADA, VEM À R. PRESENÇA DE V. EXCIA REQUERER QUE SOLICITE DO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE DESTINAR A RUA VENÂNCIO PINTO MACHADO AO TRÂNSITO EM &amp;#8220;MÃO&amp;#8221; ÚNICA, NO TRECHO ENTRE A AVENIDA ARGEMIRO BARBOSA DA SILVA À RUA ABÍLIO MOREIRA, DE FORMA QUE O TRÂNSITO SEJA NO SENTIDO DA AV. ARGEMIRO BARBOSA PARA RUA ABÍLIO MOREIRA.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/931/931_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/931/931_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, VEM A RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA SOLICITAR, QUE APÓS OUVIDO O PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE REFORMAR O MATA-BURRO, LOCALIZADO NA DIVISA DAS PROPRIEDADES DOS SENHORES TIÃO FAZENDEIRO E JOÃO BERTO DE SOUZA</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/933/933_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/933/933_texto_integral.jpeg</t>
   </si>
   <si>
     <t>A VEREADORA ABAIXO ASSINADA, REGIMENTALMENTE APOIADA, VEM À RESPEITÁVEL  PRESENÇA DE V. EXCIA. REQUERER QUE APÓS OUVIDO O PLENÁRIO, SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE REFORMAR O TELHADO  DO GALPÃO DA COMUNIDADE LAGES, POIS O MESMO FOI DESTELHADO COM OS VENTOS  DO MÊS DE JULHO DO CORRENTE ANO</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/934/934_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/934/934_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTES SUBSCREVEM REGIMENTALMENTE APOIADOS, VEM À DOUTA PRESENÇA DE VOSSA EXCELÊNCIA, SOLICITAR QUE SEJA REQUERIDO DO CHEFE DO PODER EXECUTIVO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE REALIZAR ESTUDO E VIABILIZAR NOVO CÓDIGO DE POSTURAS PARA ESTA MUNICIPALIDADE, SOBRETUDO NO QUE DIZ RESPEITO À DISCIPLINA DO COMÉRCIO AMBULANTE, TENDO EM VISTA QUE TAL MODALIDADE DE COMÉRCIO TEM SIDO REALIZADA INDISCRIMINADAMENTE NO MUNICÍPIO, PREJUDICANDO O COMÉRCIO LOCAL._x000D_
 _x000D_
 		REGISTRE-SE, AINDA, QUE O CÓDIGO DE POSTURAS ATUAL FOI PROMULGADO EM 1997 E JÁ NÃO ATENDE AOS ANSEIOS DA POPULAÇÃO._x000D_
 _x000D_
 		PARALELAMENTE AO CÓDIGO DE POSTURAS, HÁ NECESSIDADE TAMBÉM DE SE REVISAR A LEI MUNICIPAL Nº1.062, DE 18 DE JUNHO DE 2012. CONTUDO, POR MEDIDA DE CAUTELA, PENSAMOS SER O CASO DE REVISAR A LEI SOMENTE APÓS A VIABILIZAÇÃO DO NOVO CÓDIGO DE POSTURAS._x000D_
 _x000D_
 		AO ENSEJO, REQUEREMOS TAMBÉM SEJAM CONFECCIONADAS CARTEIRAS PROFISSIONAIS PARA OS FISCAIS DO MUNICÍPIO, BEM COMO QUE SEJAM CONCRETIZADOS ESTUDOS A FIM DE EFETUAR PAGAMENTO DE PERICULOSIDADE AOS MESMOS._x000D_
 </t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/935/935_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/935/935_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIAS NO SENTIDO DE FAZER PAVIMENTAÇÃO ASFÁLTICA NAS SEGUINTES RUAS: DIAMANTINA; OURO PRETO, ANTÔNIO LABOISSIERE; ACRE E  ALAMEDA OZIAS GOMES DE SOUZA, LIGANDO-A À AV. JOSÉ AMARO BRANDÃO FILHO. TAL SOLICITAÇÃO SE FAZ NECESSÁRIA PARA DAR MELHOR QUALIDADE DE VIDA AOS NOSSOS MUNÍCIPES,  UMA VEZ QUE SERÁ LAÇANDO  PELO GOVERNO DE MINAS,  O  PROGRAMA MAIS ASFALTO, E ASSIM QUE FOR LANÇADO  O MUNICÍPIO FARÁ SUA ADESÃO E INDICARÁ AS RUAS QUE SERÃO CONTEMPLADAS . </t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/936/936_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/936/936_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AS VEREADORAS ABAIXO ASSINADA, REGIMENTALMENTE APOIADAS, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS PROVIDÊNCIAS NO SENTIDO DE CASCALHAR OS PONTOS CRÍTICOS DA ESTRADA DA COMUNIDADE SANTO ANDRÉ, BEM COMO O TRECHO DA ESTRADA QUE DÁ ACESSO À FAZENDA PRIMAVERA DE PROPRIEDADE DO SENHOR CLAUDINEY. TAL SOLICITAÇÃO SE FAZ NECESSÁRIO DEVIDO A REALIZAÇÃO DA CAVALGADA, DA REFERIDA COMUNIDADE QUE SERÁ REALIZADA NO DIA 14 DE OUTUBRO DE 2017. _x000D_
 NA OPORTUNIDADE, SOLICITAMOS AINDA, O SERVIÇO DO CAMINHÃO PIPA PARA  MOLHAR A MENCIONADA ESTRADA, POR ONDE OS CAVALEIROS E VEÍCULOS IRÃO TRAFEGAR ATÉ O LOCAL DO EVENTO. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/937/937_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/937/937_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 	O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SOLICITE DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, QUE ATRAVÉS DA SECRETÁRIA DA AGRICULTURA, A CONSTRUÇÃO DE BARRAGINHAS, AÇUDES E CURVA DE NÍVEL PARA BENEFICIAR AS SEGUINTES COMUNIDADES: SÃO PEDRO, CARAÍBAS, RIACHO DA RAIZ, SACO DA ROÇA, CANABRAVA, SANTO ANDRÉ, GRAVISTA, RIACHO DA CALDA E RIACHO DAS PEDRAS. SOLICITO AINDA QUE SEJA ELABORADO CRONOGRAMA COM CÓPIA PARA O PODER LEGISLATIVO PARA ATENDER TODAS AS COMUNIDADES DO NOSSO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>CAP - Comissão de Administração Pública</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/941/941_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/941/941_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">OS MEMBROS DA COMISSÃO DE ADMINISTRAÇÃO PUBLICA  QUE ESTES SUBSCREVEM VEEM  À R. PRESENÇA DE VOSSA EXCELÊNCIA, COM FUNDAMENTO NO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, SOLICITAR AO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, APÓS APROVADO PELO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, QUE ENVIA À CÂMARA MUNICIPAL, COPIAS DOS CONTRATOS  CELEBRADOS ENTRE A PREFEITURA MUNICIPAL DE BONFINÓPOLIS DE MINAS  E A EMPRESA RODRIGO LOSCHA BRAGA &amp;#8211; ME,  (RODRIGO LAVA JATO), BEM COMO AS DOCUMENTAÇÕES DE LICITAÇÕES, NOTAS FISCAIS EMPENHADAS E PAGAS NOS ANOS 2013, 2014, 2015,  2016 E 2017. </t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/942/942_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/942/942_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SOLICITE DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, QUE ATRAVÉS DA SECRETÁRIA DA AGRICULTURA, A CONSTRUÇÃO DE BARRAGINHAS E CURVA DE NÍVEL PARA BENEFICIAR AS SEGUINTES COMUNIDADES: ASSA PEIXE, SANTA MARIA, SANTO ANTÔNIO DE LAGES, RIACHO DA LAGOA, IMBÉ, CALDEIRÃO E LAJINHA DO BOI. SOLICITO AINDA QUE SEJA ELABORADO CRONOGRAMA DAS ATIVIDADES COM CÓPIA PARA O PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/943/943_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/943/943_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, REGIMENTALMENTE APOIADO, VEM À DOUTA PRESENÇA DE VOSSA EXCELÊNCIA, SOLICITAR QUE SEJA REQUERIDO DO CHEFE DO PODER EXECUTIVO DE BONFINÓPOLIS DE MINAS, O QUANTITATIVO DE CARGOS VAGOS PARA MONITOR DE EDUCAÇÃO INFANTIL, BEM COMO O NÚMERO DE VAGAS ABERTAS PARA O MENCIONADO CARGO NO ÚLTIMO CONCURSO PÚBLICO, QUANTOS SERVIDORES OCUPANTES DO CARGO DE MONITOR DE EDUCAÇÃO INFANTIL ESTÃO EFETIVAMENTE LABORANDO NA CRECHE MUNICIPAL, BEM COMO SE TEM ALGUM TITULAR DO MENCIONADO CARGO QUE LABORA EM DESVIO DE FUNÇÃO (EM CASO POSITIVO DECLINAR NOME E LOTAÇÃO).</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>CFTOFF - Comissão de Finanças, Tributação, Orçamento e Fiscalização Financeira</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/944/944_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/944/944_texto_integral.jpeg</t>
   </si>
   <si>
     <t>OS MEMBROS DA COMISSÃO DE FINANÇAS TRIBUTAÇÃO ORÇAMENTO E FISCALIZAÇÃO FINANCEIRA, QUE ESTES SUBSCREVEM, VEEM À R. PRESENÇA DE VOSSA EXCELÊNCIA, NOS TERMOS REGIMENTAL, SOLICITAR  DO CHEFE DO PODER EXECUTIVO QUE CUMPRA O ART. 5º  DAS DISPOSIÇÕES GERAIS E TRANSITÓRIAS, DA LEI ORGÂNICA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/945/945_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/945/945_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA, REQUERER QUE APÓS OUVIDO O PLENÁRIO, SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UM QUEBRA MOLA RUA VEREADOR JOÃO DA PALMA PRÓXIMO A RESIDÊNCIA DO SENHOR WILSON TAVARES ( LORO)  ESQUINA COM RUA BELO HORIZONTE.                                       </t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/946/946_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/946/946_texto_integral.jpeg</t>
   </si>
   <si>
     <t>A VEREADORA ABAIXO ASSINADA, REGIMENTALMENTE APOIADA, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA. REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS PROVIDÊNCIAS NO SENTIDO DE PROVIDENCIAR UM AR CONDICIONADO PARA SER INSTALADO NA ACADEMIA DA SAÚDE DO BAIRRO FREI HUMBERTO. VALE RESSALTAR QUE NESSE LOCAL JÁ EXISTE UM AR, PORÉM O FLUXO DE PESSOAS QUE PRATICAM ATIVIDADE S FÍSICAS É BEM ALTO E O AR EXISTENTE NÃO ATENDE A DEMANDA.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/947/947_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/947/947_texto_integral.jpeg</t>
   </si>
   <si>
     <t>A VEREADORA ABAIXO ASSINADA, REGIMENTALMENTE APOIADA, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS PROVIDÊNCIAS NO SENTIDO DE CASCALHAR OS PONTOS CRÍTICOS DA ESTRADA QUE DÁ ACESSO À RESIDÊNCIA DA SENHORA TEREZINHA LUIZ BRANDÃO E JOÃO DA COSTA LIMA NA COMUNIDADE CALDEIRÃO, VALE RESSALTAR QUE ESSA ESTRADA INICIA NA ENTRADA DA FAZENDA DE MEROVEU EM SENTIDO À MENCIONADA COMUNIDADE, SALIENTO AINDA QUE ESSE TRECHO É DE LINHA ESCOLAR E NO PERÍODO CHUVOSO FICA IMPOSSÍVEL O TRAFEGO DE ÔNIBUS QUE ACABA COLOCANDO EM DIFICULDADE O ACESSO DOS ALUNO A ESCOLA</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/948/948_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/948/948_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS  A PLOTAGEM NA FROTA DO NOSSO MUNICÍPIO PARA MELHOR IDENTIFICAÇÃO. </t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/949/949_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/949/949_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIAS NO SENTIDO DE FAZER PAVIMENTAÇÃO ASFÁLTICA NAS SEGUINTES RUAS:  OURO PRETO, ANTÔNIO LABOISSIERE E ALAMEDA OZIAS GOMES DE SOUZA, LIGANDO-A À AV. JOSÉ AMARO BRANDÃO FILHO. TAL SOLICITAÇÃO SE FAZ NECESSÁRIA PARA DAR MELHOR QUALIDADE DE VIDA AOS NOSSOS MUNÍCIPES, UMA VEZ QUE SERÁ LANÇADO PELO GOVERNO DE MINAS, O PROGRAMA MAIS ASFALTO, E ASSIM QUE FOR LANÇADO O MUNICÍPIO FARÁ SUA ADESÃO E INDICARÁ AS RUAS QUE SERÃO CONTEMPLADAS. </t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/951/951_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/951/951_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE FAZER O ATERRAMENTO DO BUEIRO NA ENTRADA DA FAZENDA DO SENHOR JOSÉ EVANDRO DE OLIVEIRA, BEM COMO A CONSTRUÇÃO DE UMA BARRAGINHA NO MENCIONADO LOCAL PARA IMPEDIR O ROMPIMENTO DO ATERRO.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/952/952_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/952/952_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR BARRAGINHAS E CURVA DE NÍVEL NA COMUNIDADE SANTO ANDRÉ.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/953/953_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/953/953_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE ENLARGUECIMENTO, PATROLAMENTO E CASCALHAMENTO DE MIL METROS DA ESTRADA QUE LIGA BONFINÓPOLIS DE MINAS À CIDADE DE SANTA FÉ DE MINAS, O TRECHO É ENTRE O CAMPO DE AVIAÇÃO E ENTRADA DA FAZENDA DO SENHOR DENILSON DO PATROCÍNIO MATOS BEZERRA SENTIDO PONTE MELANCIEIRA.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/956/956_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/956/956_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE COLOCAR PLACAS COM IDENTIFICAÇÃO DAS RUAS EM TODO PERÍMETRO URBANO DA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/957/957_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/957/957_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINOPOLIS DE MINAS O PATROLAMENTO E CASCALHAMENTO DA ESTRADA MUNICIPAL INICIANDO LOGO APÓS O CAMPO DE AVIAÇÃO, MAIS CONHECIDO COMO RIACHO DA RAIZ ATÉ A PROPRIEDADE DO SENHOR DILSON SANTANA. COMUNIDADE SANTO ANDRÉ.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>Robinho da Cruz, Célia Morais</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/958/958_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/958/958_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INFORMAÇÕES A RESPEITO DO TRABALHO DE PERFURAÇÃO DE POÇOS ARTESIANOS QUE ESTÁ SENDO REALIZADO PELO MUNICÍPIO, SOBRETUDO (1) SE EXISTE PROJETO PARA A EFETIVAÇÃO DO MENCIONADO TRABALHO, EM CASO POSITIVO QUE SEJA ENCAMINHADO CÓPIA DO PROJETO A ESTA CASA LEGISLATIVA (2) INFORMAÇÕES A RESPEITO DOS LOCAIS COM COORDENADA GEOGRÁFICA DE ONDE FORAM PERFURADOS OS POÇOS E NOME COMPLETO DAS FAMÍLIAS QUE SERÃO BENEFICIADOS POR TAL MEDIDA, (3) SE HÁ PARCERIA PRIVADA, COM QUALQUER TIPO DE CUSTEIO, COM OS PRODUTORES BENEFICIADOS? EM CASO POSITIVO QUE NOS INFORME QUAL TIPO DE PARCERIA.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/960/960_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/960/960_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">A VEREADORA QUE ESTA SUBSCREVE, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUER QUE APÓS APROVAÇÃO DO PLENÁRIO, SEJA SOLICITADO DO CHEFE DO PODER EXECUTIVO, PROVIDÊNCIAS NO SENTIDO DE MELHORAR A ILUMINAÇÃO DA PRAÇA DO GINÁSIO POLIESPORTIVO, POIS A FALTA DE ILUMINAÇÃO ADEQUADA TRAZ ALGUNS TRANSTORNOS PARA OS COMERCIANTES PRÓXIMO DA LOCALIDADE, BEM COMO PARA AS PESSOAS QUE FREQUENTA E TRANSITAM PELA PRAÇA.  </t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/961/961_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/961/961_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">A VEREADORA QUE ESTA SUBSCREVE, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUER QUE APÓS APROVAÇÃO DO PLENÁRIO, SEJA SOLICITADO DO CHEFE DO PODER EXECUTIVO, PROVIDÊNCIAS NO SENTIDO DE FAZER RAMPAS DE ACESSIBILIDADE NAS CALÇADAS DOS SEGUINTES LOCAIS: GINÁSIO POLIESPORTIVO; QUADRA DE ESPORTES DA ESCOLA MUNICIPAL DERCÍLIO DUARTE MELGAÇO; CÂMARA MUNICIPAL, E NAS DEMAIS CALÇADAS DAS INSTITUIÇÕES PUBLICAS DO MUNICÍPIO.  </t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/962/962_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/962/962_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE COLOCAR COBERTURA E BANCOS NO PSF II VANDEIR JOSÉ BRANDÃO, PARA OS PACIENTES AGUARDAREM AS DISTRIBUIÇÕES DE FICHAS. </t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/963/963_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/963/963_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, REGIMENTALMENTE APOIADO, VEM À DOUTA PRESENÇA DE VOSSA EXCELÊNCIA, SOLICITAR QUE SEJA REQUERIDO DO CHEFE DO PODER EXECUTIVO DE BONFINÓPOLIS DE MINAS, QUE INTERCEDA JUNTO AO ÓRGÃO COMPETENTE NO SENTIDO DE VIABILIZAR CELEBRAÇÃO DO CONVÊNIO, ENTRE A SECTES E PREFEITURA MUNICIPAL DE BONFINÓPOLIS DE MINAS COM OBJETIVO DE INSTALAR NO MUNICÍPIO A UAITEC JUNIOR PARA CONTINUAR PROMOVENDO A INOVAÇÃO, INCLUSÃO SOCIAL E DIGITAL, O FORTALECIMENTO, A POPULARIZAÇÃO E A DIFUSÃO DA REDE ESTADUAL DE CONHECIMENTO EM CIÊNCIA E TECNOLOGIA, PROPORCIONANDO AO CIDADÃO COMUM O CONHECIMENTO PRÁTICO EM PROCESSOS PRODUTIVOS E O FORTALECIMENTO DO DESENVOLVIMENTO ECONÔMICO LOCAL E REGIONAL.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/967/967_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/967/967_texto_integral.jpeg</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTA SUBSCREVE, NOS TERMOS DO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, REQUER QUE APÓS APROVAÇÃO DO PLENÁRIO, SEJA SOLICITADO DO CHEFE DO PODER EXECUTIVO, PROVIDÊNCIAS NO SENTIDO DE CASCALHAR O FINAL DA RUA JOAQUINA VIEIRA DE MELO, POIS É A ÚNICA RUA DO BAIRRO FREI HUMBERTO QUE NÃO FOI CONTEMPLADA COM A PAVIMENTAÇÃO ASFALTICA, E COMO ESTÁ CHEGANDO O PERÍODO CHUVOSO, OS MORADORES DAQUELA LOCALIDADE ESTÃO MUITO PREOCUPADOS COM A SITUAÇÃO DA MENCIONADA VIA.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>Zé Lúcio, Lívia Matos</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/969/969_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/969/969_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADOS, REGIMENTALMENTE APOIADOS, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUEREREM QUE APÓS APROVAÇÃO DO PLENÁRIO SEJA ENCAMINHADO O REQUERIMENTO AO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, COM CÓPIA AO ILUSTRÍSSIMO SECRETÁRIO MUNICIPAL DE OBRAS, CARLOS BRAGA E SILVA, MOSTRANDO A NECESSIDADE DE PROCEDER A IMPLANTAÇÃO DA REDE PLUVIAL PARA CAPTAÇÃO DAS AGUAS PROVENIENTES DAS CHUVAS  QUE PERCORREM DA RUA PAULO LUCIO DE MENEZES PARA RUA ESMERALDAS PASSANDO DENTRO DO LOTE DO SENHOR   CLAUDENIRO ANTÔNIO DE SOUZA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2193,68 +2193,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/966/966_texto_integral.zip" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/836/836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/862/862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/873/873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/874/874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/904/904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/910/910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/911/911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/916/916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/922/922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/923/923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/924/924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/927/927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/938/938_texto_integral.zip" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2017/939/17-2017.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/950/950_texto_integral.zip" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/954/954_texto_integral.zip" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/955/955_texto_integral.zip" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/959/959_texto_integral.zip" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/965/965_texto_integral.zip" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/970/970_texto_integral.zip" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/964/964_texto_integral.zip" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/932/932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/824/824_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/825/825_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/826/826_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/827/827_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/828/828_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/829/829_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/830/830_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/831/831_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/832/832_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/833/833_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/863/863_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/864/864_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/837/837_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/838/838_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/839/839_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/840/840_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/841/841_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/842/842_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/843/843_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/844/844_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/845/845_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/846/846_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/847/847_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/848/848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/849/849_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/850/850_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/851/851_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/852/852_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/854/854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/855/855_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/856/856_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/857/857_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/853/853_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/860/860_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/859/859_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/865/865_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/866/866_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/867/867_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/868/868_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/869/869_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/871/871_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/870/870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/876/876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/877/877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/878/878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/879/879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/880/880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/881/881_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/882/882_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/883/883_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/884/884_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/885/885_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/886/886_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/887/887_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/888/888_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/889/889_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/891/891_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/898/898_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/894/894_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/892/892_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/893/893_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/899/899_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/895/895_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/896/896_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/897/897_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/900/900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/901/901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/902/902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/921/921_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/905/905_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/906/906_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/907/907_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/908/908_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/909/909_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/912/912_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/913/913_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/914/914_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/915/915_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/917/917_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/918/918_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/919/919_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/920/920_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/926/926_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/925/925_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/928/928_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/929/929_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/930/930_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/931/931_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/933/933_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/934/934_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/935/935_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/936/936_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/937/937_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/941/941_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/942/942_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/943/943_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/944/944_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/945/945_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/946/946_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/947/947_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/948/948_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/949/949_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/951/951_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/952/952_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/953/953_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/956/956_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/957/957_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/958/958_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/960/960_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/961/961_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/962/962_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/963/963_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/967/967_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/969/969_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/966/966_texto_integral.zip" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/836/836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/862/862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/873/873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/874/874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/904/904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/910/910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/911/911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/916/916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/922/922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/923/923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/924/924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/927/927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/938/938_texto_integral.zip" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/sapl/public/materialegislativa/2017/939/17-2017.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/950/950_texto_integral.zip" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/954/954_texto_integral.zip" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/955/955_texto_integral.zip" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/959/959_texto_integral.zip" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/965/965_texto_integral.zip" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/970/970_texto_integral.zip" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/964/964_texto_integral.zip" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/932/932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/824/824_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/825/825_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/826/826_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/827/827_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/828/828_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/829/829_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/830/830_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/831/831_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/832/832_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/833/833_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/863/863_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/864/864_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/837/837_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/838/838_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/839/839_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/840/840_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/841/841_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/842/842_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/843/843_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/844/844_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/845/845_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/846/846_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/847/847_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/848/848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/849/849_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/850/850_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/851/851_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/852/852_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/854/854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/855/855_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/856/856_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/857/857_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/853/853_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/860/860_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/859/859_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/865/865_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/866/866_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/867/867_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/868/868_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/869/869_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/871/871_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/870/870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/876/876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/877/877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/878/878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/879/879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/880/880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/881/881_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/882/882_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/883/883_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/884/884_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/885/885_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/886/886_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/887/887_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/888/888_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/889/889_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/891/891_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/898/898_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/894/894_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/892/892_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/893/893_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/899/899_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/895/895_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/896/896_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/897/897_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/900/900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/901/901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/902/902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/921/921_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/905/905_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/906/906_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/907/907_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/908/908_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/909/909_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/912/912_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/913/913_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/914/914_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/915/915_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/917/917_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/918/918_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/919/919_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/920/920_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/926/926_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/925/925_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/928/928_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/929/929_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/930/930_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/931/931_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/933/933_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/934/934_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/935/935_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/936/936_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/937/937_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/941/941_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/942/942_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/943/943_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/944/944_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/945/945_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/946/946_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/947/947_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/948/948_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/949/949_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/951/951_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/952/952_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/953/953_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/956/956_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/957/957_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/958/958_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/960/960_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/961/961_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/962/962_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/963/963_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/967/967_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/969/969_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H144"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="72.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="105.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>