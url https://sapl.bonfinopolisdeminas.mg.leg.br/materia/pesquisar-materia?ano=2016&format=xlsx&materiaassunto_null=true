--- v0 (2025-12-05)
+++ v1 (2026-03-20)
@@ -54,882 +54,882 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>958456</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Parecer Prévio</t>
   </si>
   <si>
     <t>Tribunal de Contas</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/803/803_texto_integral.tiff</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/803/803_texto_integral.tiff</t>
   </si>
   <si>
     <t>PARECER PRÉVIO DE PRESTAÇÃO DE CONTAS DA PREFEITURA MUNICIPAL DE BONFINÓPOLIS DE MINAS EXERCÍCIO 2014.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PO</t>
   </si>
   <si>
     <t>Portarias</t>
   </si>
   <si>
     <t>Robinho da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/750/750_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/750/750_texto_integral.jpeg</t>
   </si>
   <si>
     <t>NOMEIA A SENHORA VANI CAETANO DA SILVA PARA O CARGO DE SECRETÁRIO EXECUTIVO.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/751/751_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/751/751_texto_integral.jpeg</t>
   </si>
   <si>
     <t>NOMEIA KÉLEM PATRÍCIA ESTÁCIO DE OLIVEIRA, PARA O CARGO COMISSIONADO DE SECRETÁRIA DE DOCUMENTAÇÃO E REGISTRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/752/752_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/752/752_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONCEDE GRATIFICAÇÃO ESPECÍFICA DE APOIO TÉCNICO ADMINISTRATIVO E TÉCNICO OPERACIONAL AOS ÓRGÃOS DA CÂMARA MUNICIPAL - GEAT À SERVIDORA LEONOR MUNIZ ALVES.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/753/753_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/753/753_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONCEDE GRATIFICAÇÃO ESPECÍFICA DE APOIO TÉCNICO ADMINISTRATIVO E TÉCNICO OPERACIONAL AOS ÓRGÃOS DA CÂMARA MUNICIPAL - GEAT Á SERVIDORA CLEUZA OLIVEIRA BEZERRA PALMA.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/754/754_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/754/754_texto_integral.jpeg</t>
   </si>
   <si>
     <t>NOMEIA A SENHORITA SILVIA APARECIDA DE OLIVEIRA POMBO PARA O CARGO DE SECRETÁRIO DE CONTROLE INTERNO.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/755/755_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/755/755_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONFERE AO PRIMEIRO SECRETÁRIO DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS - MG AS ATRIBUIÇÕES QUE MENCIONA.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/756/756_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/756/756_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONCEDE GRATIFICAÇÃO ESPECÍFICA DE APOIO TÉCNICO ADMINISTRATIVO E TÉCNICO OPERACIONAL AOS ÓRGÃOS DA CÂMARA MUNICIPAL - GEAT À SERVIDORA JULIANA APARECIDA BRANDÃO.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/757/757_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/757/757_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O EXPEDIENTE DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS, NOS DIAS 08 E 10 DE FEVEREIRO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/758/758_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/758/758_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DOS MEMBROS EFETIVOS E SUPLENTES DAS COMISSÕES PERMANENTES DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>54189</t>
   </si>
   <si>
     <t>PC</t>
   </si>
   <si>
     <t>Prestação de Contas</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/801/801_texto_integral.tiff</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/801/801_texto_integral.tiff</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS MUNICIPAL EXECÍCIO 1995</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Partido dos Trabalhadores</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/769/769_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/769/769_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTRUTURAÇÃO DO FUNDO MUNICIPAL DE SAÚDE - FMS, REVOGA A LEI MUNICIPAL Nº 416/1991 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/770/770_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/770/770_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER REPASSE FINANCEIRO AO SINDICATO DOS PRODUTORES RURAIS DE BONFINÓPOLIS DE MINAS-MG E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/774/774_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/774/774_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE HORÁRIOS DE FUNCIONAMENTO DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS - MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/775/775_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/775/775_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL AOS SERVIDORES DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS - MG.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/776/776_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/776/776_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ALTERA A TABELA CONSTANTE DO ANEXO ÚNICO DA LEI MUNICIPAL 1.136, DE 19 DE DEZEMBRO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/782/782_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/782/782_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ACESSO A CARGOS, FUNÇÕES E EMPREGOS PÚBLICOS E CONTRATAÇÃO TEMPORÁRIA NA ADMINISTRAÇÃO MUNICIPAL DIRETA E INDIRETA, DE PORTUGUESES, BRASILEIROS NATURALIZADOS E ESTRANGEIROS RESIDENTES NO PAÍS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/788/788_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/788/788_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITOS ADICIONAIS ESPECIAIS NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/791/791_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/791/791_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/802/802_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/802/802_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA O PISO SALARIAL DOS AGENTES COMUNITÁRIOS DE SAÚDE E DOS AGENTES DE COMBATE A ENDEMIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/808/808_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/808/808_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA INCLUSÃO DE FONTES DE RECURSOS EM DOTAÇÃO DO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/810/810_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/810/810_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O &amp;#8220;PARLAMENTO JOVEM MINAS&amp;#8221; NO ÂMBITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS - MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/819/819_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/819/819_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O MUNICÍPIO DE BONFINÓPOLIS DE MINAS-MG, PARA O EXERCÍCIO FINANCEIRO DE 2017&amp;#8221;.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/820/820_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/820/820_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ANEXOS CONSTANTES DO PLANO PLURIANUAL PARA O QUADRIÊNIO 2014/2017, APROVADOS PELA LEI MUNICIPAL Nº 1.097, DE 20 DE DEZEMBRO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/821/821_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/821/821_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.181, DE 30 DE NOVEMBRO DE 2016, QUE &amp;#8220;ESTIMA A RECEITA E FIXA A DESPESA PARA O MUNICÍPIO DE BONFINÓPOLIS DE MINAS PARA O EXERCÍCIO DE 2016&amp;#8221;</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/759/759_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/759/759_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, E ATENDENDO SOLICITAÇÕES DOS MORADORES DA LOCALIDADE VEM A RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA SOLICITAR, QUE APÓS OUVIDO O PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDENCIAS NO SENTIDO DE FAZER A ABERTURA DO FINAL DO RUA ANTÔNIO LABOISSIÉRE, LIGANDO A MENCIONADA RUA À AVENIDA JOSÉ AMARO BRANDÃO FILHO, BEM COMO LEVANTAMENTO E CASCALHAMENTO DO REFERIDO LOGRADOURO.   _x000D_
 </t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/760/760_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/760/760_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. SOLICITAR QUE SEJA REQUERIDO DO CHEFE DO PODER EXECUTIVO DE BONFINÓPOLIS DE MINAS, A SUBSTITUIÇÃO DOS BRAÇOS DAS LUMINÁRIAS DOS POSTES DAS AVENIDAS OZIAS GOMES DE SOUZA, NO BAIRRO JARDIM CINELÂNDIA E DA AVENIDA JOSÉ   AMARO BRANDÃO FILHO NO BAIRRO BRASILINHA, PELO BRAÇO CURVO LONGO COM LUMINÁRIAS A VAPOR DE SÓDIO. </t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>Dadá Simões</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/761/761_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/761/761_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA REQUERER QUE SOLICITE DO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE DESTINAR A RUA VENÂNCIO PINTO MACHADO AO TRÂNSITO EM &amp;#8220;MÃO&amp;#8221; ÚNICA, NO TRECHO ENTRE A AVENIDA ARGEMIRO BARBOSA DA SILVA À RUA ABÍLIO MOREIRA, DE FORMA QUE O TRÂNSITO SEJA NO SENTIDO DA AV. ARGEMIRO BARBOSA PARA RUA ABÍLIO MOREIRA.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>Zé Lúcio</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/762/762_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/762/762_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA QUE SOLICITE DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE COLOCAR COBERTURA E BANCOS NO PSF II VANDEIR JOSÉ BRANDÃO, PARA OS PACIENTES AGUARDAREM AS DISTRIBUIÇÕES DE FICHAS.                                                                                                                                                                                                        </t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SOLICITE DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS PROVIDÊNCIAS NO SENTIDO DE ELABORAR PROJETO PARA CONSTRUÇÃO DE BARRAGINHAS, AÇUDES E CURVA DE NÍVEL PARA BENEFICIAR OS NOSSOS PRODUTORES RURAIS.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/764/764_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/764/764_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER DO PODER EXECUTIVO QUE FAÇA RECAPEAMENTO OU OPERAÇÃO TAPA BURACO NAS RUAS DE NOSSA CIDADE, ESPECIALMENTE NAS RUAS MARECHAL CASTELO BRANCO E VEREADOR ONOFRE PEDRO LOURENÇO, POIS NESSA RUA MORA CADEIRANTE  QUEM TEM SEU ACESSO LIMITADO DEVIDO A QUANTIDADE DE BURACOS EXISTENTE NO LOCAL. </t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/765/765_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/765/765_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NO USO DE SUAS ATRIBUIÇÕES, EM ESPECIAL PELAS ESTABELECIDAS PELO INCISO XI, DO ARTIGO 209, DAS RESOLUÇÃO 153, DE 08 DE SETEMBRO DE 2014, VEM PERANTE VOSSA EXCELÊNCIA, REQUERER QUE APÓS OUVIDO O PLENÁRIO, SEJA O PRESENTE REQUERIMENTO ENCAMINHADO AO CHEFE DO PODER EXECUTIVO LOCAL, SOLICITANDO AO MESMO AS SEGUINTES INFORMAÇÕES:_x000D_
 _x000D_
 INFORMAÇÕES SOBRE OS VALORES GASTOS PARA A REALIZAÇÃO DO EVENTO &amp;#8220;CARNABOM&amp;#8221; NOS ANOS DE 2013, 2014, E 2015, DESTACANDO OS VALORES GASTOS COM SOM AUTOMOTIVO. _x000D_
 </t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>Zezinho Tucano</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/766/766_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/766/766_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NO USO DE SUAS ATRIBUIÇÕES, EM ESPECIAL PELAS ESTABELECIDAS PELO INCISO XI, DO ARTIGO 209, DA RESOLUÇÃO 153, DE 08 DE SETEMBRO DE 2014, VEM PERANTE VOSSA EXCELÊNCIA, REQUERER QUE APÓS OUVIDO O PLENÁRIO, SEJA O PRESENTE REQUERIMENTO ENCAMINHADO AO CHEFE DO PODER EXECUTIVO LOCAL, SOLICITANDO AO MESMO AS SEGUINTES INFORMAÇÕES:_x000D_
 _x000D_
 INFORMAÇÕES SOBRE OS VALORES GASTOS PARA A REALIZAÇÃO DO EVENTO &amp;#8220;CARNABOM&amp;#8221; NO ANO DE 2016 E OS VALORES GASTOS COM A REALIZAÇÃO DAS FESTIVIDADES DO &amp;#8220;ANO NOVO&amp;#8221; DE 2016.  _x000D_
 </t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>CAP - Comissão de Administração Pública</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/767/767_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/767/767_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">OS MEMBROS DA COMISSÃO DE ADMINISTRAÇÃO PÚBLICA DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS &amp;#8211; MG, NO USO DE SUAS ATRIBUIÇÕES, EM ESPECIAL PELAS ESTABELECIDAS PELO INCISO XVI, DO ARTIGO 91, DA RESOLUÇÃO 153, DE 08 DE SETEMBRO DE 2014, VEM PERANTE VOSSA EXCELÊNCIA, REQUERER QUE APÓS OUVIDO O PLENÁRIO, SEJA O PRESENTE REQUERIMENTO ENCAMINHADO AO CHEFE DO PODER EXECUTIVO LOCAL, SOLICITANDO AO MESMO AS SEGUINTES INFORMAÇÕES:_x000D_
 _x000D_
 INFORMAÇÕES SOBRE A EXATA LOCALIZAÇÃO DOS LOCAIS ONDE OS MATA-BURROS ENVIADOS AO MUNICÍPIO PELO GOVERNO DO ESTADO, POR INTERMÉDIO DA SECRETARIA DE ESTADO DE TRANSPORTE E OBRAS PÚBLICAS SETOP, FORAM INSTALADOS._x000D_
 SOLICITAMOS AINDA, QUE CASO OS MESMOS NÃO TENHAM SIDO INSTALADOS QUE INFORME O MOTIVO DA NÃO INSTALAÇÃO. _x000D_
 </t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/768/768_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/768/768_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE VEM À R. PRESENÇA DE VOSSA EXCELÊNCIA, COM FUNDAMENTO NO ARTIGO 209, INCISO XIX, DO REGIMENTO INTERNO, SOLICITAR AO PREFEITO, APÓS APROVADO PELO PLENÁRIO E POR  INTERMÉDIO DA MESA DIRETORA, QUE DETERMINE O CUMPRIMENTO DA EMENDA À LEI ORGÂNICA Nº 06, DE 20 DE AGOSTO DE 2015, QUE ALTERA O ARTIGO 101 DA LEI ORGÂNICA DO MUNICÍPIO QUE PASSA VIGORAR COM A SEGUINTE REDAÇÃO: &amp;#8220;  A REMUNERAÇÃO DOS SERVIDORES PÚBLICOS E O SUBSIDIO DE QUE TRATA O ARTIGO 42 DESTA LEI ORGÂNICA SOMENTE PODERÃO SER FIXADOS OU ALTERADOS POR LEI ESPECIFICA OBSERVADA A INICIATIVA PRIVATIVA EM CADA CASO, ASSEGURADA REVISÃO GERAL ANUAL, SEMPRE NO MÊS DE JANEIRO DE CADA ANO E SEM DISTINÇÃO DE ÍNDICES. &amp;#8220; (NR). </t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/771/771_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/771/771_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. SOLICITAR QUE APÓS APROVAÇÃO PELO PLENÁRIO SEJA ENCAMINHADO AO PODER EXECUTIVO REQUERIMENTO SOLICITANDO A CONTRATAÇÃO DE DOIS PROFESSORES E DOIS MONITORES PARA O CENTRO EDUCACIONAL "JOSINA PALMA BEZERRA", POIS COM A CONTRATAÇÃO DESSES PROFISSIONAIS AUMENTARÁ EM MAIS DE 15 VAGAS PARA ATENDEREM NOSSAS CRIANÇAS.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>Cabo Custódio</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/772/772_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/772/772_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NO USO DE SUAS ATRIBUIÇÕES, EM ESPECIAL PELAS ESTABELECIDAS PELO INCISO XI, DO ARTIGO 209, DA RESOLUÇÃO 153, DE 08 DE SETEMBRO DE 2014, VEM PERANTE VOSSA EXCELÊNCIA, REQUERER QUE APÓS OUVIDO O PLENÁRIO, SEJA O PRESENTE REQUERIMENTO ENCAMINHADO AO CHEFE DO PODER EXECUTIVO LOCAL, SOLICITANDO AO MESMO AS SEGUINTES INFORMAÇÕES: _x000D_
 DESCRIÇÃO DOS CARGOS COMISSIONADOS DO 1º E 2º ESCALÃO, BEM COMO O NOME DAS PESSOAS QUE ESTÃO OCUPANDO ESSES CARGOS.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>Carlinhos da Brasilinha</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/773/773_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/773/773_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NO USO DE SUAS ATRIBUIÇÕES, EM ESPECIAL PELAS ESTABELECIDAS PELO INCISO XI, DO ARTIGO 209, DA RESOLUÇÃO 153, DE 08 DE SETEMBRO DE 2014, VEM PERANTE VOSSA EXCELÊNCIA, REQUERER QUE APÓS OUVIDO O PLENÁRIO, SEJA O PRESENTE REQUERIMENTO ENCAMINHADO AO CHEFE DO PODER EXECUTIVO LOCAL, SOLICITANDO AO MESMO, INFORMAÇÕES SOBRE QUAIS FORAM OS PROCESSOS LICITATÓRIOS REALIZADOS NO ANO DE 2015 QUE TENHAM COMO OBJETIVO A CONTRATAÇÃO DE PRESTAÇÃO DE SERVIÇOS.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>Manoel do IMA</t>
   </si>
   <si>
     <t xml:space="preserve">REQUERER AO PREFEITO, APÓS APROVADO PELO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, QUE FAÇA A RECUPERAÇÃO DO ASSOALHO DAS PONTES SOBRE OS CÓRREGOS CURRAL VELHO E LAGES, LOCALIZADAS NA ESTRADA VICINAL QUE LIGA A CIDADE DE BONFINÓPOLIS DE MINAS A COMUNIDADE SANTO ANTÔNIO DE LAJES. </t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/785/785_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/785/785_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUERER QUE APÓS OUVIDO O PLENÁRIO, SEJA O PRESENTE REQUERIMENTO ENCAMINHADO AO CHEFE DO PODER EXECUTIVO LOCAL, SOLICITANDO AO MESMO O ATENDIMENTO DA PRESENTE INDICAÇÃO.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/786/786_texto_integral.zip</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/786/786_texto_integral.zip</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE REALIZAR ESTUDO DAS PROPRIEDADES DA ÁREA DA CHAPADA, DE MANEIRA A COLETAR INFORMAÇÕES.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/783/783_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/783/783_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SOLICITAR DO CHEFE DO LEGISLATIVO QUE CUMPRA OS INCISOS IV E V DO ARTIGO 26 DA LEI ORGÂNICA DO MUNICÍPIO EM CONCORDÂNCIA DOS ARTIGOS 70 E 193 DO REGIMENTO INTERNO DESTA CASA.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/784/784_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/784/784_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER DO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE FAZER PAVIMENTAÇÃO ASFÁLTICA NO INÍCIO DA AVENIDA TENENTE JOÃO BISPO, PRÓXIMO DA APAE, CONFORME FOTOS ANEXAS.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/787/787_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/787/787_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REQUERIDO DO CHEFE DO PODER EXECUTIVO DE BONFINÓPOLIS DE MINAS, A EXTENSÃO ELÉTRICA NAS SEGUINTES RUAS DE NOSSA CIDADE: RUA ALFREDO OLINGER SENTIDO A AVENIDA JOSÉ AMARO BRANDÃO; RUA PEDRO LOURENÇO SENTIDO VALE DO AMANHECER, RUA ESMERALDAS NO FUNDO DO ROTARY CLUB; RUA VEREADOR JOÃO DA PALMA EM FRENTE AO CLUB DA MELHOR IDADE; RUA BELO HORIZONTE ESQUINA COM A RUA SEVERIANO MARRA, RUA DIAMANTINA FUNDO COM A CASEMG; RUA ILDA CEARENSE SENTIDO AO CEMITÉRIO JARDIM DOS IPÊS; RUA FROIS SENTIDO RIBEIRÃO DAS ALMAS E RUA SEBASTIÃO DO ARLINDO SENTIDO RUA PEDRO LOURENÇO</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/789/789_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/789/789_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE APÓS OUVIDO O PLENÁRIO, SEJA O PRESENTE REQUERIMENTO ENCAMINHADO AO CHEFE DO PODER EXECUTIVO LOCAL, SOLICITANDO AO MESMO AS SEGUINTES INFORMAÇÕES: INFORMAÇÕES ONDE OS DADOS (CNPJ E PROPRIETÁRIO), DE TODAS AS EMPRESAS QUE MANTÉM OU MANTIVERAM CONTRATOS COM O PODER EXECUTIVO LOCAL NOS ANOS 2013, 2014, 2015 E 2016.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NECESSÁRIAS PARA A EXTENSÃO, BEM COMO PATROLAMENTO E CASCALHAMENTO DO TRECHO DA RUA OZIAS GOMES INICIANDO NA RUA OURO PRETO ATÉ A AVENIDA JOSÉ AMARO BRANDÃO FILHO NO BAIRRO BRASILINHA.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/792/792_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/792/792_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE SOLICITE DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE IMPLANTAR NO ÂMBITO DA PREFEITURA MUNICIPAL DE BONFINÓPOLIS DE MINAS, PLANO DE SEGURO PARA OS SERVIDORES PÚBLICO MUNICIPAIS.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/793/793_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/793/793_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA REQUERER QUE SOLICITE DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS PROVIDÊNCIAS NO SENTIDO DE CONTRATAR PLANO DE SAÚDE PRIVADO PARA OS SERVIDORES DA ADMINISTRAÇÃO DIRETA E INDIRETA DO PODER EXECUTIVO._x000D_
 _x000D_
 	NESTES TERMOS, PEDE DEFERIMENTO._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 NADA OBSTANTE A EXISTÊNCIA DO SISTEMA ÚNICO DE SAÚDE, DE CARÁTER UNIVERSAL, AS EMPRESAS PÚBLICAS E PRIVADAS NÃO ESTÃO IMPEDIDAS DE CONTRATAR PLANO DE SAÚDE PRIVADO E COMPLEMENTAR PARA OS SEUS EMPREGADOS._x000D_
 A IMPLANTAÇÃO DE UM PLANO DE SAÚDE PODE TER O CONDÃO DE MELHOR AS CONDIÇÕES DE SAÚDE DOS SERVIDORES E, DE FORMA INDIRETA, INFLUIR POSITIVAMENTE NO SEU RENDIMENTO FUNCIONA, COM INEGÁVEL GANHO PARA A POPULAÇÃO._x000D_
 ESSAS AS RAZÕES QUE NOS MOTIVAM A APRESENTAR O PRESENTE REQUERIMENTO, ESPERANDO QUE SEJA APROVADA PELOS COLEGAS. _x000D_
 </t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/794/794_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/794/794_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SEJA SOLICITADO DO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, A IMPLANTAÇÃO DO SISTEMA SIMPLIFICADO DE ABASTECIMENTO DE ÁGUA, DENTRO DO PROGRAMA DO GOVERNO FEDERAL "ÁGUA PARA TODOS", PARA ATENDER AS COMUNIDADES RURAIS.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/795/795_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/795/795_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE FAZER CERCAMENTO DE NASCENTES EM NOSSO MUNICÍPIO, DENTRE ELAS A RIACHO DAS PEDRAS, DO CÓRREGO SACO DA ROÇA, CARAÍBAS E OUTRAS.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/796/796_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/796/796_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE REFORMAR A PRAÇA ANTÔNIO MARIO DE OLIVEIRA POMBO, INCLUSIVE O PARQUINHO INFANTIL INSTALADO NA MENCIONADA PRAÇA._x000D_
 _x000D_
 JUSTIFICATIVA: A REFORMA FAZ NECESSÁRIA UMA VEZ QUE A PRAÇA SE ENCONTRA EM ESTADO CRÍTICO DE CONSERVAÇÃO, LITERALMENTE ABANDONADA, SEM O MENOR CUIDADO NECESSÁRIO COMO TODOS SABEM NOSSA CIDADE É CARENTE DE LASER, E O POUCO QUE EXISTE MERECE MAIS ATENÇÃO POR PARTE DA ADMINISTRAÇÃO.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/797/797_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/797/797_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE REALIZAR A COBERTURA DO PARQUINHO INFANTIL INFANTIL DA ESCOLA MUNICIPAL DERCÍLIO DUARTE MELGAÇO._x000D_
 _x000D_
 JUSTIFICATIVA: A COBERTURA DA ÁREA É INDISPENSÁVEL PARA A PRÁTICA DE ESPORTE E ATIVIDADES DE LAZER, DOS ALUNOS DA MENCIONADA ESCOLA. </t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/798/798_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/798/798_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE REFORMAR, INCLUINDO A PINTURA DO PARQUINHO DA ESCOLA MUNICIPAL JOÃO LUIZ DOS SANTOS, POIS O MESMO NECESSITA COM URGÊNCIA DA REFERIDA REFORMA.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/799/799_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/799/799_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, E A PEDIDO DOS MORADORES DA COMUNIDADE SANTA MARIA, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA SOLICITAR QUE APÓS OUVIDO AO PLENÁRIO, SOLICITE DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE RECUPERAR O ASSOALHO DA PONTE SOBRE O CÓRREGO SANTO ANDRÉ, BEM COMO FAZER O ENCABEÇAMENTO DA REFERIDA PONTE. A LOCALIZAÇÃO DA OBRA É NA PROPRIEDADE DO SENHOR SEBASTIÃO DO BOI NA COMUNIDADE SANTA MARIA. </t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>CFTOFF - Comissão de Finanças, Tributação, Orçamento e Fiscalização Financeira</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/800/800_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/800/800_texto_integral.jpeg</t>
   </si>
   <si>
     <t>OS MEMBROS DA COMISSÃO DE FINANÇAS, TRIBUTAÇÃO, ORÇAMENTO E FISCALIZAÇÃO FINANCEIRA DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS - MG, NO USO DE SUAS ATRIBUIÇÕES, EM ESPECIAL PELAS ESTABELECIDAS PELO INCISO XVI, DO ARTIGO 91, DA RESOLUÇÃO 153, DE 08 DE SETEMBRO DE 2014, VEM PERANTE VOSSA EXCELÊNCIA, REQUERER QUE APÓS OUVIDO O PLENÁRIO, SEJA O PRESENTE REQUERIMENTO ENCAMINHADO AO CHEFE DO PODER DO PODER EXECUTIVO LOCAL, SOLICITANDO AO MESMO AS SEGUINTES INFORMAÇÕES:_x000D_
 O NÚMERO DO PROCESSO; O NÚMERO DO PRECATÓRIO; A DATA DE EXPEDIÇÃO DO PRECATÓRIO; A QUALIFICAÇÃO DO BENEFICIÁRIO; O VALOR DO PRECATÓRIO A SER PAGO._x000D_
 NESTES TERMOS, CONFIA NO DEFERIMENTO.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS NO SENTIDO DE FAZER REDE DE ESGOTO NAS SEGUINTES RUAS: RUA ELMIRO MARTINS, INICIO DA RUA BELO HORIZONTE E TRECHO DA AVENIDA ARISTIDES LEÃO, AMBAS LOCALIZADAS NO BAIRRO ARROZAL.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/806/806_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/806/806_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO PODER EXECUTIVO A CONSTRUÇÃO DE BANHEIROS NA PRAÇA ANTÔNIO MÁRIO DE OLIVEIRA POMBO, PARA ATENDER AS NECESSIDADES DAS PESSOAS QUE USAM À ACADEMIA DA MELHOR IDADE.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/807/807_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/807/807_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE REALIZAR PODA DAS ÁRVORES LOCALIZADAS NAS CALÇADAS DA NOSSA CIDADE, UMA VEZ QUE AS MENCIONADAS ÁRVORES ESTÃO ENCOSTANDO NAS FIAÇÕES ELÉTRICAS TRAZENDO PREOCUPAÇÕES AOS NOSSOS MUNÍCIPES QUE TEMEM POR ACIDENTES.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/809/809_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/809/809_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, E A PEDIDO DOS MORADORES DA COMUNIDADE CANABRAVA, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA SOLICITAR QUE APÓS APROVADO EM PLENÁRIO, SOLICITEM DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UMA PINGUELA DE CABO DE AÇO NO CÓRREGO CANABRAVA, NA PROPRIEDADE DO SENHOR JOSÉ LEITE. O MOTIVO DA SOLICITAÇÃO SE FEZ NECESSÁRIO, UMA VEZ QUE O SENHOR JOSÉ LEITE É PRODUTOR DE LEITE E PRECISA TRANSPORTAR A SUA PRODUÇÃO ATÉ O TANQUE, E, ATÉ MESMO SACAS DE RAÇÕES. . QUE SE TORNA MUITO DIFÍCIL NO PERÍODO CHUVOSO. </t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/811/811_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/811/811_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SOLICITE DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS PROVIDÊNCIAS NO SENTIDO DE CRIAR ALMOXARIFADO, RAMPA DE LAVA-JATO E LUBRIFICAÇÃO DA FROTA DE VEÍCULOS DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS._x000D_
 </t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/812/812_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/812/812_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SOLICITE DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS PROVIDÊNCIAS NO SENTIDO DE REFORMAR O GINÁSIO POLIESPORTIVO LOCAL.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/813/813_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/813/813_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE VEM, À R. PRESENÇA DE VOSSA EXCELÊNCIA, COM FUNDAMENTO NO  REGIMENTO INTERNO, REQUERER AO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, APÓS APROVADO PELO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, QUE FAÇA A RECUPERAÇÃO OU CONSTRUÇÃO DE NOVA PONTE SOBRE O RIBEIRÃO SANTO ANDRÉ  LOCALIZADA  ENTRE AS COMUNIDADE CANABRAVA E SÃO PEDRO. </t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/814/814_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/814/814_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE VEM, À R. PRESENÇA DE VOSSA EXCELÊNCIA, COM FUNDAMENTO NO  REGIMENTO INTERNO, REQUERER AO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, APÓS APROVADO PELO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, QUE FAÇA A RECUPERAÇÃO OU CONSTRUÇÃO DE NOVA PONTE SOBRE O CÓRREGO SAPATEIRO LOCALIZADO  NA ESTRADA QUE LIGA BONFINÓPOLIS À COMUNIDADE SACO DA ROÇA. </t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Cabo Custódio, Robinho da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/818/818_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/818/818_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTES SUBSCREVEM VEM À R. PRESENÇA DE VOSSA EXCELÊNCIA, COM FUNDAMENTO NO DO REGIMENTO INTERNO, SOLICITAR DO PRESIDENTE DA CÂMARA MUNICIPAL, APÓS APROVADO PELO PLENÁRIO, COPIAS DOS CONTRATOS  CELEBRADOS ENTRE A CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS  E A ASSOCIAÇÃO CULTURAL, EDUCATIVA E DESPORTIVA DE BONFINÓPOLIS DE MINAS/MG, BEM COMO AS COPIAS DAS NOTA FISCAIS REFERENTE AOS PAGAMENTO EFETUADOS A FAVOR DA MENCIONADA ASSOCIAÇÃO, REFERENTE AOS ANOS 2013, 2014, 2015 E 2016. </t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Robinho da Cruz, Cabo Custódio</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/815/815_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/815/815_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTES SUBSCREVEM VEEM  À R. PRESENÇA DE VOSSA EXCELÊNCIA, COM FUNDAMENTO NO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, SOLICITAR AO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, APÓS APROVADO PELO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, QUE ENVIA À CÂMARA MUNICIPAL, COPIAS DOS CONTRATOS  CELEBRADOS ENTRE A PREFEITURA MUNICIPAL DE BONFINÓPOLIS DE MINAS  E A EMPRESA RODRIGO LOSCHA BRAGA &amp;#8211; ME,  (RODRIGO LAVA JATO), BEM COMO AS DOCUMENTAÇÕES DE LICITAÇÕES, NOTAS FISCAIS EMPENHADAS E PAGAS NOS ANOS 2013, 2014, 2015 E 2016. </t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/816/816_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/816/816_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER  QUE APÓS OUVIDO O PLENÁRIO SEJA SOLICITADO DO PODER EXECUTIVO QUE SEJA FEITO O ATERRO E O ENCABEÇAMENTO SOBRE AS MANILHAS JÁ INSTALADAS NA ENTRADA DA PROPRIEDADE DO SENHOR JOSÉ EVANDRO DE OLIVEIRA (VANDO NUNES ) SITUADO NA FAZENDA BASTARDO. </t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/817/817_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/817/817_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTES SUBSCREVEM VEEM  À R. PRESENÇA DE VOSSA EXCELÊNCIA, COM FUNDAMENTO NO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, SOLICITAR AO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, APÓS APROVADO PELO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, QUE ENVIA À CÂMARA MUNICIPAL, COPIAS DOS CONTRATOS  CELEBRADOS ENTRE A PREFEITURA MUNICIPAL  E A ASSOCIAÇÃO CULTURAL, EDUCATIVA E DESPORTIVA DE BONFINÓPOLIS DE MINAS/MG, BEM COMO AS COPIAS DAS NOTA FISCAIS REFERENTE AOS PAGAMENTO EFETUADOS A FAVOR DA MENCIONADA ASSOCIAÇÃO, REFERENTE AOS ANOS 2013, 2014, 2015 E 2016. </t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Manoel do IMA, Carlinhos da Brasilinha</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/823/823_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/823/823_texto_integral.jpeg</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM, NOS TERMOS REGIMENTAIS, SOLICITAM QUE APÓS AO PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, NO SENTIDO DE CAPACITAR E CRIAR UMA EQUIPE DE RESPOSTA RÁPIDA EM URGÊNCIA.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/822/822_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/822/822_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA SOLICITAR QUE APÓS APROVADO EM PLENÁRIO, SOLICITE DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE SOLUCIONAR A QUESTÃO DO VOLUME DE ÁGUA PLUVIAL QUE CORRE SOBRE A RUA JOSÉ DOS SANTOS, ORIUNDAS DA RUA JOSÉ COSTA MENEZES.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1236,68 +1236,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/803/803_texto_integral.tiff" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/750/750_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/751/751_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/752/752_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/753/753_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/754/754_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/755/755_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/756/756_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/801/801_texto_integral.tiff" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/774/774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/776/776_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/782/782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/788/788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/802/802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/808/808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/810/810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/819/819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/821/821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/759/759_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/760/760_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/761/761_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/762/762_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/764/764_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/765/765_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/766/766_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/767/767_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/768/768_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/771/771_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/772/772_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/773/773_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/785/785_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/786/786_texto_integral.zip" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/783/783_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/784/784_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/787/787_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/789/789_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/792/792_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/793/793_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/794/794_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/795/795_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/796/796_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/797/797_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/798/798_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/799/799_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/800/800_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/806/806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/807/807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/809/809_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/811/811_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/812/812_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/813/813_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/814/814_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/818/818_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/815/815_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/816/816_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/817/817_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/823/823_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/822/822_texto_integral.jpeg" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/803/803_texto_integral.tiff" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/750/750_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/751/751_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/752/752_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/753/753_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/754/754_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/755/755_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/756/756_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/801/801_texto_integral.tiff" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/774/774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/776/776_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/782/782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/788/788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/802/802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/808/808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/810/810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/819/819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/821/821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/759/759_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/760/760_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/761/761_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/762/762_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/764/764_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/765/765_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/766/766_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/767/767_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/768/768_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/771/771_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/772/772_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/773/773_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/785/785_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/786/786_texto_integral.zip" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/783/783_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/784/784_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/787/787_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/789/789_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/792/792_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/793/793_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/794/794_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/795/795_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/796/796_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/797/797_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/798/798_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/799/799_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/800/800_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/806/806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/807/807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/809/809_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/811/811_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/812/812_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/813/813_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/814/814_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/818/818_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/815/815_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/816/816_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/817/817_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/823/823_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2016/822/822_texto_integral.jpeg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="72.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="105.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>