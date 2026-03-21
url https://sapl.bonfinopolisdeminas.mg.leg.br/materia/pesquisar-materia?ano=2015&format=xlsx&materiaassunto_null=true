--- v0 (2025-12-05)
+++ v1 (2026-03-21)
@@ -54,2167 +54,2167 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PO</t>
   </si>
   <si>
     <t>Portarias</t>
   </si>
   <si>
     <t>Dadá Simões</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/707/707_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/707/707_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">NOMEIA A SENHORA VANI CAETANO DA SILVA PARA O CARGO DE SECRETÁRIO EXECUTIVO. </t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>NOMEIA KÉLEM PATRÍCIA ESTÁCIO DE OLIVEIRA, PARA O CARGO COMISSIONADO DE SECRETARIA DE     DOCUMENTAÇÃO E REGISTRO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/709/709_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/709/709_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE GRATIFICAÇÃO ESPECÍFICA DE APOIO TÉCNICO ADMINISTRATIVO E TÉCNICO-OPERACIONAL AOS ÓRGÃOS DA CÂMARA MUNICIPAL &amp;#8211; GEAT À SERVIDORA JULIANA APARECIDA BRANDÃO.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/710/710_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/710/710_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE GRATIFICAÇÃO ESPECÍFICA DE APOIO TÉCNICO ADMINISTRATIVO E TÉCNICO-OPERACIONAL AOS ÓRGÃOS DA CÂMARA MUNICIPAL &amp;#8211; GEAT À SERVIDORA LEONOR MUNIZ ALVES.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/711/711_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/711/711_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE GRATIFICAÇÃO ESPECÍFICA DE APOIO TÉCNICO ADMINISTRATIVO E TÉCNICO-OPERACIONAL AOS ÓRGÃOS DA CÂMARA MUNICIPAL &amp;#8211; GEAT À SERVIDORA CLEUZA OLIVEIRA BEZERRA PALMA.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/712/712_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/712/712_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">NOMEIA A SENHORITA SILVIA APARECIDA DE OLIVEIRA POMBO PARA O CARGO DE SECRETÁRIO DE CONTROLE INTERNO. </t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/713/713_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/713/713_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">NOMEIA COMISSÃO PERMANENTE DE LICITAÇÃO, PREGOEIRO E RESPECTIVA EQUIPE DE APOIO, NO ÂMBITO DA CÂMARA MUNICIPAL._x000D_
 </t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/714/714_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/714/714_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O EXPEDIENTE DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS, NOS DIAS 16 E 18 DE FEVEREIRO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/715/715_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/715/715_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DOS MEMBROS EFETIVOS E SUPLENTES DAS COMISSÕES PERMANENTES DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/716/716_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/716/716_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE LICENÇA, A SERVIDORA VANILDA MUNIZ SANTOS PARA TRATAR DE INTERESSES PARTICULARES._x000D_
 </t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/717/717_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/717/717_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">HOMOLOGA RESULTADO DE AVALIAÇÃO DE DESEMPENHO DE SERVIDORES DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS._x000D_
 </t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/718/718_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/718/718_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROGRESSÃO DA SERVIDORA LEONOR MUNIZ ALVES</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/719/719_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/719/719_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O 3º ADICIONAL DE TEMPO DE SERVIÇO (QUINQUÊNIO) À SERVIDORA JULIANA APARECIDA BRANDÃO. </t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/720/720_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/720/720_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O EXPEDIENTE DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS, NO DIA 02/04/2015. </t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/721/721_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/721/721_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O EXPEDIENTE DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS, NO DIA 20/04/2015. _x000D_
 </t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/722/722_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/722/722_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O 4º ADICIONAL DE TEMPO DE SERVIÇO (QUINQUÊNIO) À SERVIDORA VANI CAETANO DA SILVA. </t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/723/723_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/723/723_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATUALIZA AS TABELAS DE VENCIMENTOS DO QUADRO DE PESSOAL DA CÂMARA                               MUNICIPAL DE BONFINÓPOLIS DE MINAS</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/724/724_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/724/724_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A NOMEAÇÃO DOS MEMBROS EFETIVOS E SUPLENTES DA COMISSÃO ESPECIAL DESTINADA À  EMITIR PARECER SOBRE PROJETOS DE RESOLUÇÕES NºS. 03, 04, 05, 06, 07, 08, 10, 11, 12, 13, 14 E 15/2015 E PROJETOS DE LEIS NºS. 02, 03, 04, 05, 06, 07, 08, 10, 13, 18, 19, 20, 21 E 22/2015. _x000D_
 </t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/725/725_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/725/725_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A NOMEAÇÃO DOS MEMBROS EFETIVOS E SUPLENTES DA COMISSÃO ESPECIAL DESTINADA À  EMITIR PARECER SOBRE PROPOSTA DE EMENDA 01/2015, QUE ALTERA O ARTIGO 101 DA LEI ORGANICA. _x000D_
 DO MUNICIPIO DE BONFINÓPOLIS DE MINAS, _x000D_
 </t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/726/726_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/726/726_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE FÉRIAS PRÊMIO À SERVIDORA LEONOR MUNIZ ALVES E DÁ OUTRA PROVIDÊNCIA.  _x000D_
 </t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/727/727_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/727/727_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONVERTE EM PECÚNIA PERÍODO DE FÉRIAS PRÊMIO A QUE FAZ JUS A SERVIDORA VANI CAETANO DA SILVA.  </t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/728/728_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/728/728_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O EXPEDIENTE DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS, NO DIA 05 DE JUNHO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/729/729_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/729/729_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE FÉRIAS REGULAMENTAR QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/730/730_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/730/730_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE FÉRIAS REGULAMENTAR QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE FÉRIAS REGULAMENTAR QUE ESPECIFICA E DÁ  OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/732/732_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/732/732_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE FÉRIAS REGULAMENTARES QUE ESPECIFICA E       DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/733/733_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/733/733_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O EXPEDIENTE DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS, NO DIA 10 DE JULHO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/734/734_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/734/734_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INTERROMPE, NO INTERESSE DO SERVIÇO PÚBLICO, O PERÍODO DE GOZO DE FÉRIAS REGULAMENTARES DA SERVIDORA LEONOR MUNIZ ALVES E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/735/735_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/735/735_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O EXPEDIENTE DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS, NO DIA 07 DE AGOSTO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/736/736_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/736/736_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A SUBSTITUIÇÃO DE SERVIDOR. </t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/737/737_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/737/737_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE FÉRIAS PRÊMIO À SERVIDORA LEONOR MUNIZ ALVES. </t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/738/738_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/738/738_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE FÉRIAS REGULAMENTARES À SERVIDORA CLEUZA OLIVEIRA BEZERRA PALMA</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/739/739_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/739/739_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE FÉRIAS REGULAMENTARES QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.  _x000D_
 </t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/740/740_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/740/740_texto_integral.pdf</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/741/741_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/741/741_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPENSA A SERVIDORA CLEUZA OLIVEIRA BEZERRA PALMA DA FUNÇÃO DE CONFIANÇA DE CHEFE DO SERVIÇO DE PESSOAL DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/742/742_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/742/742_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXONERA A SERVIDORA SILVIA APARECIDA DE OLIVEIRA POMBO DO CARGO DE SECRETÁRIA DE CONTROLE INTERNO.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/743/743_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/743/743_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXONERA A SERVIDORA VANI CAETANO DA SILVA DO CARGO DE SECRETÁRIA EXECUTIVA.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/744/744_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/744/744_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXONERA A SERVIDORA KÉLEM PATRÍCIA ESTÁCIO DE OLIVEIRA DO CARGO DE SECRETÁRIA DE DOCUMENTAÇÃO E REGISTRO DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/745/745_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/745/745_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPENSA A SERVIDORA JULIANA APARECIDA BRANDÃO DA FUNÇÃO DE APOIO INTERMEDIÁRIO DE TESOURARIA DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/746/746_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/746/746_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 &amp;#8220;HOMOLOGA RESULTADO DE AVALIAÇÃO DE DESEMPENHO DE SERVIDORES DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/747/747_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/747/747_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O EXPEDIENTE DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS, NOS DIAS 24 E 31 DE DEZEMBRO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/748/748_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/748/748_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPENSA A SERVIDORA LEONOR MUNIZ ALVES DA FUNÇÃO DE CONFIANÇA DE ASSESSORA DAS COMISSÕES PERMANENTES E TEMPORÁRIAS DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/749/749_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/749/749_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROGRESSÃO DOS SERVIDORES QUE MENCIONA.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/684/684_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/684/684_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 486 DA LEI COMPLEMENTAR Nº 8, DE 19 DE DEZEMBRO DE 2012 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Partido dos Trabalhadores</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/539/539_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/539/539_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA 02 (DOIS) CARGOS DE TÉCNICO EM RADIOLOGIA E 02 (DOIS) CARGOS DE INSTRUTOR DE ACADEMIA DE SAÚDE NO QUADRO DE PESSOAL DA PREFEITURA MUNICIPAL DE BONFINÓPOLIS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>Robinho da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/551/551_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/551/551_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE TÍTULO DE CIDADANIA HONORÁRIA BONFINOPOLITANA AO SENHOR TEODORICO RODRIGUES BRÁULIO. </t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/552/552_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/552/552_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE TÍTULO DE MÉRITO PROFISSIONAL À SENHORA DORCA VIEIRA VITÓRIA SANTOS. </t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/554/554_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/554/554_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE TÍTULO DE MÉRITO EMPRESARIAL AO SENHOR JOSÉ EDUARDO JANEIRO DE MENDONÇA. </t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/561/561_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/561/561_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE TÍTULO DE MÉRITO ARTÍSTICO A DUPLA &amp;#8216;WILSON E JÚNIOR&amp;#8217;. </t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/563/563_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/563/563_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE TÍTULO DE MÉRITO ARTÍSTICO A DUPLA POÉTICA &amp;#8216;NUNES DE SOUZA E SEBASTIÃO DE MELLO&amp;#8217;. _x000D_
 </t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/568/568_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/568/568_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE TÍTULO DE MÉRITO ASSISTENCIAL AO SENHOR ADILSON CARDOSO DOS SANTOS. </t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/569/569_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/569/569_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE TÍTULO DE MÉRITO EDUCACIONAL A SENHORA ERCÍLIA MARIA CARVALHO DOS SANTOS. </t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/571/571_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/571/571_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE DIRETOR DE FROTAS E MANUTENÇÃO, NA ESTRUTURA ADMINISTRATIVA DA ADMINISTRAÇÃO DIRETA DO PODER EXECUTIVO DE BONFINÓPOLIS DE MINAS - MG E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/572/572_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/572/572_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE MÉRITO ASSISTENCIAL A SENHORA VILMA DE DEUS VIEIRA LOPES.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/573/573_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/573/573_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA O PODER EXECUTIVO A CONCEDER DIREITO DE USO DE IMÓVEL QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/574/574_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/574/574_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL E ANUAL SOBRE A REMUNERAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS, CONFORME DISPÕE O ART. 37, INCISO X, DA CONSTITUIÇÃO FEDERAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/585/585_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/585/585_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE TÍTULO DE CIDADANIA HONORÁRIA BONFINOPOLITANA AO SENHOR JOSÉ EDSON LOSCHA. </t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/583/583_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/583/583_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REVISA A REMUNERAÇÃO DOS SERVIDORES DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS. _x000D_
 </t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/582/582_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/582/582_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVISA O SUBSÍDIO DOS VEREADORES DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/581/581_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/581/581_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REVISA O SUBSÍDIO DO PREFEITO, DO VICE-PREFEITO E DOS SECRETÁRIOS MUNICIPAIS DE BONFINÓPOLIS DE MINAS. _x000D_
 </t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/586/586_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/586/586_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A DESAFETAÇÃO E DOAÇÃO DO IMÓVEL QUE MENCIONA A LOJA MAÇÔNICA NOVA LUZ BONFINOPOLITANA Nº 139, NA FORMA E CONDIÇÕES QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS. _x000D_
 </t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/587/587_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/587/587_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE TÍTULO DE MÉRITO EMPRESARIAL AO SENHOR ADELINO MENDES LEITE. _x000D_
 </t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>Manoel do IMA</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/592/592_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/592/592_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE MÉRITO PROFISSIONAL AO SENHOR WERICK BRANDÃO SILVA</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/589/589_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/589/589_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE TÍTULO DE MÉRITO PROFISSIONAL À SENHORA JOANA BISPO DA FONSECA. </t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/598/598_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/598/598_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE A ORDEM MUNICIPAL DO BRASÃO AO SENHOR GABRIEL GUIMARÃES DE ANDRADE. </t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/599/599_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/599/599_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE A CHAVE DA CIDADE AO SENHOR LUIZ ARAÚJO FERREIRA. </t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/604/604_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/604/604_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI Nº 452, DE 18 DE AGOSTO DE 1992, QUE DISPÕE SOBRE O REGIME JURÍDICO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS. _x000D_
 </t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>Cabo Custódio</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/608/608_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/608/608_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> &amp;#8220;INSTITUI O DIA 15 DE OUTUBRO EM &amp;#8220;COMEMORAÇÃO AO DIA DOS PROFESSORES&amp;#8221;. </t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/609/609_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/609/609_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE TÍTULO DE MÉRITO PROFISSIONAL AO SENHOR DUGUAY GAIA GONZAGA. </t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/612/612_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/612/612_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE TÍTULO DE MÉRITO LEGISLATIVO A SENHORA POLYANA BEZERRA MATOS FERREIRA. </t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/619/619_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/619/619_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DEFINE ATRIBUIÇÕES PARA OS CARGOS DE PROVIMENTO EFETIVO DA PREFEITURA MUNICIPAL DE BONFINÓPOLIS DE MINAS-MG QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>Carlinhos da Brasilinha</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/620/620_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/620/620_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE A CHAVE DA CIDADE AO SENHOR JAIME MARTINS FILHO. </t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/621/621_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/621/621_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2016 E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;_x000D_
 </t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/622/622_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/622/622_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO AO MONUMENTO ALUSIVO AO CINQUENTENÁRIO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS &amp;#8211; MG._x000D_
 </t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/623/623_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/623/623_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO ENCAMINHAR A PROTESTO EXTRAJUDICIAL OS CRÉDITOS DA FAZENDA MUNICIPAL, ALTERA A LEI Nº 1.073, DE 19 DE DEZEMBRO DE 2012, QUE &amp;#8220;DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA DE CONCESSÃO DE CRÉDITOS PARA ADQUIRENTES DE BENS E MERCADORIAS EM FEIRAS LIVRES E DE MICROEMPRESAS, EMPRESAS DE PEQUENO PORTE E DE MICROEMPREENDEDORES INDIVIDUAIS, ESTABELECIDOS NO MUNICÍPIO DE BONFINÓPOLIS DE MINAS-MG&amp;#8221; E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221; </t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/625/625_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/625/625_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DISPÕE SOBRE O PLANO MUNICIPAL DE EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
 </t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>CAP - Comissão de Administração Pública</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/626/626_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/626/626_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO AO SENHOR MIGUEL GARCIA BARBOSA E DÁ OUTRA PROVIDÊNCIA.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/628/628_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/628/628_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE TÍTULO DE MÉRITO PROFISSIONAL AO SENHOR MAYCON STHAEL ALVES GONTIJO E DÁ OUTRA PROVIDÊNCIA. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/627/627_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/627/627_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE TURISMO E DO FUNDO MUNICIPAL DE TURISMO E INSTITUI A POLÍTICA MUNICIPAL DE TURISMO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/637/637_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/637/637_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO AO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/638/638_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/638/638_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE TÍTULO DE MÉRITO PROFISSIONAL AO SENHOR FRANCISCO XAVIER MENDES E DÁ OUTRA PROVIDÊNCIA. </t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>Zé Lúcio</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/639/639_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/639/639_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O DIPLOMA DE MÉRITO ASSISTENCIAL A SENHORA ÂNGELA MARIA DE OLIVEIRA CARDOSO, E DÁ OUTRA PROVIDÊNCIA. </t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/640/640_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/640/640_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE MÉRITO ASSISTENCIAL AO SENHOR JOSÉ VIEIRA DA SILVA, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/647/647_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/647/647_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA 10 DE SETEMBRO, CONSAGRADO AO EVENTO DENOMINADO &amp;#8220;SETEMBRO AMARELO&amp;#8221; E DEDICADO ÀS AÇÕES EDUCATIVAS PARA PREVENÇÃO DE SUICÍDIOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/649/649_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/649/649_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA BONFINOPOLITANA AO SENHOR ORLANDO ALVES DA CUNHA E DÁ OUTRA PROVIDÊNCIA.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/650/650_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/650/650_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BONFINÓPOLIS DE MINAS-MG A CONTRATAR COM O BANCO DE DESENVOLVIMENTO DE MINAS GERAIS S/A - BDMG, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/656/656_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/656/656_texto_integral.pdf</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/663/663_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/663/663_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER REPASSE FINANCEIRO À ASSOCIAÇÃO SEM FINS LUCRATIVOS QUE MENCIONA, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/666/666_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/666/666_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ESTIMA A RECEITA E FIXA A DESPESA PARA O MUNICÍPIO DE BONFINÓPOLIS DE MINAS-MG, PARA O EXERCÍCIO FINANCEIRO DE 2016&amp;#8221;.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/667/667_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/667/667_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA OS ANEXOS CONSTANTES DO PLANO PLURIANUAL PARA O QUADRIÊNIO 2014/2017, APROVADOS PELA LEI MUNICIPAL Nº 1.097, DE 20 DE DEZEMBRO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/668/668_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/668/668_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DISPÕE SOBRE DECLARAÇÃO COMO DE URBANIZAÇÃO ESPECÍFICA, COM O OBJETIVO DE PARCELAMENTO PARA FINS URBANOS, O IMÓVEL SITUADO NA ÁREA RURAL QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/671/671_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/671/671_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;AUTORIZA O PODER EXECUTIVO MUNICIPAL A ALIENAR OS TERRENOS URBANOS QUE ESPECÍFICA À COMPANHIA DE HABITAÇÃO DO ESTADO DE MINAS GERAIS - COHAB E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/672/672_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/672/672_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;AUTORIZA O PODER EXECUTIVO MUNICIPAL A ALIENAR OS TERRENOS URBANOS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/673/673_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/673/673_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> "INSTITUI A POLÍTICA MUNICIPAL DE ASSISTÊNCIA TÉCNICA E EXTENSÃO RURAL DE BONFINÓPOLIS DE MINAS-MG E O PROGRAMA MUNICIPAL DE ASSISTÊNCIA TÉCNICA E EXTENSÃO RURAL E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
 </t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/674/674_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/674/674_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A INSTITUIR OS PROGRAMAS DE APOIO AOS PRODUTORES RURAIS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/675/675_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/675/675_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DESAFETA IMÓVEIS PÚBLICOS QUE MENCIONA E AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR-LOS À AGÊNCIA DE DESENVOLVIMENTO ECONÔMICO E SOCIAL DO VALE DO RIO PARACATU E DÁ OUTRAS PROVIDENCIAS.&amp;#8221;_x000D_
 </t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/676/676_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/676/676_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI Nº 1.134, DE 19 DE DEZEMBRO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/679/679_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/679/679_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> _x000D_
 "DISPÕE SOBRE A CONSTITUIÇÃO DO SERVIÇO DE INSPEÇÃO MUNICIPAL &amp;#8211; SIM NO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, DEFINE OS PROCEDIMENTOS DE INSPEÇÃO SANITÁRIA EM ESTABELECIMENTOS QUE PRODUZAM PRODUTOS DE ORIGEM ANIMAL E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
 </t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/680/680_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/680/680_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A INSTITUIR O PROGRAMA DE REGULARIZAÇÃO FUNDIÁRIA DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS-MG E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/681/681_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/681/681_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A CUSTEAR DESPESAS DE EMPLACAMENTOS DE VEÍCULOS PARTICULARES NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/685/685_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/685/685_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;AUTORIZA A LEGITIMAÇÃO DE POSSE DO IMOVEL QUE MENCIONA A LUISMAR ALVES DE MOURA, NA FORMA E CONDIÇÕES QUE ESPECIFICA. E DÁ OUTRAS PROVIDENCIAS.&amp;#8221; </t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/687/687_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/687/687_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A INCLUSÃO DE FONTES DE RECURSOS EM DOTAÇÕES DO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/688/688_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/688/688_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.130, DE 12 DE DEZEMBRO DE 2014,  QUE  &amp;#8220;ESTIMA  A  RECEITA E FIXA A  DESPESA  PARA  O MUNICÍPIO DE     BONFINÓPOLIS  DE MINAS-MG, PARA O EXERCÍCIO FINANCEIRO DE 2015&amp;#8221; E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Robinho da Cruz, Fernanda Oliveira, Zezinho Tucano</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/590/590_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/590/590_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 ALTERA O ARTIGO 101 DA LEI ORGÂNICA. _x000D_
 </t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/534/534_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/534/534_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAÇÃO NA PRAÇA SILVESIA CÂNDIDO DO SINAL DE WIFI GRATUITAMENTE AOS ESTUDANTES, CIDADÃOS BONFINOPOLITANO E VISITANTES, DE FORMA QUE POSSAMOS OFERECER MAIS OPORTUNIDADE DE ACESSIBILIDADE ATRAVÉS DA INCLUSÃO A NOSSA POPULAÇÃO.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/535/535_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/535/535_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A CONSTRUÇÃO DE LOMBADAS (QUEBRA-MOLAS) NAS RUAS DO BAIRRO FREI HUMBERTO, TENDO EM VISTA QUE OS VEÍCULOS QUE TRAFEGAM PELA LOCALIDADE ACABAM EXCEDENDO NA VELOCIDADE PERMITIDA, O QUE ACABA COLOCANDO EM RISCO A INTEGRIDADE FÍSICA DAS CRIANÇAS QUE MORAM E BRINCAM NESSA RUA. </t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/536/536_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/536/536_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DAS PONTES DOS RIACHOS RIACHO DAS PEDRAS E RIACHO DAS PORTEIRA</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/537/537_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/537/537_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA DA PONTE SOBRE O CÓRREGO RIACHO DAS PORTEIRAS QUE DÁ ACESSO AS PROPRIEDADES DOS SENHORES PRETO CAETANO, DR. VICTOR DONIZETE, PAULO TAVARES E OUTROS. O PEDIDO FAZ NECESSÁRIO UMA VEZ QUE A PONTE POR ONDE ESSES MORADORES TRAFEGAM ESTA EM ESTADO PRECÁRIO, COLOCANDO EM RISCO A VIDA DAQUELAS PESSOAS, POIS QUANDO PASSAM POR ELA A IMPRESSÃO QUE SE TEM É QUE VAI DESABAR A QUALQUER MOMENTO, ISSO QUE OS CARROS QUE PASSAM POR ELA HOJE É APENAS CARRO DE PASSEIO, POIS NENHUM CAMINHONEIRO ARRISCA TRAFEGAR POR ELA, DEVIDO SEU ESTADO. E ISSO COLEGAS VEREADORES DIFICULTA MUITO A VIDA DAQUELES PRODUTORES RURAIS QUE MORAM NAQUELA LOCALIDADE. POR ESSAS RAZÕES QUE SOLICITO O APOIO DOS COLEGAS VEREADORES NA APROVAÇÃO DESSA PROPOSIÇÃO.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>Robinho da Cruz, Manoel do IMA</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/538/538_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/538/538_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES ABAIXO ASSINADOS, REGIMENTALMENTE APOIADOS, VEM À RESPEITÁVEL PRESENÇA DE V. EXA. REQUERER QUE SOLICITE DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS PROVIDENCIAS NO SENTIDO DE CAPTAR ÁGUA DO RIBEIRÃO SANTA CRUZ PARA ABASTECIMENTO DA COMUNIDADE RIACHO DAS PEDRAS. TAL OBRA FAZ-SE NECESSÁRIO, EM CARÁTER DE URGÊNCIA, PARA SANAR O GRAVE PROBLEMA DE DESABASTECIMENTO DE ÁGUA, NA REFERIDA COMUNIDADE, NO PERÍODO DA SECA, EVITANDO ASSIM OS TRANSTORNOS E GASTOS OCORRIDOS NO ANO DE 2014 PARA AMENIZAR O SOFRIMENTO COM A FALTA DE ÁGUA. _x000D_
 FAZEMOS TAL PEDIDO PORQUE, ALÉM DE SER UMA REIVINDICAÇÃO DOS MORADORES DA COMUNIDADE, ACREDITAMOS QUE ESTA É A MELHOR E MAIS EFICIENTE SOLUÇÃO PARA O PROBLEMA EM PAUTA. _x000D_
 </t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>Fernanda Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/540/540_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/540/540_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAR REUNIÃO ESPECIAL OU ATO COMEMORATIVO, EM HOMENAGEM AO DIA INTERNACIONAL DA MULHER.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/541/541_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/541/541_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SOLICITE DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS INTERCESSÃO JUNTO AO ÓRGÃO COMPETENTE NO INTUITO DE BENEFICIAR A ASSOCIAÇÃO DO SACO DA ROÇA COM OS SEGUINTES IMPLEMENTOS AGRÍCOLAS: A) ROÇADEIRA; B) CALCARIADEIRA E C) PLANTADEIRA._x000D_
 </t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/543/543_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/543/543_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER PELA TERCEIRA VEZ QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS  O PATROLAMENTO E CASCALHAMENTO DA ESTRADA MUNICIPAL QUE DA ACESSO A PROPRIEDADE DO SENHOR ADEMIR LEMOS, COMUNIDADE SANTO ANDRÉ, POIS A ESTRADA NÃO SE ENCONTRA EM CONDIÇÕES ADEQUADAS PARA A ATIVIDADE DE ENTREGA DE LEITE. </t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/544/544_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/544/544_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER PELA TERCEIRA VEZ QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS  O PATROLAMENTO E CASCALHAMENTO DA ESTRADA MUNICIPAL QUE DA ACESSO AS SEGUINTES PROPRIEDADES: INICIANDO NO SENHOR CARLITO DOS SANTOS, PASSANDO PELAS PROPRIEDADES DOS SENHORES JOEL DE CLEMENTE, DEDE CAETANO, OS LAUS E APARÍCIO,  SENTIDO CARAÍBAS E BERRANTE DE OURO. _x000D_
 </t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/545/545_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/545/545_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS  INSTALAÇÃO DE PLACAS INDICATIVA &amp;#8220;PROIBIDO JOGAR LIXO&amp;#8221; , BEM COMO CAÇAMBAS PARA COLETA DOS RESPECTIVOS LIXOS, NAS SEGUINTES ENTRADAS DA CIDADE DE BONFINÓPOLIS: PONTE DO ARROZAL; RIACHO DAS PEDRAS; SAÍDA PARA RIACHINHO MINAS GERAIS E CAMPO DE AVIAÇÃO, TAL SOLICITAÇÃO SE FAZ NECESSÁRIO COM A MÁXIMA URGÊNCIA DEVIDO A GRANDE QUANTIDADE DE LIXO DEPOSITADOS NAS MENCIONADAS LOCALIDADES, E ISSO ACABA COLOCANDO EM RISCO A SAÚDES DAS PESSOAS QUE MORAM NAS PROXIMIDADES. </t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>Carlinhos da Brasilinha, Robinho da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/546/546_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/546/546_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM VÊM À R. PRESENÇA DE VOSSA EXCELÊNCIA, COM FUNDAMENTO NO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, SOLICITAR AO PREFEITO, APÓS APROVADO PELO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, QUE PRESTE À CÂMARA MUNICIPAL AS SEGUINTES INFORMAÇÕES: 1) RELAÇÃO DOS CIDADÃOS INSCRITOS PARA O PROGRAMA MINHA CASA, MINHA VIDA NO ANO DE 2014, ACOMPANHADA DOS DOCUMENTOS EXIGIDOS NO ATO DE INSCRIÇÃO; E 2) RELAÇÃO DOS CONTEMPLADOS NO ÂMBITO DO REFERIDO PROGRAMA, BEM COMO DOS QUE SE ENCONTRAM NA LISTA DE RESERVA, ACOMPANHADA DE ATA(S) DA(S) REUNIÃO(ÕES) CONSELHO DE HABITAÇÃO EM QUE SE PROCESSOU A SELEÇÃO. _x000D_
 </t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>Zezinho Tucano</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/547/547_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/547/547_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS  QUE SEJA FEITA PLOTAGEM NOS ÔNIBUS DA FACULDADE E NO CAMINHÃO DO LIXO DIVULGANDO OS PONTOS TURÍSTICOS, AS OBRAS, A PRODUÇÃO ECONÔMICA E OS EVENTOS DO NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/548/548_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/548/548_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS  CASCALHAMENTO DAS RUAS DO BAIRRO FREI HUMBERTO, ATÉ QUE SEJA REALIZADA A OBRA DE PAVIMENTAÇÃO ASFÁLTICA DAS RUAS DO MENCIONADO BAIRRO, BEM COMO A  INSTALAÇÃO DE PLACAS INDICATIVA COM OS NOMES DAS RUAS PARA FACILITAR OS SERVIÇOS DOS CORREIOS E DOS VISITANTES. </t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/549/549_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/549/549_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 	O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SOLICITE DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS PROVIDÊNCIAS NO SENTIDO DE IMPLANTAR NO ÂMBITO DA PREFEITURA MUNICIPAL DE BONFINÓPOLIS DE MINAS, PLANO DE SEGURO DE VIDA INDIVIDUAL PARA OS SERVIDORES PÚBLICO MUNICIPAIS._x000D_
 </t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/550/550_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/550/550_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SOLICITE DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS PROVIDÊNCIAS NO SENTIDO DE ELABORAR PROJETO PARA CONSTRUÇÃO DE BARRAGINHAS, AÇUDES E CURVA DE NÍVEL PARA BENEFICIAR OS NOSSOS PRODUTORES RURAIS.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/553/553_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/553/553_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 	O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL  PRESENÇA DE V. EXCIA. REQUERER QUE SEJA AMPLIADO A ESCOLA MUNICIPAL DERCÍLIO DUARTE MELGAÇO COM A CONSTRUÇÃO DE MAIS DUAS SALAS DE AULAS, PARA ATENDER ALUNOS DA EDUCAÇÃO INFANTIL, UMAS VEZ QUE AS SALAS EXISTENTES NÃO ATENDE A DEMANDA._x000D_
 </t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/560/560_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/560/560_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL  PRESENÇA DE V. EXCIA. REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS A INSTALAÇÃO DO PROGRAMA SAÚDE DA FAMÍLIA &amp;#8211; PSF NO BAIRRO FREI HUMBERTO OU JARDIM  CINELÂNDIA, BONFINÓPOLIS DE MINAS, PARA ATENDER OS MORADORES DOS MENCIONADOS BAIRROS, TAL SOLICITAÇÃO SE FAZ NECESSÁRIA, DEVIDO O CRESCIMENTO POPULACIONAL DA NOSSA CIDADE, SEM CONTAR QUE CONTRIBUI COM A QUALIDADE DE VIDA DOS BONFINOPOLITANOS.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/562/562_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/562/562_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS  CONSTRUÇÃO DE TRÊS QUEBRA MOLAS NOS SEGUINTES PONTOS: UM NA AVENIDA ARGEMIRO BARBOSA DA SILVA, EM FRENTE A RADIO LIDER FM E OS OUTROS DOIS NA AVENIDA OZIAS GOMES DE SOUZA EM FRENTE OS NÚMEROS 350 E 480. TAL  SOLICITAÇÃO SE FAZ NECESSÁRIO COM A MÁXIMA URGÊNCIA UMA VEZ QUE NA AVENIDA OZIAS GOMES DE SOUZA NÃO TEM NENHUM UM QUEBRA-MOLA E OS VEÍCULOS TRAFEGAM PELA AVENIDA EM ALTA VELOCIDADE, COLOCANDO EM RISCO A VIDA DAS CRIANÇA QUE MORAM NA LOCALIDADE. </t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/564/564_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/564/564_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES DOS PROGRAMAS EXECUTADOS NO ÂMBITO DA SECRETARIA DE DESENVOLVIMENTO SOCIAL, CIDADANIA, TRABALHO, CULTURA E TURISMO.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/565/565_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/565/565_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SOLICITE DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS PROVIDÊNCIAS NO SENTIDO DE CRIAR ALMOXARIFADO, RAMPA DE LAVA-JATO E LUBRIFICAÇÃO DA FROTA DE VEÍCULOS DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/566/566_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/566/566_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">	O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SOLICITE DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS PROVIDÊNCIAS NO SENTIDO DE REFORMAR O GINÁSIO POLIESPORTIVO LOCAL.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/567/567_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/567/567_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE VEM À R. PRESENÇA DE VOSSA EXCELÊNCIA, COM FUNDAMENTO NO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, SOLICITAR AO PREFEITO, APÓS APROVADO PELO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, QUE PRESTE À CÂMARA MUNICIPAL INFORMAÇÕES SOBRE A CONTA BANCÁRIA ONDE ESTÃO APLICADOS OS RECURSOS ORIUNDOS DE EMENDA PARLAMENTAR DO DEPUTADO ESTADUAL ALMIR PARACA, NO VALOR ORIGINAL DE R$ 100.000,00 (CEM MIL REAIS), E DESTINADOS AO CALÇAMENTO DA AVENIDA PRINCIPAL DA COMUNIDADE RIACHO DAS PEDRAS, BEM COMO SOBRE O MONTANTE DOS RENDIMENTOS AUFERIDOS ATÉ A PRESENTE DATA. </t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/570/570_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/570/570_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE REIVINDIQUE AO PODER EXECUTIVO O CUMPRIMENTO DA LEI MUNICIPAL 1.100 DE  20 DE DEZEMBRO DE 2013, NA ÍNTEGRA, NO QUE SE REFERE AO SEU ARTIGO DE NÚMERO 11.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/575/575_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/575/575_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE RESTAURAR OS BRINQUEDOS DO PARQUINHO DA ESCOLA MUNICIPAL JOÃO LUIZ DOS SANTOS, BEM COMO, LIMPEZA DO PATIO DA ESCOLA.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/576/576_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/576/576_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUERER QUE SEJA CONSTRUÍDA UMA PRAÇA NA ENTRADA DO BAIRRO BRASILINHA, NA AVENIDA JOSÉ AMARO BRANDÃO FILHO, CONFLUÊNCIA COM AS RUAS DONA CAROLINA E DIAMANTINA.  </t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/579/579_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/579/579_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA. REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UMA PONTE MOLHADA SOBRE O CÓRREGO SÃO FRANCISCO NA COMUNIDADE IMBÉ, QUE DÁ ACESSO A PROPRIEDADE DO SENHOR JACINTO.                                                       </t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA. REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UMA PONTE MOLHADA SOBRE O CÓRREGO RIACHO DA LAGOA, NA LINHA ESCOLAR DA COMUNIDADE RIACHO DA LAGOA, NA PROPRIEDADE DO SENHOR NATIVO VIEIRA. </t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/584/584_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/584/584_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 	O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER DO PODER EXECUTIVO QUE CONSTRUA UMA PONTE MOLHADA NO CÓRREGO RIACHO DA RAIZ COMUNIDADE SANTO ANTÔNIO DO ROÇADO PARA ATENDER OS SEGUINTES PRODUTORES RURAIS; EDIS LEMOS, EUDER LEMOS, SENHOR MANOEL, PAULO MURAMATOS E GERALDO MARTINS. _x000D_
 </t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/577/577_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/577/577_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS  O REALINHAMENTO DOS VENCIMENTOS DOS FUNCIONÁRIOS DA PREFEITURA MUNICIPAL, PRINCIPALMENTE AQUELES QUE SE ENCONTRAM MUITO DEFASADOS. TAL SOLICITAÇÃO SE FAZ NECESSÁRIA, UMA VEZ QUE SOU VEREADOR E FUNCIONÁRIO DA PREFEITURA. DESSA FORMA A COBRANÇA SOBRE ESSA DEFASAGEM DE SALARIO É CONSTANTE E IMPOSITIVA. </t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/578/578_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/578/578_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 	O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA, SOLICITAR DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS PROVIDÊNCIAS NO SENTIDO DE PROMOVER A REFORMULAÇÃO DA LEI Nº 452/1992, QUE CONTÉM O ESTATUTO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO. _x000D_
 </t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/588/588_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/588/588_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE VÊM À R. PRESENÇA DE VOSSA EXCELÊNCIA, COM FUNDAMENTO NO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, SOLICITAR AO PREFEITO, APÓS APROVADO PELO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, QUE PRESTE À CÂMARA INFORMAÇÕES SOBRE OS PROCEDIMENTOS UTILIZADOS PARA CONCESSÃO DO ADICIONAL DE INSALUBRIDADE AOS SERVIDORES DA PREFEITURA MUNICIPAL E SOBRE A APLICAÇÃO DA NORMA REGULAMENTADORA Nº 15, ESPECIALMENTE O DISPOSTO NA SUA CLÁUSULA 15.2, BEM COMO INFORMAÇÕES SOBRE O PAGAMENTO DE ADICIONAL NOTURNO AOS SERVIDORES QUE PRESTAM SERVIÇO NO HORÁRIO COMPREENDIDO ENTRE 22 HORAS DE UM DIA E 5 HORAS DO DIA SEGUINTE, ENCAMINHANDO RELATÓRIO DOS EVENTUAIS BENEFICIÁRIOS._x000D_
 </t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/591/591_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/591/591_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PROVIDÊNCIAS NO SENTIDO DE RECUPERAR E ALARGAR 18 KM DA ESTRADA VICINAL QUE LIGA A REGIÃO DO ASSA-PEIXE A ESTRADA DO CERCADO NO TRECHO QUE SE INICIA NA FAZENDA INDAIATUBA ATÉ A VIA DE ACESSO DO CERCADO A UNAÍ.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/593/593_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/593/593_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTA SUBSCREVE, NOS TERMOS REGIMENTAIS, REQUER DO EXCELENTÍSSIMO SENHOR PRESIDENTE DESTA CASA, PROVIDÊNCIAS NO SENTIDO DE REALIZAR SEMINÁRIO PELA FAMÍLIA COM OBJETIVO DE TRABALHAR A IMPORTÂNCIA SOBRE O RELACIONAMENTO DE PAIS E FILHOS, BEM COMO O PAPEL DA FAMÍLIA NA SOCIEDADE E DOS PAIS NA VIDA DOS FILHOS.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/594/594_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/594/594_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO PODER EXECUTIVO PROVIDENCIAS NO SENTIDO DE CONSTRUIR UMA PISTA PARA PRÁTICA DO SKATE, ANEXA A PRAÇA ANTÔNIO MARIO DE OLIVEIRA POMBO.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/595/595_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/595/595_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, A CONSTRUÇÃO DE UMA PONTE MOLHADA, QUE DA ACESSO A PROPRIEDADE DO SENHOR JOSÉ CALDEIRA, SOBRE O CÓRREGO RIACHO NA COMUNIDADE FORMIGA, BEM COMO LEVANTAMENTO E CASCALHAMENTO DA ENTRADA E SAÍDA DA CONSTRUÇÃO DA PONTE ORA SOLICITADA.                                            </t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/596/596_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/596/596_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. SOLICITAR QUE SEJA REQUERIDO DO CHEFE DO PODER EXECUTIVO DE BONFINÓPOLIS DE MINAS, QUE INTERCEDA JUNTO AO ÓRGÃO COMPETENTE NO SENTIDO DE INSTALAR TELEFONE PUBLICO NAS COMUNIDADES RIACHO DAS PEDRAS, SACO DA ROÇA E CANABRAVA. </t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/597/597_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/597/597_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. SOLICITAR QUE SEJA REQUERIDO DO CHEFE DO PODER EXECUTIVO DE BONFINÓPOLIS DE MINAS, A SUBSTITUIÇÃO DOS BRAÇOS DAS LUMINÁRIAS DOS POSTES DAS AVENIDAS OZIAS GOMES DE SOUZA, NO BAIRRO JARDIM CINELÂNDIA E DA AVENIDA JOSÉ   AMARA BRANDÃO FILHO NO BAIRRO BRASILINHA, PELO BRAÇO CURVO LONGO COM LUMINÁRIAS A VAPOR DE SÓDIO. </t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/601/601_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/601/601_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL. PRESENÇA DE VOSSA EXCELÊNCIA. REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS PROVIDÊNCIA NO SENTIDO DE CONSTRUIR UMA PRAÇA COM BANCO, ARBORIZAÇÃO E TODA INFRAESTRUTURA NA ÁREA EXISTENTES DOS CRUZAMENTOS DAS RUAS DIAMANTINA, DONA CAROLINA E AVENIDA JOSÉ AMARO BRANDÃO FILHO, NO BAIRRO BRASILINHA. </t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/602/602_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/602/602_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SOLICITE DO PODER EXECUTIVO QUE DETERMINE AO DEPARTAMENTO COMPETENTE O PATROLAMENTO E CASCALHAMENTO  DAS ESTRADAS MUNICIPAIS DA COMUNIDADE RIACHO DAS PEDRAS, POIS AS MESMAS NÃO SE ENCONTRAM EM CONDIÇÕES ADEQUADAS PARA ATIVIDADES DE ENTREGA DE LEI.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/603/603_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/603/603_texto_integral.pdf</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/605/605_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/605/605_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA. REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UM MATA-BURRO NA ENTRADA DA FAZENDA DO SENHOR RAFAEL LOURENÇO SENTIDO COMUNIDADE LAJINHA DO BOI.                                                                                                                               </t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/606/606_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/606/606_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REQUERIDA DO CHEFE DO EXECUTIVO, CÓPIA DO PROJETO DE LEI QUE DISPÕE SOBRE A DOAÇÃO DE TERRENO A CASEMG, CUJO A LEI É 189, DE 10 DE JUNHO DE 1980. SOLICITO AINDA CÓPIA DA LEI QUE FORMALIZOU A DOAÇÃO DO TERRENO A AABB.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/607/607_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/607/607_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 		O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA. SOLICITAR QUE SEJA REQUERIDO DO CHEFE DO PODER EXECUTIVO DE BONFINÓPOLIS DE MINAS, AS SEGUINTES INFORMAÇÕES: CÓPIAS DE EVENTUAL NOTIFICAÇÃO ADMINISTRATIVA DA CASENG, VERSANDO SOBRE A DEVOLUÇÃO DO TERRENO DOADO COM A FINALIDADE DE CONSTRUÇÃO E MANUTENÇÃO DE INSTALAÇÕES DESTINADO PARA ARMAZENAMENTO DE GRÃOS, EM VIRTUDE DA INATIVIDADE DOS SERVIÇOS OU CASO NÃO TENHA NOTIFICAÇÃO QUE SEJA PROCEDIDA A NOTIFICAÇÃO REQUERENDO A DEVOLUÇÃO DO TERRENO, BEM COMO, A NOTIFICAÇÃO DA AABB COM O MESMO FIM, DEVIDO A INATIVIDADE DAS ATIVIDADES PARA A QUAL FOI DOADO O TERRENO. _x000D_
 </t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/618/618_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/618/618_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA. SOLICITAR QUE SEJA REALIZADO REUNIÕES ESPECIAIS OU ATOS COMEMORATIVOS NOS SEGUINTES DIAS: _x000D_
 &amp;#8226;	25 DE AGOSTO DE 2015 &amp;#8211; DIA DO MILITAR _x000D_
 &amp;#8226;	12 DE OUTUBRO DE 2015 &amp;#8211; DIAS DAS CRIANÇAS_x000D_
 &amp;#8226;	15 DE OUTUBRO DE 2015 &amp;#8211; DIA DO PROFESSOR_x000D_
 &amp;#8226;	29 DE OUTUBRO DE 2015 &amp;#8211; DIA DO SERVIDOR PUBLICO_x000D_
 &amp;#8226;	31 DE OUTUBRO DE 2015 &amp;#8211; DIA DOS EVANGÉLICOS_x000D_
 &amp;#8226;	1° DE MAIO DE 2016 &amp;#8211; DIA DO TRABALHO _x000D_
 </t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/610/610_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/610/610_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SOLICITE DO PODER EXECUTIVO A IMPLANTAÇÃO DE UM POSTO POLICIAL ENTRE OS BAIRROS  BRASILINHA E FREI HUMBERTO, PARA DAR MAIS SEGURANÇA AOS MORADORES DOS BAIRROS.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/611/611_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/611/611_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V._x000D_
 EXCIA. REQUERER DO PODER EXECUTIVO QUE DETERMINE AO DEPARTAMENTO COMPETENTE O_x000D_
 PATROLAMENTO E CASCALHAMENTO DA ESTRADA QUE DA ACESSO A PROPRIEDADE DO SENHOR VILMAR_x000D_
 MENEZES PASSANDO PELAS PROPRIEDADES DOS SENHORES ADAIR LEMOS, ADILSON MELGAÇO E_x000D_
 PAULO MELGAÇO NA COMUNIDADE BASTARDO_x000D_
 </t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/614/614_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/614/614_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">	O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. SOLICITAR QUE SEJA REQUERIDO DO CHEFE DO PODER EXECUTIVO DE BONFINÓPOLIS DE MINAS, A ELABORAÇÃO DE UM PROJETO PARA INSTALAÇÃO DE LUMINÁRIAS, NOS POSTES JÁ EXISTENTES NAS IMEDIAÇÕES DO VALE DO AMANHECER, LOCALIZADO NO BAIRRO BRASILINHA</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/613/613_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/613/613_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. SOLICITAR QUE SEJA REQUERIDO DO CHEFE DO PODER EXECUTIVO DE BONFINÓPOLIS DE MINAS, QUE FAÇA A EXTENSÃO DE REDE ELÉTRICA COM A COLOCAÇÃO DE MAIS UM POSTE NA RUA SEBASTIÃO DO ARLINDO, PARA ATENDER OS SENHORES JORGE PIO DA FONSECA, JOSÉ DE AFONSO E RICARDO. </t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/615/615_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/615/615_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">	O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO SENHOR PREFEITO DO  MUNÍCIPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NECESSÁRIAS PARA EXTENSÃO, BEM COMO PATROLAMENTO E CASCALHAMENTO DO TRECHO DA RUA OZIAS GOMES INICIANDO NA RUA OURO PRETO ATÉ A AVENIDA JOSE AMARO BRANDÃO FILHO NO BAIRRO BRASILINHA. </t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/616/616_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/616/616_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 		O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS DO ARTIGO 209, INCISO XIX, DO REGIMENTO INTERNO, VEM À R. PRESENÇA DE VOSSA EXCELÊNCIA REQUERER, APÓS OUVIDO O PLENÁRIO, SEJA SUGERIDO AO PREFEITO MUNICIPAL O REAJUSTAMENTO DOS VALORES DAS DIÁRIAS DE VIAGEM DOS SERVIDORES MUNICIPAIS DO PODER EXECUTIVO, FIXADOS POR MEIO DE DECRETO, QUE SE ENCONTRAM DEFASADOS E QUE SE MOSTRAM INSUFICIENTES PARA INDENIZAR OS CUSTOS COM OS DESLOCAMENTOS REALIZADOS PELOS REFERIDOS AGENTES PÚBLICOS NO EXERCÍCIO DE SUAS ATRIBUIÇÕES. _x000D_
 </t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>Carlinhos da Brasilinha, Zé Lúcio</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/617/617_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/617/617_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS DO ARTIGO 209, INCISO XIX, DO REGIMENTO INTERNO, VEM À R. PRESENÇA DE VOSSA EXCELÊNCIA REQUERER, APÓS OUVIDO O PLENÁRIO, SEJA SUGERIDO AO PREFEITO MUNICIPAL O ENCAMINHAMENTO Á CÂMARA MUNICIPAL DE PROJETO DE LEI DISPONDO SOBRE O REAJUSTAMENTO DOS VENCIMENTOS DOS SERVIDORES NO EXERCÍCIO DOS CARGOS DE TÉCNICOS E AUXILIARES DE ENFERMAGEM, QUE SE ENCONTRAM DEFASADOS, SENDO EQUIVALENTES HOJE APROXIMADAMENTE A UM SALÁRIO MÍNIMO. </t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/624/624_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/624/624_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. REQUERER QUE SOLICITE DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS RELAÇÃO DOS CONSELHOS MUNICIPAIS EXISTENTE E ATIVOS NO MUNICÍPIO, BEM COMO O DIA E HORÁRIO DAS REUNIÕES ORDINÁRIA DOS CONSELHEIROS.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>Robinho da Cruz, Dadá Simões, Fernanda Oliveira, Manoel do IMA, Zezinho Tucano</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/629/629_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/629/629_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">	OS VEREADORES ABAIXO ASSINADOS, REGIMENTALMENTE APOIADOS, VEM À RESPEITÁVEL  PRESENÇA DE V. EXCIA. REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PARA QUE INTERCEDA JUNTO AO GOVERNO FEDERAL, NO SENTIDO DE VIABILIZAR A INSTALAÇÃO DE ÁGUA, NAS COMUNIDADES: CANABRAVA, SANTO ANDRÉ E RIACHO DAS PEDRAS, ABASTECIMENTO ESTE DIRETO DOS RIBEIRÕES SANTO ANDRÉ E SANTA CRUZ RESPECTIVAMENTE. ATRAVÉS DO SISTEMA SIMPLIFICADO DE ABASTECIMENTO DE ÁGUA NO PROGRAMA ÁGUA PARA TODOS._x000D_
 </t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/630/630_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/630/630_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, E ATENDENDO SOLICITAÇÕES DOS MORADORES DA LOCALIDADE VEM A RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA SOLICITAR, QUE APÓS OUVIDO O PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDENCIAS NO SENTIDO DE FAZER A ABERTURA DO FINAL DO RUA ANTÔNIO LABOISSIÉRE, LIGANDO A MENCIONADA RUA À AVENIDA JOSÉ AMARO BRANDÃO FILHO, BEM COMO LEVANTAMENTO E CASCALHAMENTO DO REFERIDO LOGRADOURO.   </t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/631/631_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/631/631_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. SOLICITAR QUE INTERCEDA JUNTO A FUNASA COM OBJETIVO DE CONSTRUIR BANHEIROS NA ZONA RURAL, ATRAVÉS DO PROGRAMA DO GOVERNO FEDERAL &amp;#8220;MELHORIAS SANITÁRIAS RURAIS&amp;#8221;, UMA VEZ QUE PERCORREMOS ALGUMAS PROPRIEDADES RURAIS E DETECTAMOS A NECESSIDADE DE TAIS MELHORIAS. </t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/632/632_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/632/632_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE VEM À R. PRESENÇA DE VOSSA EXCELÊNCIA, COM FUNDAMENTO NO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, SOLICITAR AO PREFEITO, APÓS APROVADO PELO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, QUE ENVIE À CÂMARA MUNICIPAL, A TÍTULO DE INFORMAÇÃO, A RELAÇÃO COMPLETA, CONTENDO O NOME, CARGO, LOCAL DE TRABALHO E RESPECTIVO VENCIMENTO BÁSICO, DE TODOS OS SERVIDORES ATIVOS DA PREFEITURA MUNICIPAL DE BONFINÓPOLIS DE MINAS, INDEPENDENTEMENTE DA NATUREZA DA INVESTIDURA (SE EFETIVO, COMISSIONADO OU CONTRATADO) OU DO RESPECTIVO CARGO/FUNÇÃO. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/633/633_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/633/633_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADOS, REGIMENTALMENTE APOIADOS, VEM À RESPEITÁVEL  PRESENÇA DE V. EXCIA. REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS QUE INTERCEDA JUNTO AO GOVERNO DO ESTADO NO SENTIDO DE VIABILIZAR RECURSO PARA PAVIMENTAÇÃO ASFÁLTICA NAS RUAS DO BAIRRO FREI HUMBERTO, NO CONJUNTO HABITACIONAL DONA MARIQUITA.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/634/634_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/634/634_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE VEM À R. PRESENÇA DE VOSSA EXCELÊNCIA, COM FUNDAMENTO NO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, SOLICITAR AO PREFEITO, APÓS APROVADO PELO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, QUE ENVIE À CÂMARA MUNICIPAL, A TÍTULO DE INFORMAÇÃO, RELAÇÃO CONTENDO O CARGO/FUNÇÃO, NOME COMPLETO, LOTAÇÃO E A HABILITAÇÃO DOS SERVIDORES QUE EXECUTAM FUNÇÕES/ATIVIDADES DE INSTRUTOR DE ACADEMIA DE SAÚDE. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/635/635_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/635/635_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE V. EXA. REQUERER QUE SOLICITE DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS PROVIDENCIAS NO SENTIDO DE INTERCEDER JUNTO AOS ÓRGÃOS  COMPETENTE NO SENTIDO VIABILIZAR PROJETO DE CANALIZAÇÃO DE AGUA PARA  ABASTECER A COMUNIDADE SANTO ANTÔNIO DE LAJES. _x000D_
 FAZEMOS TAL PEDIDO PORQUE, ALÉM DE SER UMA REIVINDICAÇÃO DOS MORADORES DA COMUNIDADE, ACREDITAMOS QUE ESTA É A MELHOR E MAIS EFICIENTE SOLUÇÃO PARA O PROBLEMA EM PAUTA. _x000D_
 </t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/636/636_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/636/636_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">	O VEREADOR QUE ESTE SUBSCREVE VEM À R. PRESENÇA DE VOSSA EXCELÊNCIA, COM FUNDAMENTO NO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, SOLICITAR AO PREFEITO, APÓS APROVADO PELO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, QUE PRESTE À CÂMARA INFORMAÇÕES SOBRE A DESTINAÇÃO DA ÁGUA E DOS RESÍDUOS PROVENIENTES DA PREPARAÇÃO DE CORPOS PELO SERVIÇO FUNERÁRIO LOCAL. </t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/641/641_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/641/641_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE VEM À R. PRESENÇA DE VOSSA EXCELÊNCIA, COM FUNDAMENTO NO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, SOLICITAR AO PREFEITO, APÓS APROVADO PELO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, QUE PRESTE À CÂMARA MUNICIPAL AS SEGUINTES INFORMAÇÕES: 1) QUANTAS LINHAS ESCOLARES EXISTEM NO MUNICÍPIO; 2) QUAL A QUILOMETRAGEM DIÁRIA DE CADA LINHA; 3) RELAÇÃO DOS NOMES DOS PROPRIETÁRIOS DAS LINHAS; 4) QUAL O VALOR PAGO POR QUILOMETRO RODADO E 5) IDENTIFICAÇÃO DOS VEÍCULOS COMO MARCA, MODELO E PLACA.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/642/642_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/642/642_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE VEM À R. PRESENÇA DE VOSSA EXCELÊNCIA, COM FUNDAMENTO NO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, SOLICITAR AO PREFEITO, APÓS APROVADO PELO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, QUE DETERMINE O CUMPRIMENTO DO ARTIGO 7º DA LEI MUNICIPAL Nº 822, DE 6 DE JUNHO DE 2001, QUE REGULAMENTA O USO DE VEÍCULOS E MÁQUINAS OFICIAIS E DÁ OUTRAS PROVIDÊNCIAS, MEDIANTE A COLOCAÇÃO DE ADESIVOS NOS VEÍCULOS DA PREFEITURA MUNICIPAL (PRÓPRIOS E/OU CONTRATADOS) COM OS DIZERES &amp;#8220;USO EXCLUSIVO EM SERVIÇO&amp;#8221;, BEM COMO O NOME E O NÚMERO DE TELEFONE DA RESPECTIVA UNIDADE ADMINISTRATIVA. </t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/643/643_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/643/643_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">	O VEREADOR QUE ESTE SUBSCREVE VEM À R. PRESENÇA DE VOSSA EXCELÊNCIA, COM FUNDAMENTO NO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, SOLICITAR AO PREFEITO, APÓS APROVADO PELO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, QUE FAÇA UMA OPERAÇÃO DE RECUPERAÇÃO DA ESTRADA VICINAL QUE LIGA BONFINÓPOLIS A SANTA FÉ DE MINAS COM CASCALHAMENTO DOS TRECHOS MAIS CRÍTICOS, EM CARÁTER DE URGÊNCIA.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/644/644_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/644/644_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE VEM À R. PRESENÇA DE VOSSA EXCELÊNCIA, COM FUNDAMENTO NO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, SOLICITAR AO PREFEITO, APÓS APROVADO PELO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, QUE FAÇA A RECUPERAÇÃO DO ASSOALHO DA PONTE SOBRE A CABECEIRA DO RIBEIRÃO SANTA CRUZ NO TRECHO BONFINÓPOLIS - CHAPÉU DE PALHA. </t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/645/645_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/645/645_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE VEM À R. PRESENÇA DE VOSSA EXCELÊNCIA, COM FUNDAMENTO NO ARTIGO 209, INCISO XIX, DO REGIMENTO INTERNO, SOLICITAR AO PREFEITO, APÓS APROVADO PELO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, QUE ENCAMINHE À CÂMARA MUNICIPAL O PROJETO DE LEI ORÇAMENTÁRIA, CUJO PRAZO DE REMESSA EXPIROU EM 31 DE AGOSTO DE 2015, NOS TERMOS DO INCISO III DO ARTIGO 5º DAS DISPOSIÇÕES GERAIS E TRANSITÓRIAS DA LEI ORGÂNICA DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/646/646_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/646/646_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE VEM À R. PRESENÇA DE VOSSA EXCELÊNCIA, COM FUNDAMENTO NO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, SOLICITAR AO PREFEITO, APÓS APROVADO PELO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, INFORMAÇÕES SOBRE O MONTANTE DE RECURSOS ARRECADADOS COM O IMPOSTO PREDIAL E TERRITORIAL URBANO &amp;#8211; IPTU PELOS PROPRIETÁRIOS DE IMÓVEIS, TITULARES DE DOMÍNIO ÚTIL OU POSSUIDORES A QUALQUER TÍTULO QUE SEJAM MAIORES DE 60 ANOS, APOSENTADOS E PORTADORES DE DOENÇA GRAVE, IRREVERSÍVEL OU EM ESTADO TERMINAL NO EXERCÍCIO DE 2015 E A ESTIMATIVA DESSE GRUPO DE RECEITA PARA O EXERCÍCIO DE 2016. </t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/648/648_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/648/648_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL. PRESENÇA DE VOSSA EXCELÊNCIA. REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS QUE INTERCEDA JUNTO AO DER NO SENTIDO DE CONSTRUIR QUEBRA-MOLAS NOS PRIMEIROS 500 METROS DA RODOVIA 181, SENTIDO BONFINÓPOLIS DE MINAS CIDADE DE RIACHINHO MINAS GERAIS. </t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/651/651_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/651/651_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIAS NO SENTIDO DE FAZER PAVIMENTAÇÃO ASFÁLTICA NO TRECHO DA RUA ACRE SITUADO ENTRE A RUA DO COMERCIO E RUA VENÂNCIO PINTO MACHADO, DEVIDO O FLUXOS DE CARROS, PRINCIPALMENTE EM ÉPOCA FESTIVA, ONDE O TRANSITO É DESVIADO PARA AQUELE LOCALIDADE. </t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/652/652_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/652/652_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 		O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIAS NO SENTIDO DE FAZER REDE DE ESGOTO NAS RUAS QUE FAZEM DIVISAS COM O VALE DO AMANHECER, PROPORCIONANDO UMA QUALIDADE VIDA MELHOR PARA APROXIMADAMENTE 12 FAMÍLIAS._x000D_
 </t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/653/653_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/653/653_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTES SUBSCREVEM, NOS TERMOS REGIMENTAIS, SOLICITAM QUE APÓS OUVIDO AO PLENÁRIO, SEJA REQUERIDO DO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIAS NO SENTIDO DE FAZER PAVIMENTAÇÃO ASFÁLTICA NAS RUAS DOS  BAIRROS BRASILINHA E PRIMAVERA, BEM COMO A CONTINUIDADE E TÉRMINO DA REDE DE ESGOTO DO BAIRRO BRASILINHA E NA AVENIDA ARGEMIRO BARBOSA, SAÍDA PARA CIDADE DE RIACHINHO MINAS GERAIS. </t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/654/654_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/654/654_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE VEM À R. PRESENÇA DE VOSSA EXCELÊNCIA, COM FUNDAMENTO NO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, SOLICITAR AO PREFEITO, APÓS APROVADO PELO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, QUE ENCAMINHE À CÂMARA MUNICIPAL INFORMAÇÕES SOBRE AS OPERAÇÕES DE CRÉDITO (FINANCIAMENTOS) CONTRATADAS PELO MUNICÍPIO, ESPECIFICANDO: 1) NOME DA INSTITUIÇÃO FINANCEIRA; 2) OBJETO DO CONTRATO; 3) PRAZO DE CARÊNCIA E/OU DE AMORTIZAÇÃO; 4) JUROS CONTRATADOS; 5) VALOR AMORTIZADO ATÉ A PRESENTE DATA DE CADA EMPRÉSTIMO; E 6) VALOR A AMORTIZAR, ATUALIZADO. </t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/655/655_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/655/655_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NECESSÁRIAS PARA REALIZAÇÃO DE RECAPEAMENTO ASFÁLTICO NOS SEGUINTES LOGRADOUROS: VEREADOR ONOFRE PEDRO LOURENÇO; MARECHAL CASTELO BRANCO; VENÂNCIO PINTO MACHADO;  JOÃO PINHEIRO E DEMAIS RUAS DO CENTRO DA CIDADE. </t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/657/657_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/657/657_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE VEM À R. PRESENÇA DE VOSSA EXCELÊNCIA, COM FUNDAMENTO NO ARTIGO 209, INCISO XIX, DO REGIMENTO INTERNO, SOLICITAR AO PREFEITO, APÓS APROVADO PELO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, QUE DETERMINE O CUMPRIMENTO DA LEI MUNICIPAL Nº 822, DE 6 DE JUNHO DE 2001, QUE REGULAMENTA O USO DE VEÍCULOS E MÁQUINAS OFICIAIS E DÁ OUTRAS PROVIDÊNCIAS, TOMANDO AS MEDIDAS ADMINISTRATIVAS CABÍVEIS PARA IMPEDIR O USO DE VEÍCULOS DA PREFEITURA MUNICIPAL NOS FINAIS DE SEMANA E FERIADOS OU POR TERCEIROS, CONFORME PREVISTOS NOS ARTIGOS 4º E 6º DA REFERIDA NORMA JURÍDICA, RESPEITADAS AS EXCEÇÕES NELES ESTABELECIDAS, SOB PENA DA ADOÇÃO DAS MEDIDAS PERTINENTES. </t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/658/658_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/658/658_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">	O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL. PRESENÇA DE VOSSA EXCELÊNCIA. REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS PROVIDÊNCIA NO SENTIDO DE CONTRATAR UM FONOAUDIÓLOGO PARA ATENDER EM BONFINÓPOLIS DE MINAS, UMA VEZ QUE A DEMANDA DO NOSSO MUNICÍPIO TEM AUMENTADO MUITO NOS ÚLTIMOS ANOS, E A CIDADE QUE ATENDE MAIS PRÓXIMO É UNAÍ, O QUE ACABA FICANDO MAIS CARO PARA O MUNICÍPIO O GASTO COM DESCOLAMENTO ATÉ A MENCIONADA CIDADE. </t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/659/659_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/659/659_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL  PRESENÇA DE V. EXCIA. REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS A CONSTRUÇÃO DE QUEBRA-MOLAS NA RUA SÃO JOSÉ ESQUINA COM A AVENIDA TENENTE JOÃO BISPO.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/660/660_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/660/660_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL  PRESENÇA DE V. EXCIA. REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS QUE INTERCEDA JUNTO AO ÓRGÃO COMPETENTE NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE UM POSTO POLICIAL NA ENTRADA DOS SEGUINTES BAIRROS; FREI HUMBERTO, DONA MARIQUITA E BRASILINHA.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/661/661_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/661/661_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL  PRESENÇA DE V. EXCIA. REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS A CONSTRUÇÃO E INSTALAÇÃO DE ACADEMIA AO AR LIVRE NA PRAÇA DA ESCOLA MUNICIPAL DERCÍLIO DUARTE MELGAÇO.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/662/662_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/662/662_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS MEMBROS DA COMISSÃO DE ADMINISTRAÇÃO PUBLICA QUE ESTES SUBSCREVEM VEM À R. PRESENÇA DE VOSSA EXCELÊNCIA, COM FUNDAMENTO NO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, SOLICITAR AO PREFEITO, APÓS APROVADO PELO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, QUE ENCAMINHE À CÂMARA MUNICIPAL AS SEGUINTES INFORMAÇÕES: 1) RELAÇÃO DAS PESSOAS/FAMÍLIAS CONTEMPLADAS NO ÂMBITO DO PROGRAMA DE MELHORIAS HABITACIONAIS RURAIS; E 2) CÓPIA DO PROJETO DE CADA REFORMA ESPECÍFICA DE CADA BENEFICIADO.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/664/664_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/664/664_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE VEM À R. PRESENÇA DE VOSSA EXCELÊNCIA, COM FUNDAMENTO NO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, SOLICITAR AO PREFEITO, APÓS APROVADO PELO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, INFORMAÇÕES SOBRE OS VALORES REPASSADOS AO SINDICATO DOS PRODUTORES RURAIS DO ANO DE 2015 E DE QUE FORMA FORAM FEITOS OS REPASSES. </t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/665/665_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/665/665_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE V. EXA. REQUERER QUE INTERCEDA JUNTO A SUBSECRETARIA DE ACESSO A TERRA E REGULARIZAÇÃO FUNDIÁRIA PARA QUE ELES FAÇAM UMA AUDIÊNCIA PUBLICA EM NOSSO MUNICÍPIO PARA TRATAR DA REGULARIZAÇÃO FUNDIÁRIA, POIS TEM MAIS 230 FAMÍLIAS COM SUA TERRAS SEM O REGISTRO.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Zé Lúcio, Cabo Custódio, Carlinhos da Brasilinha, Robinho da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/669/669_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/669/669_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER QUE SEJA SOLICITADO DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, APOIO FINANCEIRO PARA O TRANSPORTE DOS UNIVERSITÁRIOS QUE SE DESLOCAM DE NOSSA CIDADE PARA CURSAR UMA FACULDADE.                                                                                                                               </t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/677/677_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/677/677_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À R. PRESENÇA DE V. EXCIA. QUE SOLICITE DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE COLOCAR AR CONDICIONADO NAS SALAS DE INTERNAÇÕES DA UBS.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/678/678_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/678/678_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA QUE SOLICITE DO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROVIDÊNCIAS NO SENTIDO DE ESTAR CONSTRUINDO QUEBRA-MOLAS NA RUA PAULO LÚCIO DE MENEZES.  UMA VEZ QUE OS VEÍCULOS TRANSITAM NO MENCIONADO LOCAL EM ALTA VELOCIDADE COLOCANDO VIDAS EM RISCO.                                                                                                                      </t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/682/682_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/682/682_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE VEM À R. PRESENÇA DE VOSSA EXCELÊNCIA, COM FUNDAMENTO NO ARTIGO 208, INCISO XXI, DO REGIMENTO INTERNO, REQUERER A CONVOCAÇÃO DE REUNIÃO ESPECIAL, NO DIA 16 DE DEZEMBRO DE 2015, ÀS 19 HORAS, COM O OBJETIVO DE PRESTAR HOMENAGENS AO 28º BATALHÃO DA POLÍCIA MILITAR DO ESTADO DE MINAS GERAIS PELAS COMEMORAÇÕES DE SEU 20º  ANIVERSÁRIO._x000D_
 _x000D_
 		REQUER, AINDA, A EXPEDIÇÃO DE CERTIFICADO PARA AS AUTORIDADES QUE SERÃO HOMENAGEADAS. _x000D_
 </t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/683/683_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/683/683_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE VEM À R. PRESENÇA DE VOSSA EXCELÊNCIA, COM FUNDAMENTO NO ARTIGO 209, INCISO XIX, DO REGIMENTO INTERNO, SOLICITAR AO PREFEITO, APÓS APROVADO PELO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, QUE DETERMINE O IMEDIATO CUMPRIMENTO DO ARTIGO 103 DA LEI COMPLEMENTAR Nº 3, DE 20 DE OUTUBRO DE 1997 (CÓDIGO DE POSTURAS), QUE VEDA A PERMANÊNCIA DE ANIMAIS NAS VIAS PÚBLICAS, ADOTANDO AS MEDIDAS ADMINISTRATIVAS E FISCALIZATÓRIAS PERTINENTES.  </t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/686/686_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/686/686_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE RECUPERAR O ASSOALHO DA PONTE NO CÓRREGO LAJES NA COMUNIDADE P.A SANTO ANTÔNIO DE LAJES, POIS O ASSOALHO DA MENCIONADA PONTE SE ENCONTRA EM ESTADO PRECÁRIO, COLOCANDO EM RISCO A VIDA DOS USUÁRIOS.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/689/689_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/689/689_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">	OS MEMBROS DA COMISSÃO DE ADMINISTRAÇÃO PUBLICA, ATENDENDO SOLICITAÇÕES DOS PROFESSORES DA REDE MUNICIPAL, VEM À R. PRESENÇA DE VOSSA EXCELÊNCIA, SOLICITAR AO PREFEITO, APÓS APROVADO PELO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, QUE SE CUMPRA A LEI 11.738, DE 16 DE JULHO DE 2008, QUE REGULAMENTA A ALÍNEA &amp;#8220;E&amp;#8221; DO INCISO III DO CAPUT DO ART. 60 DO ATO DAS DISPOSIÇÕES CONSTITUCIONAIS TRANSITÓRIAS, PARA INSTITUIR O PISO SALARIAL PROFISSIONAL NACIONAL PARA OS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DA EDUCAÇÃO BÁSICA. NO QUE REFERE A CARGA HORARIA DOS PROFESSORES DA EDUCAÇÃO BÁSICA.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/690/690_texto_integral.jpeg</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/690/690_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 		O VEREADOR QUE ESTE SUBSCREVE VEM À R. PRESENÇA DE VOSSA EXCELÊNCIA, COM FUNDAMENTO NO ARTIGO 209, INCISO XI, DO REGIMENTO INTERNO, SOLICITAR AO PREFEITO, APÓS APROVADO PELO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, QUE ENCAMINHE À CÂMARA CÓPIAS DOS CONTRATOS ADMINISTRATIVOS DE PRESTAÇÃO DE SERVIÇOS, INCLUSIVE DE CONSULTORIA E/OU ASSESSORIA, CELEBRADOS PELO MUNICÍPIO NO EXERCÍCIO DE 2015, ACOMPANHADOS DOS RESPECTIVOS TERMOS ADITIVOS._x000D_
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -2523,68 +2523,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/709/709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/710/710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/711/711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/712/712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/713/713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/714/714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/715/715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/716/716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/717/717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/718/718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/721/721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/727/727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/730/730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/734/734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/737/737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/738/738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/739/739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/742/742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/743/743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/749/749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/684/684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/583/583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/608/608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/622/622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/637/637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/638/638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/647/647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/649/649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/656/656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/666/666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/672/672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/673/673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/675/675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/679/679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/680/680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/681/681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/687/687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/688/688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/535/535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/536/536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/543/543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/549/549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/553/553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/577/577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/602/602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/605/605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/606/606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/607/607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/641/641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/644/644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/646/646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/652/652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/659/659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/664/664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/677/677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/678/678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/682/682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/683/683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/686/686_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/689/689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/690/690_texto_integral.jpeg" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/709/709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/710/710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/711/711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/712/712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/713/713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/714/714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/715/715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/716/716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/717/717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/718/718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/721/721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/727/727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/730/730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/734/734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/737/737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/738/738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/739/739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/742/742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/743/743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/749/749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/684/684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/583/583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/608/608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/622/622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/637/637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/638/638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/647/647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/649/649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/656/656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/666/666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/672/672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/673/673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/675/675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/679/679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/680/680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/681/681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/687/687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/688/688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/535/535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/536/536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/543/543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/549/549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/553/553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/577/577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/602/602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/605/605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/606/606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/607/607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/641/641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/644/644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/646/646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/652/652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/659/659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/664/664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/677/677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/678/678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/682/682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/683/683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/686/686_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/689/689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2015/690/690_texto_integral.jpeg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H193"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="73.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="105.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>