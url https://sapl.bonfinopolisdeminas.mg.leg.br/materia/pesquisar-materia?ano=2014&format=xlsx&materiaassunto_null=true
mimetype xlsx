--- v0 (2025-12-03)
+++ v1 (2026-03-31)
@@ -54,2480 +54,2480 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Robinho da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/271/271_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/271/271_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, VEM SOLICITAR  QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE INTERCEDER JUNTO A FUNASA PARA REALIZAÇÃO DO CONVÊNIO, PROGRAMA DE &amp;#8220;MELHORIAS SANITÁRIAS DOMICILIARES&amp;#8221; PARA ATENDER OS MORADORES DAS COMUNIDADES RURAIS DO NOSSO MUNICÍPIO, PRINCIPALMENTE, CANABRAVA, SACO DA ROÇA E RIACHO DA CALDA. </t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/272/272_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/272/272_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIA NO SENTIDO FAZER A PAVIMENTAÇÃO ASFÁLTICA DO BAIRRO FREI HUMBERTO.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/273/273_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/273/273_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE V. EXCIA., REQUERER, QUE APÓS OUVIDO O PLENÁRIO, INDICAR  AO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE SUBSTITUIR OS BRAÇOS DAS LUMINÁRIAS DOS POSTES DAS AVENIDAS OZIAS GOMES DE SOUZA, NO BAIRRO JARDIM CINELÂNDIA E DA AVENIDA JOSÉ AMARO BRANDÃO FILHO NO BAIRRO BRASILINHA, PELO BRAÇO CURVO LONGO COM LUMINÁRIAS A VAPOR DE SÓDIO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/274/274_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/274/274_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, ATENDENDO SOLICITAÇÕES DOS MORADORES DA CAVA, VEM SOLICITAR QUE APÓS OUVIDO O PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE COLOCAR CORRIMÃO NAS ESCADARIAS CENTRAIS DA CAVA, LIGANDO A AVENIDA ARGEMIRO BARBOSA DA SILVA DE UM LADO PARA O OUTRO.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/275/275_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/275/275_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO O PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE REFORMAR OU CONSTRUIR OUTRAS  PONTES,  QUE DÃO ACESSO À COMUNIDADE RIACHO DAS PEDRAS SENDO ELAS: UMA SOBRE CÓRREGO RIACHO DAS PORTEIRAS  E OUTRA SOBRE O CÓRREGO  RIACHO DAS PEDRAS.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/276/276_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/276/276_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO-ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE V. EXCIA, REQUERER, COM DISPENSA DE PARECER E INCLUSÃO NA ORDEM DO DIA E APÓS OUVIDO O PLENÁRIO, INDICAR AO PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE RESTAURAR O MONUMENTO &amp;#8220;CRISTO REDENTOR&amp;#8221; LOCALIZADO NA PRAÇA SENHOR DO BONFIM.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/277/277_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/277/277_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE V. EXCIA., REQUERER, QUE APÓS OUVIDO O PLENÁRIO, INDICAR  AO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UM QUEBRA- MOLA NA AVENIDA ARGEMIRO BARBOSA DA SILVA, PRÓXIMO A RUA VENÂNCIO PINTO MACHADO, EM FRENTE A PROPRIEDADE DOS SENHORES JOSÉ MACEDO E MANOEL DA SILVA. </t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/278/278_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/278/278_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE INTERCEDER JUNTO À CEMIG NO INTUITO DE INSTALAR TRÊS POSTES DE ENERGIA ELÉTRICA NA RUA PEDRO LOURENÇO NO BAIRRO BRASILINHA, ENTRE O VALE DO AMANHECER E O CAMPO DE AVIAÇÃO._x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/279/279_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/279/279_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE FAZER REDE DE ESGOTO NAS RUAS EXISTENTES DENTRO DO VALE DO AMANHECER, PROPORCIONANDO UMA QUALIDADE VIDA MELHOR PARA APROXIMADAMENTE 12 FAMÍLIAS.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/280/280_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/280/280_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, E A PEDIDO DA POPULAÇÃO BONFINÓPOLITANA, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIAS NO SENTIDO DE CONSTRUIR QUEBRA MOLAS NA AVENIDA TENENTE JOÃO BISPO, E NA AVENIDA ARGEMIRO BARBOSA DA SILVA EM FRENTE A RADIO LÍDER FM.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/281/281_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/281/281_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA DO EXCELENTÍSSIMO SENHOR PRESIDENTE, QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR BUEIROS NA AVENIDA JOSÉ AMARO BRANDÃO FILHO, PRÓXIMO A CASA DA SENHORA JULIANA BRANDÃO, PARA ESCOAMENTO DAS ÁGUAS PLUVIAIS, QUE FICAM EMPOSSADAS NO MENCIONADO LOCAL CONFORME PODE SER VISTO NAS, FOTOGRAFIAS ANEXAS.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/282/282_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/282/282_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE ASSENTAR MATA - BURROS, NAS ENTRADAS QUE DÃO ACESSO AOS TANQUES DE RESFRIAMENTO DE LEITE EXISTENTES NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/283/283_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/283/283_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS E A PEDIDO DA COMUNIDADE SACO DA ROÇA, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO CONSTRUIR UMA PINGUELA DE CABO DE AÇO SOBRE O CÓRREGO SANTO ANDRÉ, LIGANDO AS COMUNIDADES SACO DA ROÇA A RIACHO DA CALDA, PRÓXIMO AS PROPRIEDADES DO SENHOR MAURILIO.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/284/284_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/284/284_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS DO ART. 208 DO REGIMENTO INTERNO, VEM À R. PRESENÇA DE V. EXª SOLICITAR AO PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE RECUPERAR O FORRO DA PONTE DE MADEIRA SOBRE O CÓRREGO SÃO FRANCISCO QUE LIGA AS PROPRIEDADES DAS FAMÍLIAS ALVES DAMASCENA AO SENHOR QUIRINO , LOCALIZADA NA COMUNIDADE IMBÉ._x000D_
 _x000D_
 		_x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/285/285_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/285/285_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA DA EXCELENTÍSSIMA SENHORA PRESIDENTE, QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE IMPLANTAR O SISTEMA SIMPLIFICADO DE ABASTECIMENTO DE ÁGUA, DENTRO DO PROGRAMA DO GOVERNO FEDERAL &amp;#8220;ÁGUA PARA TODOS&amp;#8221; NA COMUNIDADE DE CANABRAVA CANALIZANDO A ÁGUA DO RIBEIRÃO SANTO ANDRÉ ATÉ A REFERIDA COMUNIDADE, ONDE BENEFICIARÁ APROXIMADAMENTE 25 FAMÍLIAS. </t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/302/302_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/302/302_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS E A PEDIDO DA COMUNIDADE SACO DA ROÇA, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO CONSTRUIR UMA PONTE SOBRE O CÓRREGO CARAÍBAS PRÓXIMO AS PROPRIEDADES DO SENHOR CADÊNCIO.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/335/335_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/335/335_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS E A PEDIDO DA_x000D_
 COMUNIDADE SACO DA ROÇA, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO_x000D_
 EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO CONSTRUIR UMA PONTE DE_x000D_
 MADEIRA SOBRE O CÓRREGO CARAÍBAS PRÓXIMO AS PROPRIEDADES DO SENHOR ELIILSON.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/336/336_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/336/336_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS E A PEDIDO DA_x000D_
 COMUNIDADE SACO DA ROÇA, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO_x000D_
 EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO CONSTRUIR UM PONTE_x000D_
 SOBRE O CÓRREGO SACO DA ROÇA PRÓXIMO AS PROPRIEDADES DO SENHOR GILMAR.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/337/337_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/337/337_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS E A PEDIDO DA_x000D_
 COMUNIDADE SACO DA ROÇA, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO_x000D_
 EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE ALARGAR AS CURVAS DA ESTRADA QUE DÁ ACESSO A MENCIONADA COMUNIDADE. SOLICITA AINDA A POSSIBILIDADE DE ESSES TRABALHOS SEREM REALIZADOS NO PERÍODO DE ABRIL A JUNHO DO CORRENTE ANO</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Manoel do IMA</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/289/289_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/289/289_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL_x000D_
 PRESENÇA DE VOSSA EXCELÊNCIA, REQUERER, COM DISPENSA DE PARECER E INCLUSÃO NA ORDEM E APÓS OUVIDO O PLENÁRIO, INDICAR AO PREFEITO MUNICIPAL PROVIDÊNCIAS NO SENTIDO DE RESOLVER, EM CARÁTER URGÊNCIA, OS PROBLEMAS DA UNIDADE BÁSICA DE SAÚDE ABAIXO RELACIONADOS:_x000D_
 _x000D_
 1- BANHEIROS SEM PORTAS E OU PORTAS QUEBRADAS;_x000D_
 2- CAMAS ENFERRUJADAS;_x000D_
 3- INFILTRAÇÃO EM VÁRIAS ENFERMARIAS;_x000D_
 4- GOTEIRAS NA SALA DE RAIO X EM VÁRIAS OUTRAS DEPENDÊNCIAS DA UNIDADE COM_x000D_
 VAZAMENTO EM LÂMPADAS E TOMADAS;_x000D_
 5- ASSENTOS DA RECEPÇÃO QUEBRADOS E INSUFICIENTES._x000D_
 </t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/290/290_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/290/290_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA, REQUERER, COM DISPENSA DE PARECER E INCLUSÃO NA ORDEM DO DIA E APÓS OUVIDO O PLENÁRIO, INDICAR A VOSSA SENHORIA QUE FAÇA A AQUISIÇÃO DE EPI&amp;#8217;S (LUVAS, BOTAS E AVENTAL) PARA AS SERVIDORAS DA CÂMARA MUNICIPAL QUE ATUAM NA LIMPEZA</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/291/291_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/291/291_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA, REQUERER, COM DISPENSA DE PARECER E INCLUSÃO NA ORDEM DO DIA E APÓS OUVIDO O PLENÁRIO, REIVINDICAR AO PODER EXECUTIVO PROVIDÊNCIAS NO SENTIDO DE RECUPERAR, COM URGÊNCIA, A PARTE DO ATERRO DA BARRAGEM EM FRENTE AO GRUPO ESCOLAR DA COMUNIDADE LAGOA, POIS ESTE QUE SE ENCONTRA EM FASE ACELERADA DE ROMPIMENTO E É A ÚNICA TRAVESSIA DE VEÍCULOS PARA OS MORADORES RESIDENTES PRÓXIMO AO SR. NATIVO BENÍCIO_x000D_
 FERREIRA._x000D_
 </t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/338/338_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/338/338_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS DO ART. 208 DO REGIMENTO_x000D_
 INTERNO, VEM À R. PRESENÇA DE V. EXª SUGERIR AO PREFEITO MUNICIPAL, A INSTITUIÇÃO DO_x000D_
 FUNDO MUNICIPAL ANTIDROGAS, E A REATIVAÇÃO DO COMAD CRIADA PELA LEI Nº 1004, DE 09_x000D_
 DE NOVEMBRO DE 2009, QUE DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL ANTIDROGAS &amp;#8211;_x000D_
 COMAD E INSTITUI O PROGRAMA MUNICIPAL ANTIDROGAS &amp;#8211; PROMAD E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Manoel do IMA, Robinho da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/303/303_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/303/303_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTES SUBSCREVEM, NOS TERMOS REGIMENTAIS, SOLICITAM QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIAS NO SENTIDO DE CONSTRUIR EM NOSSA CIDADE UMA CAPELA PARA VELÓRIO.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Fernanda Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/288/288_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/288/288_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTA SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA AO EXCELENTÍSSIMO SENHOR PRESIDENTE DESTA CASA, PROVIDÊNCIAS NO SENTIDO DE HOMENAGEAR AS MULHERES DO NOSSO MUNICÍPIO, ATRAVÉS DE REUNIÃO ESPECIAL, EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/304/304_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/304/304_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIA NO SENTIDO DE ALARGAR  E CASCALHAR A ESTRADA QUE DÁ ACESSO A COMUNIDADE SACO DA ROÇA, SAINDO DO ASFALTO ATÉ A PONTE SAPATEIRO._x000D_
 </t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/292/292_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/292/292_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADOS, REGIMENTALMENTE APOIADOS, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA, REQUERER, COM DISPENSA DE PARECER E APÓS OUVIDO O PLENÁRIO, INDICAR AO PODER EXECUTIVO, PROVIDÊNCIAS NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE UMA PONTE EM CONCRETO ARMADO NO CÓRREGO CEDRO (NA ESTRADA QUE LIGA BONFINÓPOLIS-CAIO MARTINS), TENDO EM VISTA QUE, A PONTE ALI INSTALADA (CONFORME FOTOS EM ANEXO), NÃO TEM CAPACIDADE PARA ATENDER A DEMANDA DA NOVAS ATIVIDADES DA REGIÃO ( DENTRE ELAS PODEMOS CITAR A GRANDE ÁREA DE REFLORESTAMENTO JÁ FASE EM PRODUÇÃO). SABEMOS QUE ESCOAMENTO DA PRODUÇÃO DA REGIÃO, NOS DIAS ATUAIS, SÃO FEITOS EM VEÍCULOS COM CAPACIDADE DE CARGA ACIMA DA ESTRUTURA FRÁGIL DA PONTE DE MADEIRA ACIMA MENCIONADA.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/305/305_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/305/305_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIA NO SENTIDO DE ALARGAR  E CASCALHAR A ESTRADA QUE DÁ ACESSO A COMUNIDADE RIACHO DAS PEDRAS, SAINDO DA BR LMG 664, ATÉ A PONTE SOBRE O CÓRREGO RIACHO DAS PORTEIRAS.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIA NO SENTIDO DE INSTALAR LIXEIRAS NAS SAÍDAS DAS CIDADES SENTIDO RIACHINHO, SANTA FÉ (MELANCIEIRA), LAJES E BRASILÂNDIA DE MINAS GERAIS._x0001_ _x0003__x0004__x0005__x0004__x0006__x0007__x0008__x0005__x0001_ 	_x000D_
 _x0004__x0001_ _x0004__x000B__x000C__x0004__x0001_ _x000B__x000D_
 _x000D_
 _x000B__x000E__x0005__x0004__x000F__x0004__x0010__x0001_ _x0011__x0008__x000B__x0001_ _x000C__x0004__x0005__x0012__x0008__x000B__x0001_ _x0005__x0004__x0013__x0014__x0012__x0004__x0011__x000C__x0006__x0014__x000B__x0010__x0001_ _x000B__x0008__x0015__x0014__x000E__x0014__x000C__x0006__x0001_ 	_x000D_
 _x0004__x0001__x000D_
 _x0006__x0016__x0017__x000B__x0001_ _x0008__x000D_
 _x000F__x0014__x0007__x0008__x0001_ _x0006__x0008__x0001_ _x0016__x0015__x0004__x0011__x0018__x0005__x0014__x0008__x0010__x0001_ _x000B__x0004__x0019__x0006__x0001_ _x0014__x0011__x0007__x0014__x000E__x0006__x0007__x0008__x0001_ _x0006__x0008__x0001_ _x001A__x001B__x000E__x0004__x0015__x0004__x0011__x000C__x001C__x000B__x000B__x0014__x0012__x0008__x0001_ _x001D__x0004__x0011__x001E__x0008__x0005__x0001_ _x001F__x0005__x0004_ _x0004__x0014__x000C__x0008__x0001_!_x000D_
 _x0011__x0014__x000E__x0014__x0016__x0006__x0015__x0010__x0001__x000D_
 _x0016__x0005__x0008__x000F__x0014__x0007__x0004__x0011__x000E__x0014__x0006__x0001_ _x0011__x0008__x0001_ _x000B__x0004__x0011__x000C__x0014__x0007__x0008__x0001_ _x0007__x0004__x0001_ _x0014__x0011__x000B__x000C__x0006__x0015__x0006__x0005__x0001_ _x0015__x0014__x001B__x0004__x0014__x0005__x0006__x000B__x0001_ _x0011__x0006__x000B__x0001_ _x000B__x0006__x001C__x0007__x0006__x000B__x0001_ _x0007__x0006__x000B__x0001_ _x000E__x0014__x0007__x0006__x0007__x0004__x000B__x0001_ _x000B__x0004__x0011__x000C__x0014__x0007__x0008__x0001_ "_x0014__x0006__x000E__x001E__x0014__x0011__x001E__x0008__x0010__x0001__x000D_
 _x001D__x0006__x0011__x000C__x0006__x0001_#$_x0001_%!_x0004__x0015__x0006__x0011__x000E__x0014__x0004__x0014__x0005__x0006_&amp;_x0010__x0001_'_x0006__x0019__x0004__x000B__x0001__x0004__x0001_(_x0005__x0006__x000B__x0014__x0015_)_x0011__x0007__x0014__x0006__x0001__x0007__x0004__x0001_!_x0014__x0011__x0006__x000B__x0001_*_x0004__x0005__x0006__x0014__x000B_</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/328/328_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/328/328_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIA NO SENTIDO CONSTRUIR UMA PARADA DE ÔNIBUS COM GUARITA NA AVENIDA ARGEMIRO BARBOSA DA SILVA ESQUINA COM RUA DONA MARIETA BERNARDES, SAINDO PARA O MUNICÍPIO DE RIACHINHO MINAS GERAIS.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Carlinhos da Brasilinha</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/306/306_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/306/306_texto_integral.pdf</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/307/307_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/307/307_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, COM FUNDAMENTO NO ARTIGO 208 DO REGIMENTO INTERNO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER SEJA INDICADO AO PREFEITO PROVIDÊNCIA NO SENTIDO DE TRANSFERIR A REDE DE ILUMINAÇÃO PÚBLICA DA AVENIDA JOSÉ AMARO BRANDÃO FILHO, NO BAIRRO BRASILINHA, PARA O CANTEIRO CENTRAL DA VIA PÚBLICA, INSTALANDO POSTES COM DUAS LUMINÁRIAS (DOIS BRAÇOS), UTILIZANDO RECURSOS PROVENIENTES DA ARRECADAÇÃO DA CONTRIBUIÇÃO DE ILUMINAÇÃO PÚBLICA. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/308/308_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/308/308_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS,  E A PEDIDO DA ASSOCIAÇÃO DO RIACHO DAS PEDRAS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIA NO SENTIDO DE FAZER DEDETIZAÇÃO NA COMUNIDADE RIACHO DAS PEDRAS  PARA DIMINUIÇÃO DOS PERNILONGOS.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/309/309_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/309/309_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS,  E A PEDIDO DA ASSOCIAÇÃO DO RIACHO DAS PEDRAS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIA NO SENTIDO CONTRATAR UMA FIRMA PARA FAZER O ESVAZIAMENTO DAS FOSSAS DA COMUNIDADE RIACHO DAS PEDRAS UMA VEZ POR ANO, POIS AS MESMA ENCONTRA-SE CHEIA.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/310/310_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/310/310_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTA SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE CRIAR ESPAÇO FÍSICO COM SOMBRA NO PSF EDITH PALMA BORBA COM OBJETIVO DE ABRIGAR PACIENTES ENQUANTO AGUARDAM HORÁRIO DE FUNCIONAMENTO DO MENCIONADO PSF.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Zé Lúcio</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/311/311_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/311/311_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA, QUE APÓS OUVIDO O PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIAS NO SENTIDO DE COLOCAR PLACAS INDICATIVAS CONTENDO AS QUILOMETRAGENS  DE CADA COMUNIDADE, NOS  SEGUINTES PONTOS;_x000D_
 &amp;#8226;	NAS SAÍDAS DAS BR PARA AS COMUNIDADES_x000D_
 &amp;#8226;	NOS CRUZAMENTOS DAS COMUNIDADES_x000D_
 </t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Zezinho Tucano</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/312/312_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/312/312_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA, QUE APÓS OUVIDO O PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIAS NO SENTIDO DE COLOCAR PLACAS INDICATIVAS CONTENTO A CAPACIDADE EM TONELADAS PERMITIDA PARA TRAFEGAR PELAS PONTES EXISTENTES EM NOSSO MUNICÍPIO. </t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/315/315_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/315/315_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, ATENDENDO SOLICITAÇÕES DOS MORADORES DA ALAMEDA OZIAS GOMES DE SOUZA, VENHO SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR DOIS QUEBRA-MOLAS NA ALAMEDA ACIMA CITADO, PRÓXIMO A CASA DAS SENHORAS SHIRLEY E DONA CIANA, PARA DAR SEGURANÇA AOS MORADORES DAQUELA LOCALIDADE. </t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Dadá Simões</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/329/329_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/329/329_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE REFORMAR O GINÁSIO POLIESPORTIVO LOCAL.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE ESTUDAR A VIABILIZAÇÃO DE IMPLANTAR O PLANO DE SAÚDE PARA OS FUNCIONÁRIOS PÚBLICOS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/341/341_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/341/341_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
                        O VEREADOR ABAIXO-ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE V. EXCIA, REQUERER, COM DISPENSA DE PARECER E INCLUSÃO NA ORDEM DO DIA E APÓS OUVIDO O PLENÁRIO, INDICAR AO PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE RESTAURAR A ANTIGA PONTE DE MADEIRA SOBRE O RIBEIRÃO DAS ALMAS, QUE DA ACESSO A RUA DALVA DE ABREU._x000D_
 </t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/327/327_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/327/327_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, COM FUNDAMENTO NO ARTIGO 208 DO REGIMENTO INTERNO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER SEJA INDICADO AO PREFEITO PROVIDÊNCIA NO SENTIDO DE PROMOVER A REFORMULAÇÃO DA LEI Nº 452/1992, QUE CONTÉM O ESTATUTO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Robinho da Cruz, Manoel do IMA</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/314/314_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/314/314_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> OS VEREADORES QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, VEM SOLICITAR QUE APÓS OUVIDO O PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE INTERCEDER JUNTO AO GOVERNO FEDERAL PARA AQUISIÇÃO DE UM CAMINHÃO PIPA PARA ATENDER OS PRODUTORES RURAIS DE NOSSO MUNICÍPIO, PRINCIPALMENTE NA ÉPOCA DA SECA.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/342/342_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/342/342_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL_x000D_
 PRESENÇA DE V.EXCIA., REQUERER, QUE APÓS OUVIDO AO PLENÁRIO, INDICAR AO PODER_x000D_
 EXECUTIVO PROVIDÊNCIAS NO SENTIDO DE RECUPERAR E ALARGAR 18 KM DA ESTRADA VICINAL_x000D_
 QUE LIGA A REGIÃO DO ASSA PEIXE A ESTRADA DO CERCADO NO TRECHO QUE SE INICIA NA_x000D_
 FAZENDA INDAIATUBA ATÉ A VIA DE ACESSO DO CERCADO A UNAÍ.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/325/325_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/325/325_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A VEREADORA QUE ESTA SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE FAZER PAVIMENTAÇÃO ASFÁLTICA NO BAIRRO PRIMAVERA 			</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/326/326_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/326/326_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTA SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE FAZER PAVIMENTAÇÃO ASFÁLTICA NA RUA DIAMANTINA, NO BAIRRO JARDIM CINELÂNDIA.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/343/343_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/343/343_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA, QUE APÓS OUVIDO O PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIAS NO SENTIDO DE CONSTRUIR UMA PONTE SOBRE CÓRREGO SAPATEIRO, QUE DA ACESSO A COMUNIDADE SACO DA ROÇA, DEVIDO O ESTADO PRECÁRIO QUE SE ENCONTRA A OUTRA EXISTENTE. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/344/344_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/344/344_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA, QUE APÓS OUVIDO O PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIAS NO SENTIDO DE PATROLAR  E CASCALHAR A ESTRADA MUNICIPAL QUE DA ACESSO A PROPRIEDADE DO SENHOR ADEMIR LEMOS, COMUNIDADE SANTO ANDRÉ, POIS A ESTRADA NÃO SE ENCONTRA EM CONDIÇÕES ADEQUADAS PARA A ATIVIDADE DE ENTREGA DE LEITE.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/345/345_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/345/345_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA DA EXCELENTÍSSIMA SENHORA PRESIDENTE, QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE IMPLANTAR UM POSTO POLICIAL ENTRE OS BAIRROS BRASILINHA E FREI HUMBERTO, PARA DAR MAIS SEGURANÇA AOS MORADORES DO BAIRRO.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Robinho da Cruz, Carlinhos da Brasilinha</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/346/346_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/346/346_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTES SUBSCREVEM, NOS TERMOS DO ART. 208 DO REGIMENTO INTERNO, VEEM À R. PRESENÇA DE VOSSA EXCELÊNCIA, APÓS OUVIDO O PLENÁRIO, INDICAR AO PREFEITO MUNICIPAL PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR BANHEIROS NA PRAÇA ANTÔNIO MÁRIO DE OLIVEIRA POMBO, PARA ATENDER AS NECESSIDADES DAS PESSOAS QUE USAM À ACADEMIA DA MELHOR IDADE. </t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/347/347_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/347/347_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA DA EXCELENTÍSSIMA SENHORA PRESIDENTE, QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE REFORMAR A PONTE SOBRE O CÓRREGO RIACHO DAS PORTEIRAS, COMUNIDADE CARAÍBAS ._x000D_
 </t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/348/348_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/348/348_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA, QUE APÓS OUVIDO O PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIAS NO SENTIDO DE SINALIZAR AS RAMPAS PARA DEFICIENTES E AS PARADAS DE ÔNIBUS ESCOLAR, COLOCANDO PLACA PROIBIDO PARAR E ESTACIONAR.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/349/349_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/349/349_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA, QUE APÓS OUVIDO O PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIAS NO SENTIDO DE  INTERCEDER JUNTO AO INSTITUTO NACIONAL DO SEGURO SOCIAL &amp;#8211; INSS PARA QUE BONFINÓPOLIS DE MINAS VOLTE A PARTICIPAR DO ÂMBITO DE COMPETÊNCIA DO CENTRO DE ATENDIMENTO DA CIDADE DE UNAÍ E TAMBÉM QUE A UNIDADE MÓVEL INSS &amp;#8211; COMPAREÇA A MUNICIPALIDADE TRIMESTRALMENTE.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/350/350_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/350/350_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA DA EXCELENTÍSSIMA SENHORA PRESIDENTE, QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UMA PASSARELA NA ENTRADA DA CIDADE, SENTIDO BRASILÂNDIA  DE MINAS, LIGANDO A RUA PE. CHIQUINHO E AV. ARGEMIRO BARBOSA DA SILVA.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/351/351_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/351/351_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVE, NOS TERMOS DO ART. 208 DO REGIMENTO INTERNO, VEM À R. PRESENÇA DE VOSSA EXCELÊNCIA, APÓS OUVIDO O PLENÁRIO, INDICAR AO PREFEITO A CONSTRUÇÃO DE UM GALPÃO DESTINADO AS INSTALAÇÕES DA FEIRA DA AGRICULTURA FAMILIAR. ATUALMENTE A FEIRA JÁ ACONTECE SEM NENHUMA ESTRUTURA ADEQUADA, DIFICULTANDO ASSIM O DESENVOLVIMENTO E ENGRANDECIMENTO DA AGRICULTURA FAMILIAR, VEZ QUE A POPULAÇÃO EM ÉPOCA DE CHUVAS DEIXA DE FREQÜENTAR A FEIRA POR NÃO TER O MÍNIMO DE CONFORTO NECESSÁRIO, E EM OUTRAS ÉPOCAS, OS PRODUTORES RURAIS TEM QUE CHEGAR MUITO CEDO DEVIDO O SOL QUE COMEÇA A ESQUENTAR AINDA PELA MANHÃ. </t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UM AUDITÓRIO EM NOSSA CIDADE, POIS NÃO TEMOS UM ESPAÇO FÍSICO APROPRIADO PARA REALIZAÇÃO DE REUNIÕES DIVERSAS.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/352/352_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/352/352_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA, QUE APÓS OUVIDO O PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIAS NO SENTIDO DE COLOCAR COBERTURA E BANCOS NO PSF II VANDEIR JOSÉ BRANDÃO, PARA OS PACIENTES AGUARDAR A DISTRIBUIÇÃO DE FIXAS.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/324/324_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/324/324_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, COM FUNDAMENTO NO ARTIGO 208 DO REGIMENTO INTERNO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER QUE SEJA INDICADO AO PREFEITO MUNICIPAL PROVIDÊNCIA NO SENTIDO DE LEVANTAR E ENCASCALHAR A ESTRADA QUE DÁ ACESSO AS PROPRIEDADES DA SENHORA MARTA DE OLIVEIRA SANTOS, VALÚ LUIZ DOS SANTOS, EDNALDO GRACIANO DE SOUZA E EDSON GRACIANO DE SOUZA, HAJA VISTO QUE, LINHAS DE LEITE SÃO PRIORIZADAS PARA REPAROS E MANUTENÇÃO CONFORME REZA NO PROJETO DE LEI Nº 28/2014.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/353/353_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/353/353_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA, REQUERER, COM DISPENSA DE PARECER E APÓS OUVIDO O PLENÁRIO, INDICAR AO PODER EXECUTIVO, PROVIDÊNCIAS NO SENTIDO DE VIABILIZAR UM PROJETO DE CAPTAÇÃO DE ÁGUAS PLUVIAIS PARA RUA ACRE A PARTIR DA RUA VENANCIO PINTO MACHADO ATÉ O RIBEIRÃO ALMAS. NO REFERIDO TRECHO A ÁGUA CAPTADA A PARTIR DA ANTIGA CASEMG É LIBERADA NA RUA CAUSANDO TRANSTORNOS E INVADINDO MORADIAS COMO POR EXEMPLO PODEMOS CITAR A CASA DE NÚMERO 174 INUNDADA MAIS DE UMA VEZ. DIANTE DE TAL FATO FAZ-SE NECESSÁRIO A EXECUÇÃO DESTA OBRA E CARÁTER DE URGÊNCIA. </t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/354/354_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/354/354_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADOS, REGIMENTALMENTE APOIADOS, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA, REQUERER, COM DISPENSA DE PARECER E APÓS OUVIDO O PLENÁRIO, INDICAR AO PODER EXECUTIVO, PROVIDÊNCIAS NO SENTIDO DE, JUNTO A SECRETARIA DE OBRAS, ELABORAR UM CRONOGRAMA DE TRABALHO PARA A REFERIDA SECRETARIA PARA O EXERCÍCIO DE 2014, EM CARÁTER DE URGÊNCIA, NO QUE SE REFERE A MANUTENÇÃO E RECUPERAÇÃO DE ESTRADAS DO MUNICÍPIO. A REFERIDA INDICAÇÃO SOLICITA AINDA QUE TAL PLANEJAMENTO SEJA REALIZADO, TENDO COMO REFERÊNCIA A LEI 28/2013, QUE INSTITUIU O PROGRAMA MUNICIPAL DE ABERTURA E CONSERVAÇÃO DE ESTRADAS MUNICIPAIS RURAIS E QUE, APÓS SUA ELABORAÇÃO, ESTE SEJA REPASSADO AO LEGISLATIVO.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Zezinho Tucano, Fernanda Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/356/356_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/356/356_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTES SUBSCREVEM, NOS TERMOS REGIMENTAIS, SOLICITAM QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE FAZER REDE DE ESGOTO FINAL DA RUA BELO HORIZONTE, PRÓXIMO A CASA DO SENHOR &amp;#8220;MAZOLA&amp;#8221;. </t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Fernanda Oliveira, Zezinho Tucano</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/357/357_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/357/357_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES ABAIXO ASSINADOS, NOS TERMOS REGIMENTAIS, VEM SOLICITAR QUE APÓS OUVIR O PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE INTERCEDER JUNTO A CEMIG, PARA INSTALAÇÃO DE PORTES DE ILUMINAÇÃO PUBLICA NO FINAL DAS RUAS BELO HORIZONTE E SEVERINO MARRA. </t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/362/362_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/362/362_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIAS NO SENTIDO DE COLOCAR UMA  &amp;#8220;BIBLIOPARADA&amp;#8221; ( PARADA DE ÔNIBUS), NA AVENIDA ARGEMIRO BARBOSA DA SILVA. CONFORME JUSTIFICATIVA ANEXA.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/363/363_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/363/363_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIAS NO SENTIDO DE FAZER PAVIMENTAÇÃO ASFÁLTICA NO TRECHO DA RUA ACRE SITUADO ENTRE A RUA DO COMERCIO E RUA VENÂNCIO PINTO MACHADO, DEVIDO O FLUXOS DE CARROS, PRINCIPALMENTE EM ÉPOCA FESTIVA, ONDE O TRANSITO É DESVIADO PARA AQUELE LOCALIDADE. </t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/365/365_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/365/365_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NECESSÁRIAS PARA REALIZAÇÃO DE OPERAÇÃO TAPA-BURACO EMERGENCIAL NA AVENIDA JOSE AMARO BRANDÃO FILHO NO BAIRRO BRASILINHA. </t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/366/366_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/366/366_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NECESSÁRIAS PARA REALIZAÇÃO DE CAMPANHA CONTRA LEISHMANIOSE, POIS O ÍNDICE DE CACHORROS COM APARÊNCIAS DE LEISHMANIOSE É GRANDE, PRINCIPALMENTE NO BAIRRO BRASILINHA. </t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/368/368_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/368/368_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE ELABORAR  PROJETO PARA CONSTRUÇÕES DE BARRAGINHAS, AÇUDES E CURVA DE NÍVEL PARA BENEFICIAR OS NOSSOS PRODUTORES RURAIS.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/369/369_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/369/369_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTA SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE REALIZAR A OBRA DE PAVIMENTAÇÃO ASFÁLTICA NAS RUAS DO BAIRRO BRASILINHA QUE AINDA NÃO FORAM CONTEMPLADAS COM A PAVIMENTAÇÃO.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/370/370_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/370/370_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTA SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE REALIZAR A OBRA DE REDE DE ESGOTO NAS RUAS DO BAIRRO BRASILINHA QUE AINDA NÃO FORAM CONTEMPLADAS COM O MENCIONADO SANEAMENTO BÁSICO.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/373/373_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/373/373_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS DO ART. 208 DO REGIMENTO INTERNO, VEEM À R. PRESENÇA DE VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, INDICAR AO SENHOR PREFEITO MUNICIPAL PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UMA PINGUELA DE CABO DE AÇO SOBRE O  RIBEIRÃO SANTO ANDRÉ NA PROPRIEDADE DO SENHOR EDUARDO SEVERINO BOTELHO NA COMUNIDADE  DE LAGOA, PARA ATENDER AS NECESSIDADES DAS PESSOAS NO TRANSPORTE DE LEITE. </t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/374/374_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/374/374_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS DO ART. 208 DO REGIMENTO INTERNO, VEEM À R. PRESENÇA DE VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, INDICAR AO SENHOR PREFEITO MUNICIPAL PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UMA PINGUELA DE CABO DE AÇO SOBRE O RIBEIRÃO DAS ALMAS  NA PROPRIEDADE DO SENHOR JOSÉ EZIMAR LUIZ BRANDÃO NA COMUNIDADE  DE CALDEIRÃO, PARA ATENDER AS NECESSIDADES DAS PESSOAS NO TRANSPORTE DE LEITE. </t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/376/376_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/376/376_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE IMPLANTAR NO ÂMBITO DA PREFEITURA MUNICIPAL DE BONFINÓPOLIS DE MINAS, PLANO DE SEGURO DE VIDA INDIVIDUAL PARA OS SERVIDORES MUNICIPAIS.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/377/377_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/377/377_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO O PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIAS NO SENTIDO DE VIABILIZAR LIXEIRAS PARA TODAS AS PRAÇAS DE NOSSA CIDADE, INCLUSIVE NAS  ÁREAS CENTRAIS DOS BAIRROS BRASILINHA, ARROZAL, FREI HUMBERTO E JARDIM CINELÂNDIA. _x000D_
 </t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/378/378_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/378/378_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO O PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIAS NO SENTIDO DE VIABILIZAR PARA COMUNIDADE DE RIACHO DAS PEDRAS A INSTALAÇÃO DE UMA ACADEMIA DE SAÚDE AO AR LIVRE. ATENDENDO SOLICITAÇÃO DOS MORADORES DA REFERIDA COMUNIDADE. </t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/379/379_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/379/379_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO O PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIAS NO SENTIDO DE VIABILIZAR A CONTINUIDADE DA REDE DE ESGOTO JÁ EXISTENTE NO FINAL DA  AVENIDA ARGEMIRO BARBOSA DA SILVA ATÉ ALTURA DA RESIDÊNCIA DE CARLINHOS DURÃES </t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/380/380_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/380/380_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO O PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIAS NO SENTIDO DE VIABILIZAR A CANALIZAÇÃO DAS ÁGUAS PLUVIAIS NA RUA DO COMÉRCIO ATÉ A ESQUINA DA AVENIDA TENENTE JOÃO BISPO, USANDO BUEIROS JÁ EXISTENTES, EM FRENTE O RESTAURANTE DO SENHOR RAFAEL, E EM FRENTE O Nº 245 NA RUA DO COMÉRCIO, COM EXTENSÃO DE APROXIMADAMENTE DUZENTOS METROS DE CANALIZAÇÃO. CONFORME SOLICITAÇÃO ANEXA. </t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/381/381_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/381/381_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO O PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIAS NO SENTIDO DE CONSTRUIR UMA PONTE MOLHADA, NA PASSAGEM DO CÓRREGO RIACHO DA RAIZ, PARA ATENDER AS NECESSIDADES DOS MORADORES PRÓXIMO AO REFERIDO RIACHO, SENTIDO EUDER LEMOS E EDIS CHEFINHO. </t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/386/386_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/386/386_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, VENHO SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UM PARQUINHO DE DIVERSÃO  NA ESCOLA RURAL MUNICIPAL GETÚLIO VARGAS, LOCALIZADA NA CHAPADA. _x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/387/387_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/387/387_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, VENHO SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE CERCAR A ESCOLA RURAL MUNICIPAL GETÚLIO VARGAS, LOCALIZADA NA CHAPADA. </t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/388/388_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/388/388_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE MOLHAR O CANTEIRO CENTRAL DA AVENIDA JOSÉ AMARO BRANDÃO FILHO, NO BAIRRO BRASILINHA, BEM COMO TODAS AS PRAÇAS DA CIDADE. </t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/389/389_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/389/389_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, ATENDENDO SOLICITAÇÕES DOS MORADORES DO CONJUNTO HABITACIONAL FREI HUMBERTO, VENHO SOLICITAR QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE REFAZER A REDE DE ESGOTO ONDE ENCONTRA-SE COM DEFEITO, VISANDO MELHORIA NA QUALIDADE DE VIDA DOS MORADORES. </t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/390/390_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/390/390_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, VENHO SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE ENCAMINHAR A ESTA CASA PROJETO DE LEI FIXANDO O VALOR DO PISO SALARIAL MUNICIPAL DOS AGENTES COMUNITÁRIOS DE SAÚDE E AGENTES DE COMBATE A ENDEMIAS EM R$ 1.014,00 (UM MIL E QUATORZE REAIS). CONFORME EXIGÊNCIA DA LEI FEDERAL 12.994 DE 17 DE JUNHO DE 2014. </t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/393/393_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/393/393_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE VIABILIZAR A SUBSTITUIÇÃO DAS ILUMINARIAS ATUAIS DA AVENIDA ARGEMIRO BARBOSA DA SILVA, POR ILUMINARIAS EQUIPADAS PARA ILUMINAÇÃO PÚBLICA COM LÂMPADAS VAPOR DE SÓDIO 250 WATTS EM TODA SUA EXTENSÃO.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/397/397_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/397/397_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, COM FUNDAMENTO NO ARTIGO 208 DO REGIMENTO INTERNO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER SEJA INDICADO AO PREFEITO PROVIDÊNCIA NO SENTIDO DE ENVIAR À CÂMARA MUNICIPAL PROJETO DE LEI DISPONDO SOBRE A REESTRUTURAÇÃO DA SECRETARIA MUNICIPAL DE OBRAS, COM A CRIAÇÃO DE 3 (TRÊS) DEPARTAMENTOS, A SABER: 1) DEPARTAMENTO DE OBRAS RURAIS; 2) DEPARTAMENTO DE OBRAS URBANAS E 3) DEPARTAMENTO DE MANUTENÇÃO E REPAROS. _x000D_
 </t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/398/398_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/398/398_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA, QUE APÓS OUVIDO O PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIAS NO SENTIDO DE PATROLAR  E CASCALHAR A ESTRADA MUNICIPAL QUE DA ACESSO A PROPRIEDADE DO SENHOR ARCELINO LUIZ DA SILVA, COMUNIDADE RIACHO DAS PEDRAS, POIS A ESTRADA NÃO SE ENCONTRA EM CONDIÇÕES ADEQUADAS PARA A ATIVIDADE DE ENTREGA DE LEITE.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/400/400_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/400/400_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NECESSÁRIAS PARA EXTENSÃO, BEM COMO PATROLAMENTO E CASCALHAMENTO DO TRECHO DA RUA OZIAS GOMES INICIANDO NA RUA OURO PRETO ATÉ A AVENIDA JOSE AMARO BRANDÃO FILHO NO BAIRRO BRASILINHA. </t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/401/401_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/401/401_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, VENHO SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR DONIZETE ANTÔNIO DOS SANTOS, PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UMA PRAÇA COM BANCO, ARBORIZAÇÃO E TODA INFRA- ESTRUTURA NA ÁREA EXISTENTES DOS CRUZAMENTOS DAS RUAS DIAMANTINA, DONA CAROLINA E AVENIDA JOSÉ AMARO BRANDÃO FILHO, NO BAIRRO BRASILINHA. </t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/403/403_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/403/403_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA, QUE APÓS OUVIDO O PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIAS NO SENTIDO DE CONSTRUIR UMA COBERTURA NA UNIDADE BÁSICA DE SAÚDE PARA SERVIR DE GARAGEM PARA GUARDAR OS VEÍCULOS DA SAÚDE.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/501/501_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/501/501_texto_integral.pdf</t>
   </si>
   <si>
     <t>INTERVER JUNTO A CEMIG PARA SANAR O PROBLEMA DO BAIRRO FREI HUMBERTO COM RELAÇÃO AS OSCILAÇÕES CONSTANTES E QUEDAS DIÁRIAS DE ENERGIA NAS RESIDÊNCIAS E NAS RUAS......</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/502/502_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/502/502_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE DETETIZAÇÃO DE TODA CIDADE DE BONFINÓPOLIS DE MINAS, POIS SABEMOS QUE A PROLIFERAÇÃO DE ANIMAIS PEÇONHENTOS NO LOCAL PÕE EM RISCO A SAÚDE DE NOSSA POPULAÇÃO.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/503/503_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/503/503_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAZER DETETIZAÇÃO DO MENCIONADO BAIRRO COM URGÊNCIA POIS HÁ IMENSA INFESTAÇÃO DE INSETOS PELO FATO DE ESTAR BEM PRÓXIMO AO RIBEIRÃO DAS ALMAS.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/508/508_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/508/508_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, COM FUNDAMENTO NO ARTIGO 208 DO REGIMENTO INTERNO, VÊM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER SEJA INDICADO AO PREFEITO PROVIDÊNCIAS NO SENTIDO DE PROVIDENCIAR O GEORREFERENCIAMENTO DE TODAS AS PROPRIEDADES RURAIS SITUADAS NA REGIÃO DA CHAPADA, DE MODO A CONTER AS SEGUINTES INFORMAÇÕES: 1) DADOS DO PROPRIETÁRIO E/OU ARRENDATÁRIOS; 2) ÁREA TOTAL DA PROPRIEDADE E ÁREA AGRICULTÁVEL; 3) ÁREA DE PLANTIO SAFRINHA; 4) PRINCIPAL PRODUTO CULTIVADO; 5) ÁREA DE PLANTIO DE SEQUEIRO E IRRIGADA; 6) NÚMERO DE PIVOT&amp;#180;S POR PROPRIEDADE E FORMA DE CAPTAÇÃO DE ÁGUA; 7) NÚMERO DE NASCENTES NA PROPRIEDADE, IDENTIFICANDO-AS E AINDA ESPECIFICANDO O ESTADO DE CONSERVAÇÃO DESTAS (CERCADAS, PROTEGIDAS E MATAS CILIARES); 8) NÚMERO DE FUNCIONÁRIOS FIXOS E POTENCIAL PARA CONTRATAÇÕES TEMPORÁRIAS; 9) SITUAÇÃO DAS ESTRADAS; E 10) ESTIMATIVA DE PRODUÇÃO EM TONELADAS POR ANO/SAFRA </t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/518/518_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/518/518_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, COM FUNDAMENTO NO ARTIGO 208 DO REGIMENTO INTERNO, VÊM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER SEJA INDICADO AO PREFEITO PROVIDÊNCIAS NO SENTIDO DE ELABORAR E ENVIAR À CÂMARA MUNICIPAL PROJETO DE LEI ALTERANDO O ARTIGO 88 DO ESTATUTO DOS SERVIDORES PÚBLICOS MUNICIPAIS PARA O FIM DE AMPLIAR DE 120 (CENTO E VINTE) PARA 180 (CENTO E OITENTA) DIAS O PERÍODO DE LICENÇA GESTANTE. </t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/519/519_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/519/519_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, COM FUNDAMENTO NO ARTIGO 208 DO REGIMENTO INTERNO, VÊM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER SEJA INDICADO AO PREFEITO PROVIDÊNCIAS NO SENTIDO DE ELABORAR E ENVIAR À CÂMARA MUNICIPAL PROJETO DE LEI ALTERANDO O ESTATUTO DOS SERVIDORES PÚBLICOS MUNICIPAIS PARA O FIM DE AMPLIAR PARA 15 (QUINZE) DIAS O PERÍODO DE LICENÇA PATERNIDADE. </t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/526/526_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/526/526_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, COM FUNDAMENTO NO ARTIGO 208 DO REGIMENTO INTERNO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER SEJA INDICADO AO PREFEITO PROVIDÊNCIAS NO SENTIDO DE ELABORAR PROJETO DE LEI COMPLEMENTAR DISPONDO SOBRE AS POSTURAS MUNICIPAIS, COM A CONSEQUENTE REVOGAÇÃO DA VIGENTE LEI COMPLEMENTAR Nº 3, DE 20 DE OUTUBRO DE 1997, CONSIDERANDO TRATAR-SE DE NORMA OBSOLETA E MATERIALMENTE DEFASADA E QUE DEMANDA ATUALIZAÇÃO. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/530/530_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/530/530_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR TRÊS BANCOS DE CIMENTO NO PSFII &amp;#8211; VANDEIR JOSÉ BRANDÃO, POIS A MENCIONADA UNIDADE NÃO DISPÕE DE ASSENTOS PARA OS PACIENTES AGUARDAREM ENQUANTO ESPERAM O HORÁRIO DE FUNCIONAMENTO DO REFERIDO PSF. </t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/531/531_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/531/531_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA, QUE APÓS OUVIDO O PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIAS NO SENTIDO CONCEDER UNIFORMES AOS ALUNOS DA REDE MUNICIPAL  PARA O ANO DE 2015. _x000D_
 		SALA DAS REUNIÕES, 14 DE MARÇO DE 2014._x000D_
 _x000D_
 		JOSÉ LUCIO_x000D_
 		VEREADOR_x000D_
 _x000D_
 _x000D_
 JUSTIFICATIVA:_x000D_
 MUITAS CRIANÇAS DE FAMÍLIAS CARENTES SÃO VÍTIMAS DE BULLYING E SOFREM CONSTRANGIMENTOS QUANDO VÃO PARA ESCOLA SEM ROUPAS E CALÇADOS ADEQUADOS, COMO ROUPAS RASGADAS.  COM A PADRONIZAÇÃO DOS ALUNOS POR MEIO DE UNIFORMES DIFICULTA A ENTRADA NA ESCOLA DE PESSOAS QUE NÃO MATRICULADAS. &amp;#8220;AS ESCOLAS SERÃO OBRIGADAS A ADOTAR O UNIFORME PADRÃO PARA RESGUARDAR A SEGURANÇA DO ALUNO, EVITANDO QUE PESSOAS NÃO MATRICULADAS NAS UNIDADES DE ENSINO ENTREM PARA PRATICAR ALGO ERRADO&amp;#8221;. _x000D_
 </t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
     <t>Cabo Custódio</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/496/496_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/496/496_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPOSITIVO VETADO: PARÁGRAFO ÚNICO DO ARTIGO 1º, QUE APRESENTA A SEGUINTE REDAÇÃO:_x000D_
 _x000D_
 PARÁGRAFO ÚNICO: É VETADO DECLARAR DE UTILIDADE PÚBLICA ÓRGÃOS OU ENTIDADES QUE GOZAM DE FAVOR DECORRENTE DE CONTRATO COM PESSOA JURÍDICA DE DIREITO PÚBLICO._x000D_
                 _x000D_
                 </t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Parecer Prévio</t>
   </si>
   <si>
     <t>Tribunal de Contas</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/313/313_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/313/313_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER PRÉVIO DO TRIBUNAL DE CONTAS REFERENTE AO ANO DE 2012 DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>PO</t>
   </si>
   <si>
     <t>Portarias</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/470/470_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/470/470_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA COMISSÃO PERMANENTE DE LICITAÇÃO, PREGOEIRO E RESPECTIVA EQUIPE DE APOIO, NO ÂMBITO DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/471/471_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/471/471_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE FÉRIAS REGULAMENTAR QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/472/472_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/472/472_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DESIGNA A SERVIDORA LEONOR MUNIZ ALVES PARA EXERCER A FUNÇÃO DE APOIO INTERMEDIÁRIO DE ASSESSORA DAS COMISSÕES PERMANENTES E TEMPORÁRIAS DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS (MG) E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/473/473_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/473/473_texto_integral.pdf</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/474/474_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/474/474_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O EXPEDIENTE DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS, NO DIA 05 DE FEVEREIRO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/475/475_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/475/475_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DOS MEMBROS EFETIVOS E SUPLENTES DAS COMISSÕES PERMANENTES DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/476/476_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/476/476_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O EXPEDIENTE DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS, NOS DIAS 03 E 05 DE FEVEREIRO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/477/477_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/477/477_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A NOMEAÇÃO DOS MEMBROS EFETIVOS E SUPLENTES DA COMISSÃO ESPECIAL DESTINADA À  EMITIR PARECER SOBRE AS SEGUINTES PROPOSIÇÕES: PROPOSTA DE EMENDA À LEI ORGÂNICA 01/2014, QUE ALTERA O § 1º DO ART. 23; O § 2º DO ART. 51 E O § 5º DO ART. 64 DA LEI ORGÂNICA, PARA ABOLIR A VOTAÇÃO SECRETA NA CÂMARA MUNICIPAL; PROJETO DE RESOLUÇÃO 01/2014, QUE CONTEM O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS (MG). </t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/478/478_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/478/478_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O EXPEDIENTE DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS, NO DIA 17/04/2014. _x000D_
 </t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/479/479_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/479/479_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O EXPEDIENTE DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS, NO DIA 02/05/2014. </t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/480/480_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/480/480_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATUALIZA AS TABELAS DE VENCIMENTOS DO QUADRO DE PESSOAL DA CÂMARA                               MUNICIPAL DE BONFINÓPOLIS DE MINAS.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/481/481_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/481/481_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O EXPEDIENTE DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS, NO DIA 20/05/2014. </t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/482/482_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/482/482_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATUALIZA A TABELA DE VENCIMENTOS DAS FUNÇÕES GRATIFICADAS ORDENADAS POR SÍMBOLOS E VALORES DA RESOLUÇÃO 151, DE 12 DE DEZEMBRO DE 2013, DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/483/483_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/483/483_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE ALTERAÇÃO DO HORÁRIO DE FUNCIONAMENTO DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS NOS DIAS DE JOGOS DA SELEÇÃO BRASILEIRA DURANTE A COPA DO MUNDO FIFA 2014&amp;#8221;.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/484/484_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/484/484_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE FÉRIAS REGULAMENTAR QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/485/485_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/485/485_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE FÉRIAS REGULAMENTARES QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/486/486_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/486/486_texto_integral.pdf</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/487/487_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/487/487_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE FÉRIAS REGULAMENTARES À SERVIDORA KÉLEM PATRÍCIA ESTÁCIO DE OLIVEIRA</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/488/488_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/488/488_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE FÉRIAS REGULAMENTARES QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/489/489_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/489/489_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O EXPEDIENTE DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS, NO DIA 20 DE JUNHO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/490/490_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/490/490_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE FÉRIAS REGULAMENTAR QUE ESPECIFICA E DÁ  OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/491/491_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/491/491_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE ADICIONAL DE TEMPO DE SERVIÇO (QUINQUÊNIO) AO SERVIDOR QUE MENCIONA.  </t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/492/492_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/492/492_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE LICENÇA-PRÊMIO, À SERVIDORA SILVIA APARECIDA DE OLIVEIRA POMBO._x000D_
 </t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/493/493_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/493/493_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DESIGNA A SERVIDORA CLEUSA OLIVEIRA BEZERRA PALMA PARA EXERCER A FUNÇÃO GRATIFICADA DE CHEFE DO SERVIÇO DE PESSOAL DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS (MG) E DÁ OUTRAS PRO¬VIDÊNCIAS. </t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/494/494_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/494/494_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROMOVE PARA A CLASSE II DA CARREIRA DE AUXILIAR DE SERVIÇOS GERAIS A SERVIDORA LEONOR MUNIZ ALVES. </t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/495/495_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/495/495_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A NOMEAÇÃO DOS MEMBROS EFETIVOS E SUPLENTES DA COMISSÃO ESPECIAL DESTINADA À  EMITIR PARECER SOBRE A MENSAGEM DE VETO 01/2014, QUE VETA PARCIALMENTE, POR CONTRARIEDADE AO INTERESSE PÚBLICO, DISPOSITIVO CONSTANTES DO PROJETO DE LEI N° 22/2014, QUE  ESTABELECE NORMAS PARA DECLARAÇÃO DE UTILIDADE PÚBLICA E DA OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/691/691_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/691/691_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O EXPEDIENTE DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS, NO DIA 30 DE OUTUBRO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/692/692_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/692/692_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A NOMEAÇÃO DOS MEMBROS EFETIVOS E SUPLENTES DA COMISSÃO ESPECIAL DESTINADA À  APURAÇÃO DAS INFILTRAÇÕES OCASIONADAS POR ÁGUAS PLUVIAIS NA UNIDADE BÁSICA DE SAUDE. _x000D_
 </t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/693/693_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/693/693_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTITUI COMISSÃO DE AVALIAÇÃO PATRIMONIAL DOS BENS MÓVEIS DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/694/694_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/694/694_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O EXPEDIENTE DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS, NOS DIAS 24, 26 E 31 DE DEZEMBRO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/695/695_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/695/695_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE FÉRIAS REGULAMENTARES À SERVIDORA CLEUZA OLIVEIRA BEZERRA PALMA_x000D_
 </t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/696/696_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/696/696_texto_integral.pdf</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/697/697_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/697/697_texto_integral.pdf</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/698/698_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/698/698_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE FÉRIAS REGULAMENTAR QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/699/699_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/699/699_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EXONERA A SERVIDORA VANI CAETANO DA SILVA DO CARGO DE SECRETÁRIA EXECUTIVA DA CÂMARA MUNICIPAL._x000D_
 </t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/700/700_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/700/700_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXONERA A SERVIDORA SILVIA APARECIDA DE OLIVEIRA POMBO DO CARGO DE SECRETÁRIA DE CONTROLE INTERNO.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/701/701_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/701/701_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPENSA A SERVIDORA LEONOR MUNIZ ALVES DA FUNÇÃO DE CONFIANÇA DE ASSESSORA DAS COMISSÕES PERMANENTES E TEMPORÁRIAS DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/702/702_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/702/702_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EXONERA A SERVIDORA KÉLEM PATRÍCIA ESTÁCIO DE OLIVEIRA DO CARGO DE SECRETÁRIA DE DOCUMENTAÇÃO E REGISTRO DA CÂMARA MUNICIPAL._x000D_
 </t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/703/703_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/703/703_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPENSA A SERVIDORA CLEUZA OLIVEIRA BEZERRA PALMA DA FUNÇÃO DE CONFIANÇA DE CHEFE DO SERVIÇO DE PESSOAL DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/704/704_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/704/704_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPENSA A SERVIDORA JULIANA APARECIDA BRANDÃO DA FUNÇÃO DE APOIO INTERMEDIÁRIO DE TESOURARIA DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS._x000D_
 </t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/705/705_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/705/705_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;NOMEAR COMISSÃO INTERNA DE DESENVOLVIMENTO FUNCIONAL DOS SERVIDORES DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS-MG&amp;#8221;.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/706/706_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/706/706_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESIGNA COMISSÃO PARA CONFERÊNCIA DE VALORES EM CAIXA</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>PC</t>
   </si>
   <si>
     <t>Prestação de Contas</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/532/532_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/532/532_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER PRÉVIO DO TRIBUNAL DE CONTAS, INTIMAÇÃO Nº 25034/2014, PROCESSO Nº 912905, EXERCÍCIO 2013</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/330/330_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/330/330_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">APROVA AS CONTAS DO EX-PREFEITO DE BONFINÓPOLIS DE MINAS, REFERENTES AO EXERCÍCIO DE 2012, NOS TERMOS DO PARECER PRÉVIO DO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS. </t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Partido dos Trabalhadores</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/286/286_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/286/286_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA ABERTURA DE CRÉDITOS ADICIONAIS ESPECIAIS NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/293/293_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/293/293_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCILIAÇÃO, TRANSAÇÃO E DESISTÊNCIA NOS PROCESSOS DA COMPETÊNCIA DOS JUIZADOS ESPECIAIS DA FAZENDA PÚBLICA.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/298/298_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/298/298_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;AUTORIZA O MUNICÍPIO A CELEBRAR TERMO DE TRANSAÇÃO EXTRAJUDICIAL PARA O RECEBIMENTO DE CRÉDITOS DECORRENTES DE CERTIDÕES DE DÉBITOS EXPEDIDAS PELO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/316/316_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/316/316_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O USO DE SOM AUTOMOTIVO EM VEÍCULOS PARTICULARES NO MUNICÍPIO DE BONFINÓPOLIS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/317/317_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/317/317_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO NA ESTRUTURA ADMINISTRATIVA DA ADMINISTRAÇÃO DIRETA DO PODER EXECUTIVO DE BONFINOPOLIS DE MINAS - MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/318/318_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/318/318_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS, REALINHAMENTO DE VENCIMENTOS, ALTERAÇÃO DE DENOMINAÇÃO, QUANTITATIVOS DE VAGAS, E CONSOLIDAÇÃO DO QUADRO PERMANENTE DE SERVIDORES EFETIVOS DA PREFEITURA MUNICIPAL DE BONFINOPOLIS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/319/319_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/319/319_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL E ANUAL SOBRE A REMUNERAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS, CONFORME DISPÕE O ART. 37, INCISO X, DA CONSTITUIÇÃO FEDERAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/320/320_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/320/320_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE NA REMUNERAÇÃO DOS PROFISSIONAIS DO MAGISTÉRIO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/321/321_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/321/321_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO ANUAL DOS VENCIMENTOS DOS SERVIDORES DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/322/322_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/322/322_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O REAJUSTE DOS SUBSÍDIOS DOS VEREADORES, DO PREFEITO, DO VICE-PREFEITO E DOS SECRETÁRIOS DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/331/331_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/331/331_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;RATIFICA O PROTOCOLO DE INTENÇÕES PARA A ADESÃO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS &amp;#8211; MG AO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DA REDE DE URGÊNCIA E EMERGÊNCIA DA REGIÃO DE SAÚDE AMPLIADA NOROESTE E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/332/332_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/332/332_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;ALTERA DISPOSITIVO DA LEI 913/2006, QUE AUTORIZA O PODER EXECUTIVO A CONTRIBUIR FINANCEIRAMENTE COM A ASSOCIAÇÃO CULTURAL, EDUCATIVA E DESPORTIVA DE BONFINÓPOLIS DE MINAS - MG E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221; _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/333/333_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/333/333_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO AO BARRACÃO INDUSTRIAL DE APOIO A PEQUENA E MEDIA INDÚSTRIA.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/334/334_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/334/334_texto_integral.pdf</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/361/361_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/361/361_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;ALTERA DISPOSITIVOS DA LEI 1004/2009, QUE DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL ANTIDROGAS &amp;#8211; COMAD E INSTITUI O PROGRAMA MUNICIPAL ANTIDROGAS - PROMAD E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221; </t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/364/364_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/364/364_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CRIAR O PROGRAMA MUNICIPAL DE IRRIGAÇÃO - IRRIGABOM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/371/371_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/371/371_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA DE 2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/372/372_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/372/372_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA O PODER EXECUTIVO A CONCEDER AUXILIO MORADIA E AUXILIO ALIMENTAÇÃO AOS MÉDICOS VINCULADOS AO PROGRAMA MAIS MÉDICOS E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/383/383_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/383/383_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR LOTES URBANOS PERTENCENTES AO PATRIMÔNIO PÚBLICO, CONFORME MENCIONA E DÁ OUTRAS PROVIDENCIAS.&amp;#8221;</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/384/384_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/384/384_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECONHECE DE UTILIDADE PÚBLICA A COMUNIDADE TERAPÊUTICA MENTE ABERTA &amp;#8211; NÚCLEO DE VALORIZAÇÃO DE SER.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/385/385_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/385/385_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE SUBVENÇÃO SOCIAL PARA A COMUNIDADE TERAPÊUTICA MENTE ABERTA &amp;#8211; NÚCLEO DE VALORIZAÇÃO DO SER E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/391/391_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/391/391_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NORMAS PARA DECLARAÇÃO DE UTILIDADE PÚBLICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/392/392_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/392/392_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSITIVO DA LEI 785/2000, QUE REGULAMENTA A DECLARAÇÃO DE UTILIDADE PÚBLICA.&amp;#8221; </t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/394/394_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/394/394_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAFETAÇÃO E DOAÇÃO DO IMÓVEL QUE MENCIONA A KÊNIA APARECIDA SILVA OLIVEIRA - ME, NA FORMA E CONDIÇÕES QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/402/402_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/402/402_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O MUNICÍPIO DE BONFINÓPOLIS DE MINAS - MG A CONTRATAR COM A CAIXA ECONÔMICA FEDERAL, NO ÂMBITO DO PROGRAMA DE ACELERAÇÃO DO CRESCIMENTO - PAC II, OPERAÇÃO DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/463/463_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/463/463_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI Nº 1.098, DE 20 DE DEZEMBRO DE 2013, QUE &amp;#8220;ESTIMA A RECEITA E FIXA A DESPESA PARA O MUNICÍPIO DE BONFINÓPOLIS DE MINAS-MG, PARA O EXERCÍCIO FINANCEIRO DE 2014&amp;#8221; E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/497/497_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/497/497_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ESTIMA A RECEITA E FIXA A DESPESA PARA O MUNICÍPIO DE BONFINÓPOLIS DE MINAS-MG, PARA O EXERCÍCIO FINANCEIRO DE 2015&amp;#8221;.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/498/498_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/498/498_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA OS ANEXOS CONSTANTES DO PLANO PLURIANUAL PARA O QUADRIÊNIO 2014/2017, APROVADOS PELA LEI MUNICIPAL Nº 1.097, DE 20 DE DEZEMBRO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/500/500_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/500/500_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA A REDAÇÃO DO ART. 3º DA LEI Nº 1.118, DE 30 DE JUNHO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/509/509_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/509/509_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO AO BARRACÃO DA MINI AGRO INDUSTRIA DA COMUNIDADE DE SACO DA ROÇA.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/516/516_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/516/516_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE SANEAMENTO BÁSICO E O RESPECTIVO PLANO MUNICIPAL DE SANEAMENTO BÁSICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/517/517_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/517/517_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DE RESÍDUOS SÓLIDOS E O PLANO MUNICIPAL DE GESTÃO INTEGRADA DE RESÍDUOS SÓLIDOS DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS - MG</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/510/510_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/510/510_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O CÓDIGO DE HOMENAGENS DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/522/522_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/522/522_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INSTITUI O DIA 25 DE NOVEMBRO  O &amp;#8220;NOVEMBRO AZUL&amp;#8221;, DEDICADO ÀS AÇÕES EDUCATIVAS PARA PREVENÇÃO DO CÂNCER DE PRÓSTATA E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221; </t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/527/527_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/527/527_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI GRATIFICAÇÃO ESPECÍFICA DE APOIO TÉCNICO ADMINISTRATIVO E TÉCNICO-OPERACIONAL AOS ÓRGÃOS DA CÂMARA MUNICIPAL &amp;#8211; GEAT E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/528/528_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/528/528_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">	ALTERA AS ATRIBUIÇÕES DOS CARGOS DE AUXILIAR ADMINISTRATIVO, AUXILIAR DE SERVIÇOS GERAIS E TÉCNICO EM CONTABILIDADE PREVISTAS NO ANEXO IX DA LEI MUNICIPAL Nº 940, DE 15 DE OUTUBRO DE 2007, QUE &amp;#8220;DISPÕE SOBRE A ESTRUTURAÇÃO DO PLANO DE CARGOS E CARREIRAS DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS, ESTABELECE NORMAS GERAIS DE ENQUADRAMENTO, INSTITUI NOVA TABELA DE VENCIMENTOS E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/529/529_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/529/529_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO POR TEMPO DETERMINADO PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO, NOS TERMOS DO INCISO IX DO ART. 37 DA CONSTITUIÇÃO FEDERAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/533/533_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/533/533_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BONFINÓPOLIS DE MINAS-MG A CELEBRAR TERMO DE COOPERAÇÃO, CONVÊNIO OU OUTROS AJUSTES COM OS MUNICÍPIOS LIMÍTROFES VISANDO À MELHORIA DA INFRAESTRUTURA DE ESTRADAS RURAIS E A ESTENDER BENEFÍCIOS DE PROGRAMAS MUNICIPAIS A PRODUTORES RURAIS DE MUNICÍPIOS LIMÍTROFES E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/542/542_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/542/542_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONTÉM O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS (MG).</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/360/360_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/360/360_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO II DA RESOLUÇÃO N. 137, DE 8 DE OUTUBRO DE 2007, QUE &amp;#8220;DISPÕE SOBRE A ESTRUTURA DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/395/395_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/395/395_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE TÍTULO DE HONRA AO MÉRITO BONFINOPOLITANA AO SENHOR PE. ANTÔNIO MARCILIO DA SILVA._x000D_
 </t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/396/396_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/396/396_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE DIPLOMA DE HONRA AO MÉRITO AOS SENHORES MANOEL TEIXEIRA NETO E MANOEL MESSIAS MATOS E DÁ OUTRA PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/558/558_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/558/558_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE TÍTULO DE CIDADANIA HONORÁRIA BONFINOPOLITANA À SENHORA MARIA DO ROSÁRIO DA PALMA BEZERRA._x000D_
 </t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/559/559_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/559/559_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA BONFINOPOLITANA AO SENHOR NILTON BEZERRA.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/556/556_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/556/556_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA BONFINOPOLITANA AO SENHOR ALBERTO FERREIRA DOS SANTOS.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/557/557_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/557/557_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA BONFINOPOLITANA AO SENHOR ORLANDO ALVES DA CUNHA.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/555/555_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/555/555_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE DIPLOMA DE HONRA AO MÉRITO AOS SENHORES MIGUEL GARCIA BARBOSA, JOÃO ORLANDO LUIZ E JOSÉ ANTÔNIO FERREIRA BRANDÃO E DÁ OUTRA PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/520/520_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/520/520_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE A CIDADANIA HONORÁRIA BONFINOPOLITANA AO EX-VEREADOR JOSÉ DE MACEDO, POPULAR &amp;#8220;ZÉ PRETINHO&amp;#8221;. </t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/521/521_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/521/521_texto_integral.pdf</t>
   </si>
   <si>
     <t>OUTORGA DIPLOMA DE HONRA AO MÉRITO "A PASTORAL DA CRIANÇA" DE BONFINÓPOLIS DE MINAS, PELOS MOTIVOS QUE MENCIONA.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/523/523_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/523/523_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE DIPLOMA DE HONRA AO MÉRITO AOS SENHORES JOSÉ DOS REIS DOMINGOS SILVA E SEBASTIÃO ANTÔNIO DE MELO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/524/524_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/524/524_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A CIDADANIA HONORÁRIA BONFINOPOLITANA AO EX-VEREADOR OSCAR MENDES DE SOUZA.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/525/525_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/525/525_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE DIPLOMA DE HONRA AO MÉRITO AO SENHOR WANDER LABOISSIÉRE E DÁ OUTRAS PROVIDÊNCIAS. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>CAP - Comissão de Administração Pública</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/600/600_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/600/600_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE DIPLOMA DE HONRA AO MÉRITO AOS SENHORES MIGUEL GARCIA BARBOSA, JOÃO ORLANDO LUIZ E JOSÉ ANTÔNIO FERREIRA BRANDÃO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Robinho da Cruz, Dadá Simões, Fernanda Oliveira, Manoel do IMA</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/301/301_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/301/301_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O § 1º DO ART. 23; O § 2º DO ART. 51 E O § 5º DO ART. 64 DA LEI ORGÂNICA, PARA ABOLIR A VOTAÇÃO SECRETA NA CÂMARA MUNICIPAL. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Carlinhos da Brasilinha, Cabo Custódio, Robinho da Cruz, Zé Lúcio</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/294/294_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/294/294_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTES SUBSCREVEM, COM FUNDAMENTO NO ARTIGO 206, INCISO XI, DO REGIMENTO INTERNO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUEREREM QUE SEJAM SOLICITADAS AO PREFEITO INFORMAÇÕES REFERENTES AO QUADRO DE PESSOAL DA PREFEITURA MUNICIPAL DE BONFINÓPOLIS DE MINAS (MG), MEDIANTE O ENVIO DE RELATÓRIO CONTENDO O QUANTITATIVO DE SERVIDORES NO EXERCÍCIO DE CARGO EFETIVO OU COMISSIONADO E AINDA O QUANTITATIVO DOS SERVIDORES CONTRATADOS, DISCRIMINADOS POR CARGO E/OU FUNÇÃO. </t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/295/295_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/295/295_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, COM FUNDAMENTO NO ARTIGO 206, INCISO XI, DO REGIMENTO INTERNO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER SEJAM SOLICITADAS AO PREFEITO INFORMAÇÕES SOBRE O TOTAL DA DESPESA COM TRANSPORTE FORA DO DOMICÍLIO &amp;#8211; TFD NO EXERCÍCIO DE 2013,.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/297/297_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/297/297_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE AUTORIA DO PREFEITO, O PROJETO DE LEI Nº 3/2014 AUTORIZA O MUNICÍPIO CELEBRAR TERMO DE TRANSAÇÃO EXTRAJUDICIAL PARA O RECEBIMENTO DE CRÉDITOS DECORRENTES DE CERTIDÕES DE DÉBITOS EXPEDIDAS PELO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/299/299_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/299/299_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, COM FUNDAMENTO NO ARTIGO 206, INCISO XI, DO REGIMENTO INTERNO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER SEJAM SOLICITADAS AO PREFEITO INFORMAÇÕES SOBRE QUAL EMPRESA ESTÁ REALIZANDO A OBRA DO MONUMENTO CINQUENTENÁRIO NA ENTRADA NO FINAL DA PRAÇA SILVESIA CÂNDIDO DA AV. ARGEMIRO BARBOSA DA SILVA, ENVIANDO AINDA PLANILHA ORÇAMENTÁRIA E VALOR GASTO ATÉ A PRESENTE DATA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/300/300_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/300/300_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, COM FUNDAMENTO NO ARTIGO 206, INCISO XI, DO REGIMENTO INTERNO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER SEJAM SOLICITADAS AO PREFEITO INFORMAÇÕES SOBRE OS VALORES ARRECADADOS COM A CONTRIBUIÇÃO DE ILUMINAÇÃO PÚBLICA INSTITUÍDA PELA LEI COMPLEMENTAR Nº 8, DE 2012, TANTO AQUELA CUJO LANÇAMENTO E RECOLHIMENTO ESTEJA A CARGO DA CEMIG COMO A DE RESPONSABILIDADE DIRETA DO MUNICÍPIO, BEM COMO AS DESPESAS COM AS TARIFAS DE ILUMINAÇÃO PÚBLICA E O SALDO DA CONTA BANCÁRIA ESPECIFICADA NO ARTIGO 489 DO CÓDIGO TRIBUTÁRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/355/355_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/355/355_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, COM FUNDAMENTO NO ARTIGO 206, INCISO XI, DO REGIMENTO INTERNO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER SEJA SOLICITADO AO PREFEITO O ENVIO À CÂMARA MUNICIPAL DAS CÓPIAS DOS CONTRATOS DAS OBRAS PÚBLICAS MUNICIPAIS QUE SE ENCONTRAM AINDA EM ANDAMENTO. </t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/358/358_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/358/358_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, COM FUNDAMENTO NO ARTIGO 206, INCISO XI, DO REGIMENTO INTERNO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER SEJAM SOLICITADAS AO PREFEITO CÓPIAS DAS PLANILHAS CONTENDO A DESCRIÇÃO COMPLETA E DETALHADA DOS MATERIAIS UTILIZADOS NA CONSTRUÇÃO DA PREFEITURA E DO GALPÃO MUNICIPAL, INCLUINDO TODAS AS SUAS ETAPAS. </t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>Cabo Custódio, Carlinhos da Brasilinha, Robinho da Cruz, Zé Lúcio</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/359/359_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/359/359_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, COM FUNDAMENTO NO ARTIGO 206, INCISO XI, DO REGIMENTO INTERNO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER SEJA SOLICITADO AO PREFEITO O ENVIO À CÂMARA MUNICIPAL PLANILHA, ACOMPANHADA DE CÓPIAS DOS DOCUMENTOS DE DESPESA E DE PRESTAÇÃO DE CONTAS, DOS GASTOS COM COMBUSTÍVEIS E LUBRIFICANTES REALIZADOS NO EXERCÍCIO DE 2013, ESPECIFICANDO A DESPESA INDIVIDUALMENTE COM CADA MÁQUINA, CAMINHÕES E VEÍCULOS, BEM COMO A RELAÇÃO DA FROTA MUNICIPAL. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/367/367_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/367/367_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, COM FUNDAMENTO NO ARTIGO 206, INCISO XI, DO REGIMENTO INTERNO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER SEJAM SOLICITADAS AO PREFEITO CÓPIAS DOS EDITAIS DE LICITAÇÕES DE TODAS AS OBRAS PÚBLICAS CONTRATADAS PELO PODER EXECUTIVO EM ANDAMENTO.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/375/375_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/375/375_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA DIVULGADO JUNTO AOS MEIOS DE COMUNICAÇÃO (FACEBOOK DA CÂMARA)OS VALORES GASTOS COM DIÁRIAS DE CADA VEREADOR PARA QUE A POPULAÇÃO SAIBA O QUANTO GASTA SEU REPRESENTANTE NO EXERCÍCIO DE SUAS FUNÇÕES.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/399/399_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/399/399_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, COM FUNDAMENTO NO REGIMENTO INTERNO DESTA CASA, VEM À R. PRESENÇA DE VOSSA EXCELÊNCIA REQUERER SEJA OFICIADA A SUPERINTENDÊNCIA REGIONAL DO BANCO DO BRASIL S/A A FIM DE QUE SEJAM TOMADAS PROVIDÊNCIAS URGENTES QUANTO AO HORÁRIO DE FUNCIONAMENTO DOS CAIXAS ELETRÔNICOS DA AGÊNCIA DE BONFINÓPOLIS DE MINAS (MG) E QUANTO À FALTA DE NUMERÁRIO (DINHEIRO) SUFICIENTE PARA SAQUES._x000D_
 _x000D_
 		CUMPRE REGISTRAR QUE OS CAIXAS ELETRÔNICOS ESTÃO FUNCIONANDO NO MESMO HORÁRIO DA AGÊNCIA, ATÉ AS 17H, DE MODO QUE OS CLIENTES NÃO PODEM UTILIZAR OS TERMINAIS APÓS O REFERIDO HORÁRIO, SITUAÇÃO QUE CAUSA ENORME TRANSTORNO E PREJUÍZO A CLIENTES E NÃO CLIENTES DO BANCO DO BRASIL S/A. AGRAVA A SITUAÇÃO FATO DE OS TERMINAIS NÃO FUNCIONAREM AOS SÁBADOS, DOMINGOS E FERIADOS. _x000D_
 _x000D_
 ALÉM DO MAIS, É COMUM A FALTA DE NUMERÁRIO NOS TERMINAIS ELETRÔNICOS, SITUAÇÃO QUE TAMBÉM CAUSA DESCONFORTO E PREJUÍZO AOS CLIENTES DO BANCO, QUE CONSTANTEMENTE PASSAM PELO CONSTRANGIMENTO DE NÃO EFETUAR OS SAQUES DAS QUANTIAS DE QUE NECESSITAM. _x000D_
 </t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/504/504_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/504/504_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, COM FUNDAMENTO NO ARTIGO 206, INCISO XI, DO REGIMENTO INTERNO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER SEJAM SOLICITADAS AO PREFEITO MUNICIPAL INFORMAÇÕES SOBRE O PROGRAMA DE TRATAMENTO FORA DO DOMICÍLIO, COMPREENDENDO: 1) A RELAÇÃO COM O NOME COMPLETO DOS BENEFICIADOS DO PROGRAMA NOS ÚLTIMOS 10 (DEZ) MESES; 2) OS DESTINOS DAS VIAGENS; E 3) O VALOR GASTOS PER CAPTA; E 4) OS VALORES CREDITADOS PELA UNIÃO E/OU PELO ESTADO EM FAVOR DO MUNICÍPIO PARA A MANUTENÇÃO DO PROGRAMA.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/505/505_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/505/505_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">	O VEREADOR QUE ESTE SUBSCREVE, COM FUNDAMENTO NO ARTIGO 206, INCISO XI, DO REGIMENTO INTERNO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER SEJAM SOLICITADAS AS SEGUINTES INFORMAÇÕES: 1) NOME COMPLETO DOS BENEFICIÁRIOS DE PROGRAMA OU AÇÃO CONCESSIVA DE AUXÍLIO-ALIMENTAÇÃO DURANTE OS ÚLTIMOS 10 (DEZ) MESES; 2) OS VALORES GASTOS PER CAPTA A ESSE TÍTULO.  </t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>Carlinhos da Brasilinha, Robinho da Cruz, Zé Lúcio</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/506/506_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/506/506_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">	OS VEREADORES QUE ESTE SUBSCREVEM, COM FUNDAMENTO NO ARTIGO 206, INCISO XI, DO REGIMENTO INTERNO, VÊM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER SEJAM SOLICITADAS AO PREFEITO INFORMAÇÕES DETALHADAS SOBRE OS CRÉDITOS CONCEDIDOS NOS ÚLTIMOS 12 (DOZE) MESES A TÍTULO DE VALE-COMPRA DENTRO DO PROGRAMA INSTITUÍDO PELA LEI MUNICIPAL Nº 1.073, DE 19 DE DEZEMBRO DE 2012. </t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/507/507_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/507/507_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM, COM FUNDAMENTO NO ARTIGO 206, INCISO XI, DO REGIMENTO INTERNO, VÊM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER SEJAM SOLICITADAS AO PREFEITO INFORMAÇÕES SOBRE OS VALORES GASTOS NOS ÚLTIMOS 12 (DOZE) MESES COM O PROGRAMA DENOMINADO &amp;#8220;TICKET-FEIRA&amp;#8221;, INSTITUÍDO PELA LEI Nº 991, DE 29 DE JUNHO DE 2009, E DESTINADO AOS SERVIDORES PÚBLICOS MUNICIPAIS.  </t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/512/512_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/512/512_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, COM FUNDAMENTO NO ARTIGO 206, INCISO XI, DO REGIMENTO INTERNO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER SEJAM SOLICITADAS AO PREFEITO CÓPIAS DO PROJETO BÁSICO, DO PROJETO EXECUTIVO, DAS PLANILHAS OU DE DOCUMENTO EQUIVALENTE (PLANTAS, CORTES E OUTROS) REFERENTE AO PROGRAMA DE INSTALAÇÃO DE BUEIROS NO SENTIDO BONFINÓPOLIS DE MINAS/DISTRITO DE CERCADO, NO MUNICÍPIO DE URUANA DE MINAS, PASSANDO PELAS REGIÕES DAS LAGES E IMBÉ. </t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/513/513_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/513/513_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, COM FUNDAMENTO NO ARTIGO 206, INCISO XI, DO REGIMENTO INTERNO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER SEJAM SOLICITADA AO PREFEITO INFORMAÇÃO REFERENTE À RELAÇÃO DA FROTA DE VEÍCULOS E MÁQUINAS DA PREFEITURA MUNICIPAL DE BONFINÓPOLIS DE MINAS NOS EXERCÍCIOS DE 2011 E 2012.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/514/514_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/514/514_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, COM FUNDAMENTO NO ARTIGO 206, INCISO XI, DO REGIMENTO INTERNO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER SEJAM SOLICITADAS AO PREFEITO AS SEGUINTES INFORMAÇÕES REFERENTES À OBRA DE CONSTRUÇÃO DA PROINFÂNCIA: 1) NOME DA EMPRESA OU DO PROFISSIONAL RESPONSÁVEL PELA FISCALIZAÇÃO DA OBRA E PELA LIBERAÇÃO DAS MEDIÇÕES; 2) DOCUMENTAÇÃO RELATIVA ÀS MEDIÇÕES DA OBRA, DESDE O SEU INÍCIO; E 3) EVENTUAIS RELATÓRIOS EXPEDIDOS PELA FISCALIZAÇÃO. </t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/515/515_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/515/515_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, COM FUNDAMENTO NO ARTIGO 206, INCISO XI, DO REGIMENTO INTERNO, VEM À RESPEITÁVEL PRESENÇA DE VOSSA EXCELÊNCIA REQUERER SEJAM SOLICITADO AO PREFEITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PROJETO E PLANILHAS OU EQUIVALENTE DOS MATERIAIS GASTOS NAS REFORMAS E AMPLIAÇÕES DA UNIDADE BÁSICA DE SAÚDE DOS ANOS DE 2008 A 2014. _x000D_
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -2835,68 +2835,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/336/336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/328/328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/306/306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/315/315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/345/345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/346/346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/347/347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/348/348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/349/349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/350/350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/353/353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/356/356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/357/357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/362/362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/365/365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/366/366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/368/368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/369/369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/370/370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/373/373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/374/374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/377/377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/386/386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/387/387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/388/388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/389/389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/390/390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/397/397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/401/401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/403/403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/518/518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/519/519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/530/530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/531/531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/496/496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/475/475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/487/487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/488/488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/489/489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/490/490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/491/491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/492/492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/493/493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/691/691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/692/692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/693/693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/696/696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/697/697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/698/698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/699/699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/700/700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/701/701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/702/702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/703/703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/704/704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/532/532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/330/330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/331/331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/361/361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/371/371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/372/372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/383/383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/384/384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/385/385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/391/391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/392/392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/402/402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/497/497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/498/498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/509/509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/510/510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/533/533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/360/360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/396/396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/355/355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/358/358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/359/359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/367/367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/514/514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/515/515_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/336/336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/328/328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/306/306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/315/315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/345/345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/346/346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/347/347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/348/348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/349/349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/350/350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/353/353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/356/356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/357/357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/362/362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/365/365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/366/366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/368/368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/369/369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/370/370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/373/373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/374/374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/377/377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/386/386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/387/387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/388/388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/389/389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/390/390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/397/397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/401/401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/403/403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/518/518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/519/519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/530/530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/531/531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/496/496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/475/475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/487/487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/488/488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/489/489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/490/490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/491/491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/492/492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/493/493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/691/691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/692/692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/693/693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/696/696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/697/697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/698/698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/699/699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/700/700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/701/701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/702/702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/703/703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/704/704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/532/532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/330/330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/331/331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/361/361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/371/371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/372/372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/383/383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/384/384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/385/385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/391/391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/392/392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/402/402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/497/497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/498/498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/509/509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/510/510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/533/533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/360/360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/396/396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/355/355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/358/358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/359/359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/367/367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/514/514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2014/515/515_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H217"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="58.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="104.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>