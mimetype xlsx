--- v0 (2025-12-05)
+++ v1 (2026-03-20)
@@ -51,2583 +51,2583 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ATAS</t>
   </si>
   <si>
     <t>Atas de Plenário</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/195/195_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/195/195_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA PRIMEIRA REUNIÃO PREPARATÓRIA DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS, REALIZADA NO DIA 01/01/2013.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Manoel do IMA</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/261/261_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/261/261_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR EM NOSSA CIDADE UMA CASA DE VELÓRIO (CAPELA DE VELÓRIO).</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Robinho da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/69/69_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/69/69_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE FAZER A PAVIMENTAÇÃO ASFÁLTICA NO BAIRRO FREI HUMBERTO.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/262/262_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/262/262_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAR AO EXCELENTÍSSIMO PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UMA CAPELA NA ZONA URBANA DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS, PARA QUE SIRVA DE LOCAL PARA VELÓRIO.  </t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Fernanda Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/70/70_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/70/70_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROVIDÊNCIAS NO SENTIDO DE HOMENAGEAR AS MULHERES DO NOSSO MUNICÍPIO, ATRAVÉS DE REUNIÃO ESPECIAL, EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER.  </t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/71/71_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/71/71_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UMA PONTE DE MADEIRA, SOBRE O CÓRREGO CARAÍBA PRÓXIMO A PROPRIEDADE DO SENHOR ELIILSON.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/138/138_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/138/138_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS E A PEDIDO DA COMUNIDADE SACO DA ROÇA, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO CONSTRUIR UM PONTE MOLHADA SOBRE O CÓRREGO CARAÍBAS PRÓXIMO AS PROPRIEDADES DO SENHOR CADÊNCIO._x000D_
  _x000D_
 TERMOS EM QUE_x000D_
 	_x000D_
 PEDE E ESPERA DEFERIMENTO._x000D_
 	_x000D_
 SALA DAS SESSÕES, 07 DE JANEIRO DE 2013._x000D_
 		_x000D_
 		VEREADOR REGINALDO PALMA_x000D_
 </t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/73/73_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UMA PONTE MOLHADA SOBRE O CÓRREGO SACO DA ROÇA PRÓXIMO A PROPRIEDADE DO SENHOR GILMAR.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/74/74_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/74/74_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE DÁ CONTINUIDADE NA CONSTRUÇÃO DA AGROINDÚSTRIA NA COMUNIDADE SACO DA ROÇA.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/75/75_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/75/75_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDENCIAS NO SENTIDO DE ALARGAR AS CURVAS DA ESTRADA QUE DÁ ACESSO A MENCIONADA COMUNIDADE. SOLICITA AINDA DE ESTES TRABALHOS SEREM REALIZADOS NO PERÍODO DE ABRIL E JUNHO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/76/76_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/76/76_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UMA PINGUELA DE CABO DE AÇO SOBRE O CÓRREGO SANTO ANDRÉ, LIGANDO AS COMUNIDADES SACO DA ROÇA A RIACHO DA CALDA, PRÓXIMO A PROPRIEDADE DO SENHOR MAURILIO.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Carlinhos da Brasilinha</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/77/77_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/77/77_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE PATROLAR A ESTRADA PRINCIPAL QUE DÁ ACESSO AO BAIRRO ARROZAL A COMUNIDADE IMBÉ.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/78/78_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/78/78_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR QUEBRA-MOLAS NA AVENIDA ARGEMIRO BARBOSA DA SILVA, PRÓXIMO AO INÍCIO DA AVENIDA JOSÉ AMARO BRANDÃO FILHO.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Cabo Custódio</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/79/79_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/79/79_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UMA PARADA DE ÔNIBUS COM GUARITA NA AVENIDA ARGEMIRO BARBOSA DA SILVA ESQUINA COM A RUA DONA MARIETA BERNARDES, SAINDO PARA O MUNICÍPIO DE RIACHINHO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/80/80_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/80/80_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE INTERCEDER JUNTO AO ÓRGÃO COMPETENTE NA CONSTRUÇÃO DE QUEBRA- MOLAS NA ENTRADA DA CIDADE DE BONFINÓPOLIS DE MINAS SENTIDO BRASILANDIA DE MINAS.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/81/81_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/81/81_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE ALTERAR A ESTRUTURA FÍSICA DO FINAL DA PRAÇA SILVESIA CÂNDIDO, NAS CONFLUÊNCIAS DA AVENIDA ARGEMIRO BARBOSA DA SILVA COM A RUA VENÂNCIO PINTO MACHADO, VISANDO O MELHORAMENTO DA VISUALIZAÇÃO DAS PESSOAS QUE TRAFEGAM POR ESTE LOCAL.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/82/82_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/82/82_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR EM NOSSA CIDADE UMA CASA DE VELÓRIO (CAPELA DE VELÓRIO).</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/115/115_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/115/115_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UM QUEBRA-MOLA, NA AVENIDA ARGEMIRO BARBOSA DA SILVA, PRÓXIMO A RUA VENÂNCIO PINTO MACHADO, EM FRENTE A PROPRIEDADE DOS SENHORES JOSÉ MACEDO E MANOEL DA SILVA.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/83/83_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/83/83_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE IMPLANTAR NO PROGRAMA SAÚDE DA FAMÍLIA "EDITH PALMA BORBA" NO BAIRRO BRASILINHA, UM POLO DA FARMÁCIA BÁSICA, TENDO COMO OBJETIVO O FUNCIONAMENTO DE UMA FARMÁCIA MUNICIPAL COM DISPENSAÇÃO DE MEDICAMENTOS BÁSICOS PARA OS USUÁRIOS DA SAÚDE.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/84/84_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/84/84_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE CONSTRUÇÃO DE QUEBRA-MOLAS NAS AVENIDAS ARISTIDES LEÃO E TENENTE JOÃO BISPO, SENDO ESTA ULTIMA, NA ALTURA DO ASILO SÃO VICENTE DE PAULO E DO GINÁSIO POLIOESPORTIVO.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/85/85_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/85/85_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE ADQUIRIR UMA ESTRUTURA DE RODEIO (MÓVEL) PARA OS JOVENS DO MUNICÍPIO ADEPTOS DESSE ESPORTE.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/86/86_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/86/86_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE ELABORAÇÃO DE UM PROJETO DE ARBORIZAÇÃO DA CIDADE.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/87/87_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/87/87_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE EXECUÇÃO DE UMA OBRA DE DRENAGEM DE ÁGUAS PLUVIAIS NA RUA OSMAR MOREIRA BRAGA, NO BAIRRO BRASILINHA EM CARÁTER DE URGÊNCIA.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Dadá Simões</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/88/88_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/88/88_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE RESTAURAR A PONTE VELHA DO RIO DAS ALMAS, LEMBRANDO QUE A MESMA É A PONTE MAIS VELHA DE NOSSA CIDADE E PODENDO SER UM PATRIMÔNIO CULTURAL HISTÓRICO.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/89/89_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/89/89_texto_integral.pdf</t>
   </si>
   <si>
     <t>A PEDIDO DOS MORADORES DO CONJUNTO HABITACIONAL FREIO HUMBERTO SOLICITA PROVIDÊNCIAS NO SENTIDO DE CASCALHAR AS RUAS COM NECESSIDADE.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Zezinho Tucano</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/90/90_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/90/90_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UM MATA BURRO PRÓXIMO A ENTRADA DA FAZENDA SANTANA DA MARGEM DA RODOVIA BR 181 EM SENTIDO A CIDADE DE RIACHINHO E OUTRO NO CORREDOR A 500M A FRENTE, ONDE ATENDE A COMUNIDADE SANTO ANDRÉ. </t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/91/91_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/91/91_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE FAZER UMA LIMPEZA NO CEMITÉRIO LOCAL.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/92/92_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/92/92_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROVIDÊNCIAS NO SENTIDO DE VIABILIZAR MELHORIAS EM VÁRIAS RUAS DA CIDADE POIS ENCONTRAM-SE EM MAL ESTADO DE CONSERVAÇÃO DENTRE ELAS: RUAS PADRE CHIQUINHO, RUA MARECHAL CASTELO BRANCO, RUA DO COMÉRCIO, RUA BELO HORIZONTE, RUA NOSSA SENHORA APARECIDA QUE SE ENCONTRA INTRANSITÁVEL, AVENIDA JOSÉ AMARO BRANDÃO FILHO, RUA DONA CAROLINA E RUA OSMAR MOREIRA BRAGA. </t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/93/93_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/93/93_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE REFORMAR A PONTE DO CÓRREGO RIACHO DAS PORTEIRAS DA COMUNIDADE CARAÍBAS.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/94/94_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/94/94_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE REFORMAR COM URGÊNCIA A PONTE DO SALTO NA PROPRIEDADE DO SENHOR OTÁVIO QUE DÁ ACESSO A COMUNIDADE DE LAJES E LAGOA.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/95/95_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/95/95_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE REFORMAR COM URGÊNCIA A PONTE DO CÓRREGO BARREIRO GRANDE NA COMUNIDADE IMBÉ.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/96/96_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/96/96_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE REFORMAR COM URGÊNCIA A PONTE DO CÓRREGO BURITIZINHO, NA COMUNIDADE DAS LAJES.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Zé Lúcio</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/97/97_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/97/97_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UMA PONTE MOLHADA NO CÓRREGO VEREDA DOS PORCOS NA COMUNIDADE SANTA MARIA, NA PROPRIEDADE DO SENHOR CLAUDIONOR DA SILVA ALVES.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/98/98_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/98/98_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE REFORMAR A PONTE MOLHADA SOBRE O CÓRREGO BARROCÃO, PRÓXIMO A PROPRIEDADE DA SENHORA ADELINA VIEIRA.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/99/99_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/99/99_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE CASCALHAR A ESTRADA MUNICIPAL QUE LIGA A COMUNIDADE SÃO PEDRO A COMUNIDADE DE CANABRAVA.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/100/100_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/100/100_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE CASCALHAR A ESTRADA DA LINHA ESCOLAR QUE DÁ ACESSO AS COMUNIDADES DE SANTA MARIA, ASSA PEIXE, SÃO PEDRO E LAJINHA DO BOI.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/101/101_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/101/101_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UM MATA-BURRO NA COMUNIDADE CANABRAVA, DIVISA DAS PROPRIEDADES DOS SENHORES JERMANINHO E ÂNGELO.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/102/102_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/102/102_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE CASCALHAR A ESTRADA DA LINHA ESCOLAR QUE DÁ ACESSO AS COMUNIDADES DE SANTA MARIA VIA LAJES, TRECHO CONHECIDO COMO BURITIZINHO.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/103/103_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/103/103_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE INTERCEDER JUNTO AO ÓRGÃO COMPETENTE NA CONSTRUÇÃO DE MAIS DOIS QUEBRA-MOLAS NA RUA VEREADOR JOÃO DA PALMA, BAIRRO FREI HUMBERTO.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/104/104_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/104/104_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UMA PASSARELA NA ENTRADA DA CIDADE, SENTIDO BRASILÂNDIA DE MINAS, LIGANDO A RUA PADRE CHIQUINHO E AVENIDA ARGEMIRO BARBOSA DA SILVA.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/105/105_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/105/105_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE IMPLANTAR UM POSTO POLICIAL ENTRE OS BAIRROS BRASILINHA E FREI HUMBERTO, PARA DAR MAIS SEGURANÇA AOS MORADORES DO BAIRRO.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/106/106_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/106/106_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR BUEIROS NA RUA SEVERIANO MARA NO CONJUNTO HABITACIONAL FREI HUMBERTO PARA CONTENSÃO DE ÁGUAS PLUVIAIS, UMA VEZ QUE A CHUVA ESTÁ CAUSANDO EROSÃO COLOCANDO AS VIDAS DOS MORADORES EM RISCO, POIS OS POSTES ESTÃO FICANDO ABALADOS DEVIDO AS EROSÕES.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/107/107_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/107/107_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UM QUADRA POLIESPORTIVA NO CONJUNTO HABITACIONAL FREI HUMBERTO.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Robinho da Cruz, Dadá Simões</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/108/108_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/108/108_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE FAZER CALÇAMENTO COM BROQUETE NA COMUNIDADE RIACHO DAS PEDRAS.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Dadá Simões, Robinho da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/109/109_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/109/109_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE INTERCEDER JUNTO AO ÓRGÃO COMPETENTE, NO INTUITO DE ADQUIRIR 2 CAIXAS DE ÁGUA DE 20 MIL LITROS PARA ATENDER A COMUNIDADE SACO DA ROÇA</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/110/110_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/110/110_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE INTERCEDER JUNTO AO ÓRGÃO COMPETENTE, NO INTUITO DE ADQUIRIR 3 CAIXAS DE ÁGUA DE CINCO MIL LITROS PARA ATENDER A COMUNIDADE CANABRAVA.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/111/111_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/111/111_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UM BUEIRO NA ESTRADA QUE DÁ ACESSO A FABRIQUETA DE RAÇÃO DA COMUNIDADE LAJES AO TANQUE DE LEITE E ACESSO A ALGUNS MORADORES.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/112/112_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/112/112_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE RECUPERAR A CERCA DO CAMPO DE AVIAÇÃO DO BAIRRO BRASILINHA.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/113/113_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/113/113_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE RECUPERAR O BUEIRO DA RUA DOM ELIZEU ESQUINA COM A RUA SANTA CRUZ.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/122/122_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/122/122_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR DOIS MATA-BURROS NA ESTRADA MUNICIPAL QUE DÁ ACESSO A COMUNIDADE SANTO ANDRÉ, SENDO UM NA DIVISA DA PROPRIEDADE DO SENHOR SILVANO GONÇALVES DA SILVA, E OUTRO NA DIVISA DO SENHOR SILVANO GONÇALVES DA SILVA COM JOSÉ WILSON MELGAÇO.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/123/123_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/123/123_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO PREFEITO MUNICIPAL PROVIDÊNCIAS NO SENTIDO DE REGULARIZAR AS ESCRITURAS DOS LOTES URBANOS JUNTO AO CARTÓRIO DE REGISTRO DE IMÓVEIS.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/124/124_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/124/124_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE INTERCEDER JUNTO AO ÓRGÃO COMPETENTE PARA MUDAR A ESTRUTURA DA ILUMINAÇÃO PÚBLICA DA AVENIDA JOSÉ AMARO BRANDÃO FILHO PARA O CANTEIRO CENTRAL.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/125/125_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/125/125_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE INTERCEDER JUNTO AO DER PARA O PATROLAMENTO E CASCALHAMENTO DA ESTRADA QUE LIGA BONFINÓPOLIS DE MINAS A CHAPADA.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/126/126_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/126/126_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE COLOCAR PLACAS DE SINALIZAÇÃO PROIBIDO ESTACIONAR NA AVENIDA ARGEMIRO BARBOSA DA SILVA, EM FRENTE A OFICINA DO SEHOR JOSÉ DE MACEDO E EM FRENTE AO BAR DO MANOEL DE CIRA.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/127/127_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/127/127_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE SOLUCIONAR O PROBLEMA DE REDE ESGOTO NA RUA SÃO JOSÉ, A PARTIR DA AVENIDA TENENTE JOÃO BISPO ATÉ A RUA JOSÉ DOS SANTOS, TRECHO NO QUAL HÁ RETORNO DE RESÍDUOS DO ESGOTO PARA AS RESIDÊNCIAS NO PERÍODO DAS CHUVAS.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/128/128_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/128/128_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE BANCOS NA PRAÇA DA ACADEMIA DE SAÚDE DO BAIRRO FREI HUMBERTO.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/129/129_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/129/129_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE COLOCAR PLACAS DE SINALIZAÇÃO NA SAÍDA DE BONFINÓPOLIS DE MINAS, SENTIDO BRASILÂNDIA DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/130/130_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/130/130_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE REFORMAR AS PONTES QUE DÁ ACESSO A COMUNIDADE RIACHO DAS PEDRAS SENDO ELAS UMA SOBRE O CÓRREGO RIACHO DAS PORTEIRAS E OUTRA SOBRE O CÓRREGO RIACHO DAS PEDRAS.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/139/139_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/139/139_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE REFORMAR O GINÁSIO POLIESPORTIVO LOCAL.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Cabo Custódio, Zé Lúcio</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/140/140_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/140/140_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UMA PONTE NA COMUNIDADE SÃO PEDRO SOBRE O CÓRREGO BARREIRO.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/143/143_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/143/143_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE REBOCAR E FAZER CINTA NO MURO DO ESTÁDIO LEÃOZINHO, BEM COMO FAZER MELHORIAS NA ENTRADA DO MENCIONADO ESTÁDIO.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/144/144_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/144/144_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE MELHORIAS DAS RUAS JOAQUIM CARDOSO DE MOURA E PEDRO LOURENÇO, LOCALIZADAS NOS BAIRROS FREI HUMBERTO E BRASILINHA RESPECTIVAMENTE.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/145/145_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/145/145_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR CASAS POPULARES PARA AS FAMÍLIAS QUE IRÃO SER BENEFICIADAS COM OS LOTES, ATRAVÉS DA LEI MUNICIPAL 1.057, DE DEZEMBRO DE 2011.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/148/148_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/148/148_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO ADQUIRIR UM APARELHO PARA MEDIR A PRESSÃO OCULAR, BEM COM A CONTRATAÇÃO DE UM OFTALMOLOGISTA PARA ATENDER NO MUNICÍPIO UMA VEZ POR MÊS.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/149/149_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/149/149_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO CONSTRUIR BUEIROS NA ESTRADA QUE DA ACESSO A PROPRIEDADES DO SENHOR OUVIDEO  IDELFONSO, COMUNIDADE ASSA-PEIXE.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/150/150_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/150/150_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UM QUEBRA-MOLA NA ALAMEDA OZIAS GOMES DE SOUZA, PRÓXIMO A CASA DA SHIRLEY.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/153/153_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/153/153_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE BUSCAR JUNTO A CEMIG (COM BASE NO PROGRAMA ENERGIA INTELIGENTE E SUBPROGRAMA CONVIVER) PARA AQUISIÇÃO DE QUITES DE ABASTECIMENTO SOLAR DE ÁGUA PARA AS RESIDÊNCIAS DOS CONJUNTOS HABITACIONAIS.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/154/154_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/154/154_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE CONSTRUÇÃO DE NOVAS BARRAGINHAS PARA ATENDIMENTO ÀS REIVINDICAÇÕES DOS PRODUTORES E, PRINCIPALMENTE, PARA CONSERVAÇÃO DOS NOSSOS SOLOS, E PRESERVAÇÃO DE NOSSAS NASCENTES.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/159/159_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/159/159_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DA CONTRATAÇÃO DOS SEGUINTES PROFISSIONAISL PARA A ÁREA DA SAÚDE.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/160/160_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/160/160_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA DA EXCELENTÍSSIMA SENHORA PRESIDENTE, QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR BUEIROS NA AVENIDA JOSÉ AMARA BRANDÃO FILHO, PRÓXIMO A CASA DA SENHORA JULIANA BRANDÃO, PARA ESCOAMENTO DAS ÁGUAS PLUVIAIS, QUE FICAM EMPOSSADAS NO MENCIONADO LOCAL CONFORME PODE SER VISTO NAS, FOTOGRAFIAS ANEXAS.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/161/161_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/161/161_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA DA EXCELENTÍSSIMA SENHORA PRESIDENTE, QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE FAZER A LIMPEZA DOS ESGOTOS DO ENCABEÇAMENTO DA PONTE SOBRE O CÓRREGO FURADO DO ENGENHO NA ESTRADA QUE DÁ ACESSO A COMUNIDADE LAJES, BEM COMO FAZER O ENCABEÇAMENTO DA PONTE SOBRE O CÓRREGO DE LAJES, POIS AS ÁGUAS PLUVIAIS ACABARAM DESTRUINDO O REFERIDO ENCABEÇAMENTO.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/162/162_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/162/162_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A VEREADORA QUE ESTA SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA DO EXCELENTÍSSIMO SENHOR VICE- PRESIDENTE, QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE FAZER  LIMPEZA E CASCALHAMENTO DA RUA DIAMANTE LOCALIZADA NO BAIRRO CINELÂNDIA, UMA VEZ QUE A MENCIONADA RUA SE ENCONTRA COM DIFÍCIL ACESSO, DEVIDO A QUANTIDADE DE BURACOS E LIXOS EXISTENTES. </t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/163/163_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/163/163_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, E A PEDIDO DO SENHOR ARISTIDES,  SOLICITA DA EXCELENTÍSSIMA SENHORA PRESIDENTE, QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UMA PONTE MOLHADA SOBRE O CÓRREGO ÁGUA FRIA, NA COMUNIDADE LAJINHA DO BOI.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/170/170_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/170/170_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR MATA BURROS NA ESTRADA QUE LIGA A COMUNIDADE CANABRAVA A SÃO PEDRO._x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/171/171_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/171/171_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR BUEIRO NA ESTRADA QUE LIGA A COMUNIDADE CANABRAVA A SÃO PEDRO, PRÓXIMO A SEDE DA FAZENDA DO SENHOR GERMANINHO.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/183/183_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/183/183_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS DO ART. 208 DO REGIMENTO INTERNO, VEM À R. PRESENÇA DE V. EXª SUGERIR AO PREFEITO MUNICIPAL, QUE INTERCEDA JUNTO AO INSTITUTO NACIONAL DO SEGURO SOCIAL &amp;#8211; INSS, PARA QUE BONFINÓPOLIS DE MINAS VOLTE A PARTICIPAR DO ÂMBITO DE COMPETÊNCIA DO CENTRO DE ATENDIMENTO DE UNAÍ-MG E TAMBÉM QUE A UNIDADE MÓVEL DO INSS COMPAREÇA À MUNICIPALIDADE TRIMESTRALMENTE.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/184/184_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/184/184_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA DA EXCELENTÍSSIMA SENHORA PRESIDENTE, QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE RECUPERAR O BUEIRO, LOCALIZADO NA AVENIDA TENENTE JOÃO BISPO, ESQUINA COM RUA DO COMERCIO.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/185/185_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/185/185_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA DA EXCELENTÍSSIMA SENHORA PRESIDENTE, QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE RECUPERAR A SERRA DO BANANAL, ESTRADA MUNICIPAL DA LINHA ESCOLAR DA COMUNIDADE RIACHO DAS PEDRAS QUE DÁ ACESSO A PROPRIEDADE DO SENHOR DEDECO._x000D_
 </t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/186/186_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/186/186_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA DA EXCELENTÍSSIMA SENHORA PRESIDENTE, QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE RECUPERAR TRECHO DA ESTRADA MUNICIPAL DA LINHA ESCOLAR DA COMUNIDADE SÃO PEDRO, LOCALIZADO NA PROPRIEDADE DO SENHOR PEDRO MUTUCA._x000D_
 </t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/187/187_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/187/187_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA DA EXCELENTÍSSIMA SENHORA PRESIDENTE, QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UMA PONTE MOLHADA SOBRE O CÓRREGO RIACHO DAS VELHAS, LOCALIZADO NA ESTRADA MUNICIPAL QUE LIGA AS COMUNIDADES SÃO PEDRO A ASSA PEIXE, PROPRIEDADE DO SENHOR MAZINHO.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/188/188_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/188/188_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA DA EXCELENTÍSSIMA SENHORA PRESIDENTE, QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UMA PONTE MOLHADA SOBRE O CÓRREGO ATOLEIRO, LOCALIZADO NA COMUNIDADE CANABRAVA, PRÓXIMO A CASA DO EX-VEREADOR BATISTA DO SINDICATO.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/197/197_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/197/197_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO PREFEITO MUNICIPAL QUE DÊ INICIO AOS TRABALHOS DE PESQUISA, ESTUDOS, LEVANTAMENTOS, PLANEJAMENTO, E AÇÕES PARA CONSTRUÇÃO DE UM MATADOURO MUNICIPAL.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/203/203_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/203/203_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO PREFEITO MUNICIPAL QUE, NA OPERAÇÃO DE RECUPERAÇÃO DE ESTRADAS, PRIORIZE PARA A PRIMEIRA ETAPA, A ESTRADA VICINAL QUE LIGA A CIDADE AO TREVO.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/189/189_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/189/189_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR, ESCADAS COM CANALETAS PARA ESCOAMENTO DAS ÁGUAS FLUVIAIS PARA PRESERVAÇÃO DO ATERRO DA PONTE SOBRE O CÓRREGO ARROZAL, BEM COMO RECUPERAR O ENCABEÇAMENTO DA PONTE SOBRE O MENCIONADO CÓRREGO.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/190/190_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/190/190_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE NIVELAR O ENCONTRO DAS RUAS JANUÁRIO LUIZ DOS SANTOS COM OSMAR MOREIRA BRAGA, LOCALIZADO NO BAIRRO BRASILINHA.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/191/191_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/191/191_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE ASSENTAR MATA-BURROS, NA ESTRADAS QUE DÃO ACESSO AOS TANQUES DE RESFRIAMENTO DE LEITE EXISTENTES NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/192/192_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/192/192_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE IMPLANTAR O PLANO DE CARREIRA DOS SERVIDORES PÚBLICOS MUNICIPAIS DO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/204/204_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/204/204_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE ALTERAR A ESTRUTURA FÍSICA DOS QUEBRA-MOLAS DA AVENIDA JOSÉ AMARO BRANDÃO FILHO, NO BAIRRO BRASILINHA, UNINDO-SE OS MENCIONADOS QUEBRA-MOLAS ATÉ O MEIO FIO PARA EVITAR QUE OS MOTOQUEIROS E CICLISTAS TRAFEGAM NO ESPAÇO LIVRE ENTRE OS QUEBRA-MOLAS E O MEIO FIO.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/205/205_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/205/205_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE PATROLAMENTO E CASCALHAMENTO DAS ESTRADAS MUNICIPAIS NA LINHA DE TRANSPORTE ESCOLAR DA CHAPADA.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/206/206_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/206/206_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE ENCAMINHAR A ESTA CASA, PROJETO DE LEI INSTITUINDO O "BOLSA MATERIAL ESCOLAR", COMPLEMENTAÇÃO DE RECURSOS PAGOS EM DUAS PARCELAS A SEREM DEFINIDAS PELO EXECUTIVO NO INÍCIO DE CADA SEMESTRE DESTINADAS AOS ALUNOS DA REDE MUNICIPAL DO ENSINO FUNDAMENTAL, PRINCIPALMENTE AQUELES ALUNOS QUE TENHAM BOM DESEMPENHO ESCOLAR.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/210/210_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/210/210_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA DA EXCELENTÍSSIMA SENHORA PRESIDENTE, QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UM MATA-BURRO NA ENTRADA DA FAZENDA DO SENHOR RAFAEL LOURENÇO SENTIDO COMUNIDADE LAJINHA DO BOI.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/211/211_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/211/211_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA DA EXCELENTÍSSIMA SENHORA PRESIDENTE, QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UMA PONTE MOLHADA NA LINHA ESCOLAR DA COMUNIDADE RIACHO DA LAGOA SOBRE O CÓRREGO RIACHO DA LAGOA, NA PROPRIEDADE DO SENHOR NATIVO VIEIRA.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/207/207_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/207/207_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE CONCEDER AOS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS CESTAS NATALINA. </t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/208/208_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/208/208_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE CONCEDER EQUIPAMENTO DE IDENTIFICAÇÃO (CRACHÁ) AO SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/209/209_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/209/209_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE CONCEDER AOS SERVIDORES DA SECRETARIA MUNICIPAL DE OBRAS OS EQUIPAMENTOS DE PROTEÇÃO INDIVIDUAL E UNIFORME.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/221/221_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/221/221_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO CHEFE DO EXECUTIVO PROVIDÊNCIAS NO SENTIDO DE REESTRUTURAR E REATIVAR O PROGRAMA DE INSEMINAÇÃO ARTIFICIAL.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/222/222_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/222/222_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS DO ART. 208 DO REGIMENTO INTERNO, VEM À R. PRESENÇA DE V. EXª INDICAR PROVIDÊNCIAS NO SENTIDO DE RECUPERAR OS REFLETORES E TELA DOS ALAMBRADOS DA QUADRA POLIESPORTIVA DA COMUNIDADE RIACHO DAS PEDRAS.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/223/223_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/223/223_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS DO ART. 208 DO REGIMENTO INTERNO, VEM À R. PRESENÇA DE V. EXª SOLICITAR AO PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE RECUPERAR O FORRO DA PONTE DE MADEIRA SOBRE O CÓRREGO SÃO FRANCISCO QUE LIGA AS PROPRIEDADES DAS FAMÍLIAS ALVES DAMASCENA AO SENHOR QUIRINO , LOCALIZADA NA COMUNIDADE IMBÉ._x000D_
 </t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/224/224_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/224/224_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS DO ART. 208 DO REGIMENTO INTERNO, VEM À R. PRESENÇA DE V. EXª SUGERIR AO PREFEITO MUNICIPAL, A INSTITUIÇÃO DO FUNDO MUNICIPAL ANTIDROGAS,  E A REATIVAÇÃO DO COMAD CRIADA PELA LEI Nº 1004, DE 09 DE NOVEMBRO DE 2009, QUE DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL ANTIDROGAS &amp;#8211; COMAD E INSTITUI O PROGRAMA MUNICIPAL ANTIDROGAS &amp;#8211; PROMAD E DÁ OUTRAS PROVIDÊNCIAS_x000D_
 		_x000D_
 </t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/225/225_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/225/225_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA DA ESCOLA MUNICIPAL GETÚLIO VARGAS LOCALIZADA NA FEMECAP E A REESTRUTURAÇÃO COM RELAÇÃO A EQUIPAMENTOS, POIS TANTO ESTRUTURA FÍSICA QUANTO EQUIPAMENTOS ESTÃO NECESSITANDO DE MELHORIAS COM URGÊNCIA.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/230/230_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/230/230_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE CRIAR ALMOXARIFADO, RAMPA E LUBRIFICAÇÃO DA FROTA DE VEÍCULOS DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/231/231_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/231/231_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO-ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE V. EXCIA, REQUERER, COM DISPENSA DE PARECER E INCLUSÃO NA ORDEM DO DIA E APÓS OUVIDO O PLENÁRIO, INDICAR AO PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE COMUNICAR OS PROPRIETÁRIOS DOS IMÓVEIS SITUADOS NA AVENIDA TENENTE JOÃO BISPO, ANTIGO HOSPITAL DE DRª ÁGDA E A RUA SÃO JOSÉ, ONDE FUNCIONAVA ANTIGAMENTE UMA MECÂNICA EM FRENTE A RESIDÊNCIA DO SENHOR JOSÉ MENDES, PARA QUE FAÇAM AS LIMPEZAS E CONSERVAÇÃO DOS MENCIONADOS IMÓVEIS, OU QUE FAÇAM A DEMOLIÇÃO DESTES IMÓVEIS.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/232/232_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/232/232_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE RESTAURAR A ILUMINAÇÃO DA PRAÇA DA RODOVIÁRIA E FAZER AQUISIÇÃO DE UM BEBEDOURO PARA SER INSTALADO NO TERMINAL RODOVIÁRIO.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/233/233_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/233/233_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE RECUPERAR O BUEIRO NA REGIÃO DA FEMECAP NA REPRESA QUE LIGA AS FAZENDAS DOS SRS. JOÃO NILSON, MÁRCIO LAPINHA E WILSON VALENTIN À RODOVIA, BUEIRO ESTE QUE JÁ PERDEU 3 MANILHAS E CORRE RISCO DE ROMPER COMPLETAMENTE ACABANDO COM A REPRESA E ESTRADAS DE ACESSO A ESTAS PROPRIEDADES PRODUTORAS DE CAFÉ IRRIGADO, SOJA, FEIJÃO E MILHO.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/234/234_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/234/234_texto_integral.pdf</t>
   </si>
   <si>
     <t>REIVINDICAR AO PODER EXECUTIVO PROVIDÊNCIAS NO SENTIDO DE TORNAR A RUA VENÂNCIO PINTO MACHADO COM SENTIDO ÚNICO DE TRÁFEGO DA AVENIDA ARGEMIRO BARBOSA DA SILVA ATÉ A RUA ABÍLIO MOREIRA, COM ESTACIONAMENTO PERMITIDO SOMENTE DO LADO DIREITO DA VIA.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/235/235_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/235/235_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE COLOCAR UM GUARDA NOTURNO NO TERMINAL RODOVIÁRIO PARA EVITAR QUE VÂNDALOS CONTINUEM ESTRAGANDO O PISO E AS DEPENDÊNCIAS DO PRÉDIO.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/236/236_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/236/236_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROVIDÊNCIAS NO SENTIDO DE CRIAR UMA FRENTE DE ENFRENTAMENTO ÀS DROGAS, A QUAL SEJA, CONSTITUÍDA POR SERVIDORES DO PODER EXECUTIVO (PSICÓLOGOS, MÉDICOS, CONSELHEIROS TUTELARES E ASSISTENTES SOCIAIS), PODER LEGISLATIVO (VEREADORES), PODER JUDICIÁRIO (PROMOTORIA PÚBLICA) E SOCIEDADE CIVIL (VOLUNTÁRIOS). </t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/237/237_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/237/237_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE AUMENTAR A EXTENSÃO DA RUA NOSSA SENHORA APARECIDA COM ABERTURA DE MAIS DE 100 METROS LINEAR DE PISTA NO BAIRRO ARROZAL PARA QUE 3 PROPRIETÁRIOS DE LOTES RESIDENCIAS TENHAM ACESSO AOS SEUS TERRENOS E POSSAM CONSTRUIR SEUS IMÓVEIS.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/241/241_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/241/241_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UMA PONTE MOLHADA SOBRE CÓRREGO SÃO FRANCISCO NA COMUNIDADE IMBÉ, QUE DÁ ACESSO A PROPRIEDADE DO SENHOR JACINTO.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/242/242_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/242/242_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR MATA-BURROS NA ESTRADA QUE LIGA O PROJETO DE ASSENTAMENTO SANTO ANTÔNIO DE LAGES AO PROJETO DE ASSENTAMENTO DE ASSA-PEIXE.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/245/245_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/245/245_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO-ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE V. EXCIA, REQUERER, COM DISPENSA DE PARECER E INCLUSÃO NA ORDEM DO DIA E APÓS OUVIDO O PLENÁRIO, INDICAR AO PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE RESTAURAR O MONUMENTO &amp;#8220;CRISTO REDENTOR&amp;#8221; LOCALIZADO NA PRAÇA SENHOR DO BONFIM._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/246/246_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/246/246_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA DA EXCELENTÍSSIMA SENHORA PRESIDENTE, QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE IMPLANTAR O SISTEMA SIMPLIFICADO DE ABASTECIMENTO DE AGUA, DENTRO DO PROGRAMA DO GOVERNO FEDERAL &amp;#8220;ÀGUA PARA TODOS&amp;#8221; NA COMUNIDADE DE CANABRAVA CANALIZANDO A ÁGUA DO RIBEIRÃO SANTO ANDRÉ ATÉ A REFERIDA COMUNIDADE, ONDE BENEFICIARÁ APROXIMADAMENTE 25 FAMÍLIAS. </t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/263/263_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/263/263_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE FAZER AQUISIÇÃO DE 2 QUITES COMPOSTOS DE 4 MESAS DE 4 M DE CUMPRIMENTO E 80 CM DE LARGURA E 8 BANCOS TAMBÉM DE 4 METROS DE CUMPRIMENTO. TAIS QUITES DE MESAS E BANCOS SÃO PARA AS ESCOLAS MUNICIPAIS JOÃO LUIZ DOS SANTOS E DERCÍLIO DUARTE MELGAÇO PARA SEREM UTILIZADOS DURANTE A REFEIÇÃO DOS ALUNOS.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/264/264_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/264/264_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE RECUPERAR UM MATA-BURRO CHEGANDO NO CÓRREGO RIACHO DA CALDA.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/265/265_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/265/265_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UM BANHEIRO PARA AS FUNCIONÁRIAS DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/250/250_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/250/250_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE V. EXCIA., REQUERER, QUE APÓS OUVIDO O PLENÁRIO, INDICAR  AO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE SINALIZAR AS RAMPAS PARA DEFICIENTE E COLOCAR PLACAS DE SINALIZAÇÃO PROIBIDO ESTACIONAR, BEM COMO COLOCAR TAMBÉM PLACA NAS PARADAS DE ÔNIBUS ESCOLAR MUNICIPAL PROIBIDO  ESTACIONAR. _x000D_
 </t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/251/251_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/251/251_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, E A PEDIDO DA POPULAÇÃO BONFINÓPOLITANA, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIAS NO SENTIDO DE CONSTRUIR QUEBRA MOLAS NA AVENIDA TENENTE JOÃO BISPO, E NA AVENIDA ARGEMIRO BARBOSA DA SILVA EM FRENTE A RADIO LÍDER FM.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/252/252_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/252/252_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDENCIAS NO SENTIDO INSTALAR UM MATA-BURRO NA ENTRADA DO VALE DO AMANHECER, LOCALIZADO NO BAIRRO BRASILINHA, BEM COMO FAZER REDE DE ESGOTO E CASCALHAR AS RUAS EXISTENTES DENTRO DO MENCIONADO VALE, PROPORCIONANDO UMA QUALIDADE VIDA MELHOR PARA APROXIMADAMENTE 12 FAMÍLIAS.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/253/253_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/253/253_texto_integral.pdf</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/266/266_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/266/266_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO DE QUE, A PARTIR DO ANO DE 2014, POSSA SUBSTITUIR NO TICKET FROIS A PARTE DOS SÍMBOLOS PARA NÃO FERIR A CRENÇA RELIGIOSA DOS EVANGÉLICOS, BEM COMO, TAMBÉM NA GUIA DE IPTU. AFINAL COMO REPRESENTANTES DO POVO PRECISAMOS E DEVEMOS FAZER AS AÇÕES QUE ENGLOBA TODA A POPULAÇÃO.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/267/267_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/267/267_texto_integral.pdf</t>
   </si>
   <si>
     <t>CASCALHAR A ESTRADA VICINAL QUE DÁ ACESSO A PROPRIEDADE DO SR. ANSELMO NO TRECHO QUE INICIA NA MG 181 ATÉ A PONTE. TRECHO ESTE QUE TEM UMA EXTENSÃO DE APROXIMADAMENTE 300 M E QUE, NA ÉPOCA DAS CHUVAS, TORNA-SE INTRANSITÁVEL PARA O CARRO ESCOLAR. DIANTE DA SITUAÇÃO ALI, CONSIDERADA GRAVE E COM A APROXIMAÇÃO DO PERÍODO DAS CHUVAS TORNA-SE ESTA AÇÃO EM CARÁTER DE URGÊNCIA.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/256/256_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/256/256_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE V. EXCIA., REQUERER, QUE APÓS OUVIDO O PLENÁRIO, INDICAR  AO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE SUBSTITUIR OS BRAÇOS DAS LUMINÁRIAS DOS POSTES DAS AVENIDAS OZIAS GOMES DE SOUZA, NO BAIRRO JARDIM CINELÂNDIA E DA AVENIDA JOSÉ AMARO BRANDÃO FILHO NO BAIRRO BRASILINHA, PELO BRAÇO CURVO LONGO COM LUMINÁRIAS A VAPOR DE SÓDIO.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/255/255_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/255/255_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, VEM SOLICITAR  QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE INTERCEDER JUNTO A FUNASA PARA REALIZAÇÃO DO CONVENIO PROGRAMA DE &amp;#8220;MELHORIAS SANITÁRIAS DOMICILIARES&amp;#8221; NA ZONA URBANA DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/259/259_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/259/259_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REGIMENTALMENTE APOIADO, VEM À RESPEITÁVEL PRESENÇA DE V. EXCIA., REQUERER, QUE APÓS OUVIDO O PLENÁRIO, INDICAR AO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE CASCALHAR A ESTRADA DO SENHOR ADEMIR DO DECO NA COMUNIDADE SANTO ANDRÉ, POIS A ESTRADA NÃO ESTA EM CONDIÇÕES ADEQUADAS PARA A ATIVIDADE DE ENTREGA DE LEITE</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/258/258_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/258/258_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, SOLICITA QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE COLOCAR LIXEIRA  NA BARRA DO RIBEIRÃO SANTA CRUZ, ONDE É UM LOCAL DE GRANDE MOVIMENTO PARA LAZER PRINCIPALMENTE NOS FINAIS DE SEMANA E FERIADOS, O QUE ESTÁ OCASIONADO MUITO LIXO NO LOCAL, SOLICITO AINDA QUE A COLETA DO LIXO SEJA FEITA PELO MENOS NA SEGUNDA-FEIRA._x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/260/260_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/260/260_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, VEM SOLICITAR  QUE APÓS OUVIDO AO PLENÁRIO, SEJA INDICADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE INTERCEDER JUNTO A FUNASA PARA REALIZAÇÃO DO CONVENIO PROGRAMA DE &amp;#8220;MELHORIAS SANITÁRIAS DOMICILIARES&amp;#8221; PARA ATENDER OS MORADORES DAS COMUNIDADES RURAIS DO NOSSO MUNICÍPIO, PRINCIPALMENTE, CANABRAVA, SACO DA ROÇA E RIACHO DA CALDA. </t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
     <t>Partido dos Trabalhadores</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/216/216_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/216/216_texto_integral.pdf</t>
   </si>
   <si>
     <t>MENSAGEM DE VETO Nº 001 DE 27 DE JUNHO DE 2013 AO PROJETO DE LEI Nº 12/2013, QUE INSTITUI SISTEMA DE REMUNERAÇÃO DIFERENCIADA POR TRABALHOS REALIZADOS NA ZONA RURAL PARA OS CARGOS PÚBLICOS QUE MENCIONA, INSTITUI O SISTEMA DE BANCO DE HORAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/220/220_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/220/220_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE VEM À R. PRESENÇA DE V. EXª, COM FUNDAMENTO NO ART. 206, XVII, DO REGIMENTO INTERNO, PROPOR A APRESENTAÇÃO DE MOÇÃO DE APOIO, A SER ENCAMINHADA AO TRASLADO DOS RESTOS MORTAIS DO REVERENDÍSSIMO FREI HUMBERTO VAN TEYLIMGER DA HOLANDA PARA BONFINÓPOLIS DE MINAS. </t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/243/243_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/243/243_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE VEM À R. PRESENÇA DE V. EXª, COM FUNDAMENTO NO ART. 206, XVII, DO REGIMENTO INTERNO, PROPOR A APRESENTAÇÃO DE MOÇÃO DE AGRADECIMENTO AO SENHOR EGMAR MOREIRA BRAGA PELO EMPRÉSTIMO DE AVIÃO DE SUA PROPRIEDADE PARA O TRANSPORTE DO EX-VEREADOR E EX-PRESIDENTE DESTA CASA, SENHOR ADILSON CARDOSO DOS SANTOS, ATÉ A CIDADE DE MONTES CLAROS, PARA ATENDIMENTO MÉDICO.  _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>698234</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Parecer Prévio</t>
   </si>
   <si>
     <t>Tribunal de Contas</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/217/217_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/217/217_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROCESSO Nº 698234 - EXERCÍCIO 2004, INTIMAÇÃO Nº 12556/2013</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>872420</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/134/134_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/134/134_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER PRÉVIO EMITIDO SOBRE AS CONTAS DESSE MUNICÍPIO REFERENTE AO EXERCÍCIO DE 2011 DE AUTORIA DO TRIBUNAL DE CONTAS, PROCESSO Nº 872420</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>PO</t>
   </si>
   <si>
     <t>Portarias</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/430/430_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/430/430_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE LICENÇA, A SERVIDORA DAISE NUNES ROCHA CORDEIRO PARA TRATAR DE INTERESSES PARTICULARES.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/431/431_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/431/431_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DOS MEMBROS EFETIVOS E SUPLENTES DAS COMISSÕES PERMANENTES DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/432/432_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/432/432_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O EXPEDIENTE DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS, NOS DIAS 08, 11 E 13 DE FEVEREIRO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/433/433_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/433/433_texto_integral.pdf</t>
   </si>
   <si>
     <t>INTERROMPE, NO INTERESSE DO SERVIÇO, A LICENÇA PARA TRATAR DE INTERESSE PARTICULAR CONCEDIDA À SERVIDORA DAISE NUNES ROCHA CORDEIRO.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/434/434_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/434/434_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA COMISSÃO PERMANENTE DE LICITAÇÃO, PREGOEIRO E RESPECTIVA EQUIPE DE APOIO, NO ÂMBITO DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/435/435_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/435/435_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE ADICIONAL DE TEMPO DE SERVIÇO (QUINQUÊNIO) AO SERVIDOR QUE MENCIONA.  </t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/436/436_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/436/436_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O HORÁRIO DE FUNCIONAMENTO DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/437/437_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/437/437_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE FÉRIAS REGULAMENTAR QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/438/438_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/438/438_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O EXPEDIENTE DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS, NO DIA 28 DE MARÇO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/439/439_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/439/439_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE FÉRIAS REGULAMENTARES À SERVIDORA CLEUZA OLIVEIRA BEZERRA PALMA</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/440/440_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/440/440_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A NOMEAÇÃO DOS MEMBROS EFETIVOS E SUPLENTES DA COMISSÃO ESPECIAL DESTINADA À EMITIR PARECER SOBRE A MENSAGEM DE VETO 01/2011 QUE VETA PARCIALMENTE, POR CONTRARIEDADE AO INTERESSE PÚBLICO, DISPOSITIVO DO PROJETO DE LEI 09/2011, QUE AUTORIZA O MUNICÍPIO DE BONFINÓPOLIS DE MINAS &amp;#8211; MG A CONTRATAR COM O BANCO DE DESENVOLVIMENTO DE MINAS GERAIS S/A &amp;#8211; BDMG, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/441/441_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/441/441_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE ADICIONAL DE TEMPO DE SERVIÇO (QUINQUÊNIO) À SERVIDORA JULIANA APARECIDA BRANDÃO.  </t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/442/442_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/442/442_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A NOMEAÇÃO DOS MEMBROS EFETIVOS E SUPLENTES DA COMISSÃO ESPECIAL DESTINADA À EMITIR PARECER SOBRE A PROPOSTA DE EMNEDA A LEI ORGANICA Nº 01/2013. </t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/443/443_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/443/443_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE CONVERSÃO DE FÉRIAS PRÊMIO EM PECÚNIA AO SERVIDOR GELSON ROBERTO DE ARAÚJO.  </t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/444/444_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/444/444_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE CONVERSÃO DE FÉRIAS PRÊMIO EM PECÚNIA AO SERVIDOR JULIANA APARECIDA BRANDÃO.  </t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/445/445_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/445/445_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE FÉRIAS REGULAMENTARES À SERVIDORA KÉLEM PATRÍCIA ESTÁCIO DE OLIVEIRA</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/446/446_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/446/446_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O EXPEDIENTE DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS, NO DIA 31 DE MAIO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/447/447_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/447/447_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DISPÕE SOBRE EXPEDIENTE DA CÂMARA MUNICIPAL NO DIA 19 DE JUNHO DE 2013, 2ª PARTIDA DO BRASIL NA COPA DAS CONFEDERAÇÕES 2013&amp;#8221;. _x000D_
 </t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/448/448_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/448/448_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE FÉRIAS REGULAMENTAR QUE ESPECIFICA E DÁ  OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/449/449_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/449/449_texto_integral.pdf</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/450/450_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/450/450_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O HORÁRIO DE FUNCIONAMENTO DA CÂMARA MUNICIPAL NO PERÍODO DO RECESSO DE JULHO DE 2013.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/451/451_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/451/451_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DISPÕE SOBRE EXPEDIENTE DA CÂMARA MUNICIPAL NO DIA 26 DE JUNHO DE 2013,  SEMIFINAL DA COPA DAS CONFEDERAÇÕES 2013, BRASIL X URUGUAI&amp;#8221;. </t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/452/452_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/452/452_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O EXPEDIENTE DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS, NO DIA 05 DE AGOSTO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/453/453_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/453/453_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE ESTABILIDADE À SERVIDORA LEONOR MUNIZ ALVES.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/454/454_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/454/454_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE ADICIONAL DE TEMPO DE SERVIÇO (QUINQUÊNIO) À SERVIDORA VANILDA MUNIZ DOS SANTOS.  _x000D_
 </t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/455/455_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/455/455_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE ADICIONAL DE TEMPO DE SERVIÇO (QUINQUÊNIO) À SERVIDORA LEONOR MUNIZ ALVES.  </t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/456/456_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/456/456_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE  A CONCESSÃO E CONVERSÃO DE FÉRIAS PRÊMIO EM PECÚNIA A SERVIDORA VANILDA MUNIZ DOS SANTOS.  </t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/457/457_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/457/457_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A NOMEAÇÃO DOS MEMBROS EFETIVOS E SUPLENTES DA COMISSÃO ESPECIAL DESTINADA À EMITIR PARECER SOBRE A MENSAGEM DE VETO 01/2013 QUE VETA PARCIALMENTE, POR CONTRARIEDADE AO INTERESSE PÚBLICO, DISPOSITIVO DO PROJETO DE LEI 12/2013, QUE  INSTITUI SISTEMA DE REMUNERAÇÃO DIFERENCIADA POR TRABALHOS REALIZADOS NA ZONA RURAL PARA OS CARGOS PUBLICOS QUE MENCIONA, INSTITUI O SISTEMA DE HORAS E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/458/458_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/458/458_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A NOMEAÇÃO DOS MEMBROS EFETIVOS E SUPLENTES DA COMISSÃO ESPECIAL DESTINADA À EMITIR PARECER SOBRE A PROPOSTA DE EMENDA A LEI ORGANICA Nº 02/2013. </t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/459/459_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/459/459_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A NOMEAÇÃO DOS MEMBROS EFETIVOS DA COMISSÃO ESPECIAL DESTINADA À ACOMPANHAR OBRA REALIZADA PARA MUDANÇA DE CALHA NO PRÉDIO DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS. </t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/460/460_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/460/460_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O EXPEDIENTE DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS, NO DIA 1° DE OUTUBRO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/461/461_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/461/461_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE FÉRIAS REGULAMENTARES QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/464/464_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/464/464_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE FÉRIAS REGULAMENTARES QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/465/465_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/465/465_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROMOÇÃO DA SERVIDORA VANI CAETANO DA SILVA.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/466/466_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/466/466_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROMOÇÃO DA SERVIDORA SILVIA APARECIDA DE OLIVEIRA POMBO.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/467/467_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/467/467_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O EXPEDIENTE DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS, NOS DIAS 24, 26, 27, 31 DE DEZEMBRO DE 2013  E 03 DE JANEIRO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/468/468_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/468/468_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;HOMOLOGA RESULTADO DE AVALIAÇÃO DE DESEMPENHO DE SERVIDORES DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS&amp;#8221;.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/469/469_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/469/469_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROGRESSÃO DOS SERVIDORES QUE MENCIONA.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/257/257_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/257/257_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REJEITA AS CONTAS DO EX-PREFEITO DE BONFINÓPO-LIS DE MINAS, REFERENTES AO EXERCÍCIO DE 2004, NOS TERMOS DO PARECER PRÉVIO DO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/133/133_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/133/133_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS ISENÇÕES GERAL E ESPECIAL DO IMPOSTO PREDIAL E TERRITORIAL URBANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/114/114_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/114/114_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO AO TERMINAL RODOVIÁRIO MUNICIPAL. _x000D_
 </t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/141/141_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/141/141_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO A QUADRA POLIESPORTIVA DO BAIRRO BRASILINHA. </t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>Robinho da Cruz, Carlinhos da Brasilinha</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/142/142_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/142/142_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROÍBE A VENDA E CONSUMO DE BEBIDAS ALCOÓLICAS NAS DEPENDÊNCIAS DO TERMINAL RODOVIÁRIO MUNICIPAL E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>Robinho da Cruz, Manoel do IMA</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/146/146_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/146/146_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI A &amp;#8220;FICHA LIMPA MUNICIPAL&amp;#8221; NA NOMEAÇÃO DE SECRETÁRIOS, DIRETORES E CARGOS COMISSIONADOS PARA A ADMINISTRAÇÃO DIRETA (PREFEITURA E CÂMARA MUNICIPAL) E NA ADMINISTRAÇÃO INDIRETA (AUTARQUIAS, EMPRESAS PÚBLICAS E DE ECONOMIA MISTA E FUNDAÇÕES PÚBLICAS), NA FORMA QUE INDICA, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/147/147_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/147/147_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">RESERVA 10% DAS UNIDADES HABITACIONAIS CONTRATADAS NO ÂMBITO DO PROGRAMA MINHA CASA, MINHA VIDA AOS PORTADORES DE NECESSIDADES ESPECIAIS. </t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/158/158_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/158/158_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CRIAR O PROGRAMA MUNICIPAL DE DESENVOLVIMENTO DA CADEIA PRODUTIVA DA AQUICULTURA FAMILIAR, BEM COMO UTILIZAR RECURSOS NA PROMOÇÃO DE AÇÕES DE APOIO E INCENTIVO À ATIVIDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/166/166_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/166/166_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A APOIAR O PNHR- PROGRAMA NACIONAL DE HABITAÇÃO RURAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/176/176_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/176/176_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA DENOMINAÇÃO AO LOGRADOURO PÚBLICO QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/181/181_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/181/181_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA DENOMINAÇÃO AO LOGRADOURO PÚBLICO QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/182/182_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/182/182_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DE ATENDIMENTO AOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, O CONSELHO MUNICIPAL DE DIREITOS DA CRIANÇA E DO ADOLESCENTE, O CONSELHO TUTELAR E O FUNDO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/178/178_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/178/178_texto_integral.pdf</t>
   </si>
   <si>
     <t>AMPLIA NÚMEROS DE VAGAS E CRIA CARGO NO QUADRO DE SERVIDORES DE PROVIMENTO EFETIVO DA PREFEITURA MUNICIPAL DE BONFINÓPOLIS DE MINAS- MG E DÁ OUTRAS PROVIDÊCIAS.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/179/179_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/179/179_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI SISTEMA DE REMUNERAÇÃO DIFERENCIADA POR TRABALHOS REALIZADOS NA ZONA RURAL PARA OS CARGOS PÚBLICOS QUE MENCIONA, INSTITUI O SISTEMA DE BANCO DE HORAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/180/180_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/180/180_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA E AUTORIZA NO ÂMBITO DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS- MG, PROGRAMAS E RESPECTIVOS CARGOS/FUNÇÕES, CRIA CARGOS COMISSIONADOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/196/196_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/196/196_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;AUTORIZA A PERMISSÃO DE USO DE IMÓVEIS E EQUIPAMENTOS PÚBLICOS QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>Robinho da Cruz, Dadá Simões, Fernanda Oliveira, Manoel do IMA, Zezinho Tucano</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/244/244_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/244/244_texto_integral.pdf</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/198/198_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/198/198_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA DE 2014, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/200/200_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/200/200_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITOS ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/201/201_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/201/201_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITOS ADICIONAIS ESPECIAIS  NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/214/214_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/214/214_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BONFINÓPOLIS DE MINAS-MG A CONTRATAR COM O BANCO DE DESENVOLVIMENTO DE MINAS GERAIS S/A &amp;#8211; BDMG, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/215/215_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/215/215_texto_integral.pdf</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/218/218_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/218/218_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À UNIDADE DE APOIO A DISTRIBUIÇÃO DE ALIMENTOS DA AGRICULTURA FAMILIAR</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/238/238_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/238/238_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A INSERÇÃO DOS NOMES DOS VEREADORES NAS PLACAS DE INAUGURAÇÃO DE OBRAS PÚBLICAS, NAS SITUAÇÕES QUE MENCIONA. </t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/239/239_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/239/239_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 1.013 DE 28 DE DEZEMBRO DE 2009, QUE &amp;#8220;DISPÕE SOBRE O PLANO PLURIANUAL PARA O QUADRIÊNIO DE 2010/2013; AUTORIZA A AQUISIÇÃO POR COMPRA DE IMÓVEL QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/240/240_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/240/240_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;AUTORIZA A DESAFETAÇÃO E DOAÇÃO DO IMOVEL QUE MENCIONA A EMPACOTADORA DE PRODUTOS FLORESTAIS 2 IRMÃOS LTDA, NA FORMA E CONDIÇÕES QUE ESPECIFICA. E DÁ OUTRAS PROVIDENCIAS.&amp;#8221; </t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/247/247_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/247/247_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE O PLANO PLURIANUAL PARA O QUADRIÊNIO 2014/2017 E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/248/248_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/248/248_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ESTIMA A RECEITA E FIXA A DESPESA PARA O MUNICÍPIO DE BONFINÓPOLIS DE MINAS-MG, PARA O EXERCÍCIO FINANCEIRO DE 2014&amp;#8221;.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/254/254_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/254/254_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INSTITUI O DIA MUNICIPAL DO COMBATE AO CÂNCER DE MAMA E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/269/269_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/269/269_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;AUTORIZA O PODER EXECUTIVO MUNICIPAL A INSTITUIR O PROGRAMA MUNICIPAL DE ABERTURA E CONSERVAÇÃO DE ESTRADAS RURAIS E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/268/268_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/268/268_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO À ALÍNEA &amp;#8220;C&amp;#8221; E §1º DO ART. 3º DA LEI Nº 1.022, DE 25 DE JUNHO DE 2010, QUE &amp;#8220;ALTERA A LEI Nº 1.013, DE 28 DE DEZEMBRO DE 2009, QUE 'DISPÕE SOBRE O PLANO PLURIA¬NUAL PARA O QUADRIÊNIO 2010/2013; AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL; AUTORIZA A AQUISIÇÃO POR COMPRA DE IMÓVEL QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/270/270_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/270/270_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 926, DE 27 DE JUNHO DE 2007, QUE DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE SAÚDE - COMUS, DE QUE TRATA E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/137/137_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/137/137_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A CIDADANIA HONORARIA BONFINOPOLITANA AO SENHOR LUIZ ARAÚJO FERREIRA, PELOS MOTIVOS QUE MENCIONA.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/156/156_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/156/156_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS À RESOLUÇÃO N. 136, DE 8 DE OUTUBRO DE 2007, PARA O FIM DE INSTITUIR A TRIBUNA LIVRE NAS REUNIÕES ORDINÁRIAS DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/172/172_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/172/172_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIÁRIAS PARA OS SERVIDORES DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/173/173_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/173/173_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA OS CRITÉRIOS DE INDENIZAÇÃO DE DESPESAS DE VIAGEM DA MESA DIRETORA DA CÂMARA MUNICIPAL E DOS VEREADORES.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/174/174_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/174/174_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ACRESCENTA E MODIFICA DISPOSITIVOS DA RESOLUÇÃO N. 136, DE 8 DE OUTUBRO DE 2007, QUE CONTÉM O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS._x000D_
 </t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/249/249_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/249/249_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO II DA RESOLUÇÃO N. 137, DE 8 DE OUTUBRO DE 2007, QUE &amp;#8220;DISPÕE SOBRE A ESTRUTURA DA CÂMARA MUNICIPAL DE BONFINÓPOLIS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Robinho da Cruz, Cabo Custódio, Manoel do IMA</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/155/155_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/155/155_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ACRESCENTA DISPOSITIVOS À LEI ORGÂNICA DO MUNICÍPIO PARA DESCREVER OS IMPEDIMENTOS À INVESTIDURA EM CARGOS PÚBLICOS DE LIVRE NOMEAÇÃO EXONERAÇÃO. </t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/219/219_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/219/219_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI ORGÂNICA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/116/116_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/116/116_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NA FORMA DO ART. 206, XI, DO REGIMENTO INTERNO, REQUER A V. EXª, APÓS OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL CÓPIAS AUTÊNTICAS DO PROCESSO DE DESPESA REFERENTE AO CONVÊNIO N° D0032.2.22.0402/2008, FIRMADO PELO MUNICÍPIO TENDO POR OBJETO A CONSTRUÇÃO DE MICROEMPRESA NA REGIÃO DO SACO DA ROÇA, COMPREENDENDO A INTEGRALIDADE DO PROCEDIMENTO LICITATÓRIO E OS DOCUMENTOS DE DESPESA POSTERIORES À CELEBRAÇÃO DO CONTRATO DE EXECUÇÃO DA OBRA, INCLUSIVE DA ESPECTIVA PRESTAÇÃO DE CONTAS, SE HOUVER.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/132/132_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/132/132_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 		O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS DO ART. 206, XI, DO REGIMENTO INTERNO DESTA CASA, REQUER A V. EXA.  QUE DEPOIS DE APROVADO PELO PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL INFORMAÇÕES NA FORMA DE CÓPIAS AUTENTICAS, DO PROCESSO LICITATÓRIO, CONTRATO, EMPENHOS E PAGAMENTOS REFERENTE A OBRAS DA CONSTRUÇÃO DA CRECHE MUNICIPAL, QUE ESTÁ SENDO CONSTRUÍDA NA RUA BELO HORIZONTE, BAIRRO JARDIM CINELÂNDIA.._x000D_
 </t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/131/131_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/131/131_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">	O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS DO ART. 206, XI, DO REGIMENTO INTERNO DESTA CASA, REQUER A V. EXA.  QUE DEPOIS DE APROVADO PELO PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL INFORMAÇÕES A RESPEITO DAS MEDIDAS DE SEGURANÇA QUE ESTÃO SENDO OU QUE SERÃO ADOTADAS PELO MUNICÍPIO COM RELAÇÃO À REPRESA NO BAIRRO FREIO HUMBERTO, ONDE AS CRIANÇAS DO MENCIONADO LUGAR ESTÃO CORRENDO RISCO DE VIDA POIS COM AS CHUVAS A REPRESA ESTÁ MUITO CHEIA.</t>
   </si>
   <si>
     <t>Cabo Custódio, Carlinhos da Brasilinha, Robinho da Cruz, Zé Lúcio</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/118/118_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/118/118_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NA FORMA DO ART. 206, XI, DO REGIMENTO INTERNO, REQUER A V. EXª, APÓS OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL CÓPIAS AUTÊNTICAS DO PROCESSO DE DESPESA REFERENTE AO CONVÊNIO N° D0032.2.22.0402/2008, FIRMADO PELO MUNICÍPIO TENDO POR OBJETO A CONSTRUÇÃO DE MICROEMPRESA NA REGIÃO DO SACO DA ROÇA, COMPREENDENDO A INTEGRALIDADE DO PROCEDIMENTO LICITATÓRIO E OS DOCUMENTOS DE DESPESA POSTERIORES À CELEBRAÇÃO DO CONTRATO DE EXECUÇÃO DA OBRA, INCLUSIVE DA RESPECTIVA PRESTAÇÃO DE CONTAS, SE HOUVER._x000D_
 _x000D_
 PEDE DEFERIMENTO._x000D_
 _x000D_
 BONFINÓPOLIS DE MINAS, 4 DE FEVEREIRO DE 2013._x000D_
 _x000D_
 VEREADOR CABO CUSTÓDIO_x000D_
 _x000D_
 VEREADOR CARLINHOS DA BRASILINHA_x000D_
 _x000D_
 VEREADOR JOSÉ LUCIO_x000D_
 _x000D_
 VEREADOR ROBINHO DA CRUZ</t>
   </si>
   <si>
     <t>Zé Lúcio, Cabo Custódio, Carlinhos da Brasilinha, Robinho da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/117/117_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/117/117_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTES SUBSCREVEM, NA FORMA DO ART. 206, XI, DO REGIMENTO INTERNO, REQUER A V. EXª, APÓS OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL CÓPIAS AUTÊNTICAS DO PROCESSO DE DESPESA REFERENTE AO CONTRATO DE REPASSE Nº 32989353/2010, TENDO POR OBJETO A REFORMA DO TERMINAL RODOVIÁRIO, COMPREENDENDO A INTEGRALIDADE DO PROCEDIMENTO LICITATÓRIO E OS DOCUMENTOS DE DESPESA POSTERIORES À CELEBRAÇÃO DO CONTRATO DE EXECUÇÃO DA OBRA_x000D_
 PEDE DEFERIMENTO._x000D_
 _x000D_
 BONFINÓPOLIS DE MINAS, 25 DE JANEIRO DE 2013._x000D_
 _x000D_
 VEREADOR JOSÉ LUCIO_x000D_
 _x000D_
 VEREADOR ROBINHO DA CRUZ_x000D_
 _x000D_
 VEREADOR CARLINHOS DA BRASILINHA_x000D_
 _x000D_
 VEREADOR CABO CUSTÓDIO</t>
   </si>
   <si>
     <t>Carlinhos da Brasilinha, Cabo Custódio, Robinho da Cruz, Zé Lúcio</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/119/119_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/119/119_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTES SUBSCREVEM, NA FORMA DO ART. 206, XI, DO REGIMENTO INTERNO, REQUER A V. EXª, APÓS OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL CÓPIAS AUTÊNTICAS DO PROCESSO DE DESPESA REFERENTE AO CONVÊNIO QUE TEM POR OBJETO A INSTALAÇÃO DA ACADEMIA DE SAÚDE DO BAIRRO FREI HUMBERTO, COMPREENDENDO A INTEGRALIDADE DO PROCEDIMENTO LICITATÓRIO E OS DOCUMENTOS DE DESPESA._x000D_
 _x000D_
 PEDE DEFERIMENTO._x000D_
 _x000D_
 BONFINÓPOLIS DE MINAS, 25 DE JANEIRO DE 2013._x000D_
 _x000D_
 CARLINHOS DA BRASILINHA_x000D_
 _x000D_
 VEREADOR_x000D_
 _x000D_
 ROBINHO DA CRUZ_x000D_
 _x000D_
 VEREADOR_x000D_
 _x000D_
 JOSÉ LUCIO_x000D_
 _x000D_
 VEREADOR_x000D_
 _x000D_
 CABO CUSTÓDIO_x000D_
 _x000D_
 VEREADOR</t>
   </si>
   <si>
     <t>Robinho da Cruz, Cabo Custódio, Carlinhos da Brasilinha, Zé Lúcio</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/120/120_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/120/120_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTES SUBSCREVEM, NA FORMA DO ART. 206, XI, DO REGIMENTO INTERNO, REQUER A V. EXª, APÓS OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL INFORMAÇÕES RELATIVAS AO TOTAL DE GASTO COM COMBUSTÍVEIS E LUBRIFICANTES REALIZADOS PELO PODER EXECUTIVO MUNICIPAL NOS EXERCÍCIOS FINANCEIROS DE 2009 A 2012, PREFERENTEMENTE POR UNIDADE ORÇAMENTÁRIA._x000D_
 _x000D_
 PEDE DEFERIMENTO._x000D_
 _x000D_
 BONFINÓPOLIS DE MINAS, 25 DE JANEIRO DE 2013._x000D_
 _x000D_
 ROBINHO DA CRUZ_x000D_
 _x000D_
 VEREADOR_x000D_
 _x000D_
 CARLINHOS DA BRASILINHA_x000D_
 _x000D_
 VEREADOR_x000D_
 _x000D_
 JOSÉ LÚCIO_x000D_
 _x000D_
 VEREADOR_x000D_
 _x000D_
 CABO CUSTODIO_x000D_
 _x000D_
 VEREADOR</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/121/121_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/121/121_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE VEM À ILUSTRE PRESENÇA DE V. EXª REQUERER A APRESENTAÇÃO DE PROPOSIÇÃO DE INICIATIVA DA MESA DIRETORA OBJETIVANDO A ALTERAÇÃO DO REGIMENTO INTERNO PARA O FIM DE INSTITUIR A PARTICIPAÇÃO POPULAR NAS REUNIÕES ORDINÁRIAS DA CÂMARA MUNICIPAL, PREFERENCIALMENTE NA PRIMEIRA PARTE._x000D_
 _x000D_
 PEDE DEFERIMENTO._x000D_
 _x000D_
 BONFINÓPOLIS DE MINAS, 4 DE FEVEREIRO DE 2013._x000D_
 _x000D_
 CABO CUSTÓDIO_x000D_
 _x000D_
 VEREADOR</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/135/135_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/135/135_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES RELATIVAS AO QUADRO DE PESSOAL DO PODER EXECUTIVO, COMPREENDENDO A RELAÇÃO DOS SERVIDORES INVESTIDOS EM CARGOS EFETIVOS COMISSIONADOS E CONTRATADOS TEMPORARIAMENTE, COM A RESPECTIVA LOTAÇÃO (LOCAL DE TRABALHO).</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/136/136_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/136/136_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO SECRETARIO DE EDUCAÇÃO A PLANILHA CONTENDO A QUILOMETRAGEM, NECESSIDADES DAS LINHAS DE TRANSPORTE ESCOLAR.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/151/151_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/151/151_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE VEM REQUER DE V. EXª A CONTRATAÇÃO DE SERVIÇO DE ACOMPANHAMENTO DAS PUBLICAÇÕES REALIZADAS PELA PREFEITURA MUNICIPAL DE BONFINÓPOLIS DE MINAS (MG) NOS ÓRGÃOS OFICIAIS OU A ASSINATURA DIGITAL DO DIÁRIO OFICIAL DA UNIÃO OU DO DIÁRIO OFICIAL DO MUNICÍPIO E AINDA A DESIGNAÇÃO DE UM SERVIDOR PARA REALIZAR PESQUISA E PREPARAR RELEASE DAS PUBLICAÇÕES PARA DISTRIBUIÇÃO AOS VEREADORES.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/152/152_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/152/152_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NA FORMA DO ART. 206, IX, DO REGIMENTO INTERNO, REQUER A V. EXª, APÓS OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL CÓPIAS AUTÊNTICAS DO PROCESSO LICITATÓRIO REFERENTE A CONSTRUÇÃO DE BUEIROS QUE LIGA BONFINÓPOLIS DE MINAS A COMUNIDADE DE LAGES E IMBÉ.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/164/164_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/164/164_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, VEM À R.  PRESENÇA DE V. EXª. REQUERER A REALIZAÇÃO DE EVENTOS INSTITUCIONAIS, EM PARCERIA COM AS ESCOLAS PÚBLICAS, AS POLÍCIAS CIVIL E MILITAR, A PREFEITURA MUNICIPAL O MINISTÉRIO PÚBLICO E O JUÍZO DA COMARCA, VISANDO COMEMORAR A SEMANA NACIONAL DE COMBATE A DROGAS, NO MÊS DE JUNHO, INCLUSIVE POR MEIO DA CONVOCAÇÃO DE ATOS DE MOBILIZAÇÃO POPULAR.  </t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/165/165_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/165/165_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NA FORMA DO ART. 206, XI, DO REGIMENTO INTERNO, REQUER A V. EXª, APÓS OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL INFORMAÇÕES DETALHADAS SOBRE O PROGRAMA TRATAMENTO FORA DO DOMICÍLIO (TFD), ESPECIALMENTE SOBRE: 1) FONTES DE FINANCIAMENTO DO PROGRAMA E VALOR DOS RECURSOS TRANSFERIDOS EM 2012 E NOS PRIMEIROS MESES DE 2013, SE FOR O CASO; 2) CRITÉRIOS DE AVALIAÇÃO, SELEÇÃO E CONCESSÃO DO BENEFÍCIO; 3) TRATAMENTOS E PROCEDIMENTOS OBJETO DE TRATAMENTO FORA DO DOMICÍLIO; E 4) UNIDADE OU SERVIDOR RESPONSÁVEL PELA GESTÃO DO PROGRAMA NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/167/167_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/167/167_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ALTERAÇÃO DO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/168/168_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/168/168_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES DO EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>Cabo Custódio, Carlinhos da Brasilinha, Robinho da Cruz, Zé Lúcio, Zezinho Tucano</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/193/193_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/193/193_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES RELATIVAS AO TOTAL DE GASTOS COM COMBUSTÍVEIS E LUBRIFICANTES REALIZADOS PELO PODER EXECUTIVO MUNICIPAL NO PERÍODO DE JANEIRO A ABRIL DO ANO DE 2013, PREFERENTEMENTE POR UNIDADE ORÇAMENTÁRIA.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>Robinho da Cruz, Cabo Custódio, Carlinhos da Brasilinha, Zé Lúcio, Zezinho Tucano</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/194/194_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/194/194_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE OS SUBSCREVEM, NOS TERMOS REGIMENTAIS VEM, REQUER A V. EXª, APÓS OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE ENCAMINHE A CÂMARA MUNICIPAL AS CONTAS DO EXERCÍCIO ANTERIOR, UMA VEZ QUE PRAZO PARA O ENVIO É ATÉ 31 DE MARÇO DE CADA ANO, CONFORME DISPÕE O ARTIGO 166 DA LEI ORGÂNICA DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/202/202_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/202/202_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL AS PRESTAÇÕES DE CONTAS DAS DESPESAS CONTRATADAS PELO MUNICÍPIO PARA A REALIZAÇÃO DOS CARNAVAIS DOS EXERCÍCIOS DE 2011,2012 E 2013 E COM AS COMEMORAÇÕES DO ANIVERSÁRIO DA CIDADE.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/229/229_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/229/229_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA DIVULGADO JUNTO AOS MEIOS DE COMUNICAÇÃO (FACEBOOK E SITE DA CÂMARA) OS VALORES GASTOS COM DIÁRIAS DE CADA VEREADOR PARA QUE A POPULAÇÃO SAIBA O QUANTO GASTA O SEU REPRESENTANTE NO EXERCÍCIO DE SUAS FUNÇÕES.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/226/226_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/226/226_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS DO ART. 206, XI, DO REGIMENTO INTERNO DESTA CASA, REQUER A V. EXA.  QUE DEPOIS DE APROVADO PELO PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL INFORMAÇÕES NA FORMA DE CÓPIAS AUTENTICAS, DO PROCESSO LICITATÓRIO, CONTRATO, EMPENHOS E PAGAMENTOS E CÓPIA DO PROJETO, REFERENTE A OBRA DA CONSTRUÇÃO DA QUADRA POLIESPORTIVA CONSTRUÍDA NO BAIRRO FREI HUMBERTO._x000D_
 TERMOS EM QUE PEDE E AGUARDA DEFERIMENTO._x000D_
 </t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/227/227_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/227/227_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS DO ART. 206, XI, DO REGIMENTO INTERNO DESTA CASA, REQUER A V. EXA.  QUE DEPOIS DE APROVADO PELO PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL INFORMAÇÕES NA FORMA DE CÓPIAS AUTENTICAS, DO PROCESSO LICITATÓRIO, CONTRATO, EMPENHOS E PAGAMENTOS E CÓPIA DO PROJETO, REFERENTE A OBRA DA CONSTRUÇÃO DA UNIDADE DE DISTRIBUIÇÃO DE ALIMENTOS DA AGRICULTURA FAMILIAR, QUE ESTÁ SENDO CONSTRUÍDA NO BAIRRO FREI HUMBERTO._x000D_
 TERMOS EM QUE PEDE E AGUARDA DEFERIMENTO._x000D_
 		SALA DAS REUNIÕES, 07 DE AGOSTO DE 2013._x000D_
 </t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/228/228_texto_integral.pdf</t>
+    <t>http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/228/228_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NOS TERMOS DO ART. 206, XI, DO REGIMENTO INTERNO DESTA CASA, REQUER A V. EXA.  CÓPIA DA ATA E DO EDITAL DO LEILÃO DE VEÍCULOS E MÁQUINAS OCORRIDOS NESTE NO DE 2013,E COMPROVANTES DE PAGAMENTO DOS COMPRADORES.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2934,68 +2934,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/230/230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/430/430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/431/431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/432/432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/433/433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/434/434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/435/435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/436/436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/437/437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/438/438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/439/439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/440/440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/441/441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/442/442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/443/443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/444/444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/445/445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/446/446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/447/447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/448/448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/449/449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/450/450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/451/451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/452/452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/453/453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/454/454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/455/455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/456/456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/457/457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/458/458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/459/459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/469/469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/228/228_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/230/230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/430/430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/431/431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/432/432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/433/433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/434/434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/435/435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/436/436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/437/437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/438/438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/439/439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/440/440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/441/441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/442/442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/443/443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/444/444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/445/445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/446/446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/447/447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/448/448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/449/449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/450/450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/451/451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/452/452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/453/453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/454/454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/455/455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/456/456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/457/457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/458/458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/459/459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/469/469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonfinopolisdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2013/228/228_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H233"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="73.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="104.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>